--- v0 (2026-03-02)
+++ v1 (2026-03-24)
@@ -4,77 +4,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10222"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/vinga/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C602D279-4CB7-C44D-9EA9-32379FE9B05C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEF3BD8D-994C-1A45-92A5-6D550B415FC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="780" windowWidth="29580" windowHeight="19820" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="info" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="42">
   <si>
     <t>Ģimenes atbalsts</t>
   </si>
   <si>
     <t>Ekonomikas izaugsme</t>
   </si>
   <si>
     <t>Izpilde</t>
   </si>
   <si>
     <t>Izpildīts</t>
   </si>
   <si>
     <t>Izpildē</t>
   </si>
   <si>
     <t xml:space="preserve">Birokrātijas mazināšana </t>
   </si>
   <si>
     <t>Statuss</t>
   </si>
   <si>
     <t>Uzdevums</t>
   </si>
   <si>
@@ -1109,57 +1109,60 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">, bet citiem pasākumiem – vēl 105,4 miljoni </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>euro.</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Lielākā daļa no papildu finansējuma valdības noteiktajām prioritātēm tiks nodrošināta, samazinot valsts budžeta izdevumus. MK 2025. gada 13. maijā pieņēma lēmumu par izdevumu mazināšanu  – trijos gados tiks samazināti 844 miljoni euro.   Progress: https://www.mk.gov.lv/lv/birokratijas-mazinasana#21-prioritara-pasakuma-izpildes-progress</t>
     </r>
+  </si>
+  <si>
+    <t>Darbs sākumstadijā:  sarunās ar vairākām ministrijām ir iezīmēti tuvākie soļi un funkcijas, kuras var tikt nodotas privātajam sektoram.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
@@ -1228,50 +1231,56 @@
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <color rgb="FF212529"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
+    <font>
+      <i/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow (Body)"/>
+    </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA85151"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEBC5C5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1319,94 +1328,97 @@
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FF387D1F"/>
       <color rgb="FF8FB87F"/>
       <color rgb="FFEBC5C5"/>
       <color rgb="FFB06666"/>
       <color rgb="FFA85151"/>
       <color rgb="FFA31D1D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1715,51 +1727,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9548BD90-BA19-4F17-A63A-615E5D41B743}">
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C28" sqref="C28"/>
+      <selection activeCell="C41" sqref="C41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="33.33203125" customWidth="1"/>
     <col min="3" max="3" width="93.83203125" customWidth="1"/>
     <col min="4" max="4" width="36.5" customWidth="1"/>
     <col min="5" max="5" width="44.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="22" x14ac:dyDescent="0.3">
       <c r="A1" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
     </row>
     <row r="2" spans="1:4" ht="22" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
@@ -1965,51 +1977,53 @@
       <c r="B26" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="207" x14ac:dyDescent="0.2">
       <c r="A27" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="69" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C28" s="14"/>
+      <c r="C28" s="16" t="s">
+        <v>41</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>