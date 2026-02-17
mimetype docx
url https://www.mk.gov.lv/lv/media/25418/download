--- v0 (2026-01-21)
+++ v1 (2026-02-17)
@@ -7,70 +7,90 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3E8FF48C" w14:textId="3D242BF8" w:rsidR="00120820" w:rsidRPr="00120820" w:rsidRDefault="00120820" w:rsidP="00B1061F">
+    <w:p w14:paraId="3E8FF48C" w14:textId="4AF6E173" w:rsidR="00120820" w:rsidRPr="00120820" w:rsidRDefault="00120820" w:rsidP="00B1061F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00120820">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Projekts 13.01.2026. </w:t>
+        <w:t xml:space="preserve">Projekts </w:t>
+      </w:r>
+      <w:r w:rsidR="00132D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120820">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.01.2026. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1795782C" w14:textId="77777777" w:rsidR="00120820" w:rsidRDefault="00120820" w:rsidP="00B1061F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="414142"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E56F9FE" w14:textId="4A33C16B" w:rsidR="00797315" w:rsidRPr="000D71A0" w:rsidRDefault="00E06661" w:rsidP="00B1061F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D71A0">
         <w:rPr>
           <w:color w:val="414142"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1227,71 +1247,51 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Latvijas Tirdzniecības darbinieku arodbiedrības priekšsēdētāja</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2776E5A8" w14:textId="5956E8B2" w:rsidR="00F32572" w:rsidRPr="009C2CC4" w:rsidRDefault="00F32572" w:rsidP="009C2CC4">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aivis </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Aivis Dišlers </w:t>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1337,71 +1337,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> valdes loceklis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5130B148" w14:textId="1C4E4881" w:rsidR="00F32572" w:rsidRPr="009C2CC4" w:rsidRDefault="00F32572" w:rsidP="009C2CC4">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rita </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Rita Pfeifere </w:t>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1654,67 +1634,65 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00F9702B" w:rsidRPr="0057419C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SIA </w:t>
       </w:r>
       <w:r w:rsidR="00EF4DB6" w:rsidRPr="00720D61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0057419C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clean-R</w:t>
       </w:r>
       <w:r w:rsidR="00EF4DB6" w:rsidRPr="00720D61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F9702B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> padomes priekšsēdētājs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E06F449" w14:textId="2685D8A1" w:rsidR="0039360B" w:rsidRPr="000D71A0" w:rsidRDefault="0039360B" w:rsidP="000D71A0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D71A0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1722,158 +1700,137 @@
         </w:rPr>
         <w:t xml:space="preserve">Locekļi: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60CE3143" w14:textId="755BB646" w:rsidR="00F9702B" w:rsidRPr="009C2CC4" w:rsidRDefault="00F9702B" w:rsidP="009C2CC4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uldis </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Uldis Tatarčuks </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2CC4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Tatarčuks</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">biedrības </w:t>
+      </w:r>
+      <w:r w:rsidR="0086704B" w:rsidRPr="00720D61">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>atvijas Darba devēju konfederācija</w:t>
+      </w:r>
+      <w:r w:rsidR="0086704B" w:rsidRPr="00720D61">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="0086704B" w:rsidRPr="00720D61">
+        <w:t xml:space="preserve"> viceprezidents, SIA </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4DB6" w:rsidRPr="00720D61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t>Tet</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF4DB6" w:rsidRPr="00720D61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> valdes priekšsēdētājs, galvenais izpilddirektors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB60FA4" w14:textId="7901FCFC" w:rsidR="00F9702B" w:rsidRPr="009C2CC4" w:rsidRDefault="00F9702B" w:rsidP="009C2CC4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -1926,71 +1883,51 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>- Rīgas Tehniskās universitātes Attīstības un finanšu prorektors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A870F01" w14:textId="4F6358F3" w:rsidR="00F9702B" w:rsidRPr="009C2CC4" w:rsidRDefault="00F9702B" w:rsidP="009C2CC4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uldis </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Uldis Biķis </w:t>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -2210,51 +2147,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Latvijas Tirdzniecības un rūpniecības kamera</w:t>
       </w:r>
       <w:r w:rsidR="00EF4DB6" w:rsidRPr="00720D61">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rūpniecības kompetenču padomes priekšsēdētājs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB035EF" w14:textId="7C040B69" w:rsidR="00537296" w:rsidRPr="009C2CC4" w:rsidRDefault="00F9702B" w:rsidP="009C2CC4">
+    <w:p w14:paraId="7EB035EF" w14:textId="420B25AE" w:rsidR="00537296" w:rsidRPr="009C2CC4" w:rsidRDefault="00F9702B" w:rsidP="009C2CC4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Jānis Buks</w:t>
       </w:r>
       <w:r w:rsidR="00120820" w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
@@ -2277,92 +2214,58 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00120820" w:rsidRPr="009C2CC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C2CC4">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Padomes priekšsēdētājs</w:t>
+      <w:r w:rsidR="004503DD" w:rsidRPr="004503DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>SIA "IJ Birojs" partneris</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20728086" w14:textId="77777777" w:rsidR="00120820" w:rsidRDefault="00120820" w:rsidP="00120820">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4311D441" w14:textId="77777777" w:rsidR="00120820" w:rsidRDefault="00120820" w:rsidP="00120820">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
@@ -4551,51 +4454,51 @@
   <w:num w:numId="11" w16cid:durableId="1316685664">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1456633918">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="682784239">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="142234677">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="559025413">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1968007816">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4635,115 +4538,118 @@
     <w:rsid w:val="000B05D2"/>
     <w:rsid w:val="000B1A2F"/>
     <w:rsid w:val="000B1F0A"/>
     <w:rsid w:val="000B5ABF"/>
     <w:rsid w:val="000B713C"/>
     <w:rsid w:val="000C400D"/>
     <w:rsid w:val="000C4293"/>
     <w:rsid w:val="000D290B"/>
     <w:rsid w:val="000D3C3B"/>
     <w:rsid w:val="000D419C"/>
     <w:rsid w:val="000D6808"/>
     <w:rsid w:val="000D71A0"/>
     <w:rsid w:val="000D735B"/>
     <w:rsid w:val="000E5EFC"/>
     <w:rsid w:val="000E6B78"/>
     <w:rsid w:val="000F13C1"/>
     <w:rsid w:val="000F1D1F"/>
     <w:rsid w:val="00100B5C"/>
     <w:rsid w:val="00101C52"/>
     <w:rsid w:val="00105D14"/>
     <w:rsid w:val="00113A12"/>
     <w:rsid w:val="00114691"/>
     <w:rsid w:val="00120820"/>
     <w:rsid w:val="00126D2F"/>
     <w:rsid w:val="001323A1"/>
+    <w:rsid w:val="00132D78"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="001358CC"/>
     <w:rsid w:val="00137E07"/>
     <w:rsid w:val="00140FC8"/>
     <w:rsid w:val="00150217"/>
     <w:rsid w:val="00151EBC"/>
     <w:rsid w:val="00154A91"/>
     <w:rsid w:val="00157370"/>
     <w:rsid w:val="001602EF"/>
     <w:rsid w:val="00161953"/>
     <w:rsid w:val="001703FA"/>
     <w:rsid w:val="001713A6"/>
     <w:rsid w:val="00176BEA"/>
     <w:rsid w:val="001771DF"/>
     <w:rsid w:val="001800E7"/>
     <w:rsid w:val="001806FB"/>
     <w:rsid w:val="00181FFE"/>
     <w:rsid w:val="00183281"/>
     <w:rsid w:val="00184A7F"/>
     <w:rsid w:val="001852CF"/>
     <w:rsid w:val="0018714A"/>
     <w:rsid w:val="00187D05"/>
     <w:rsid w:val="001907D6"/>
     <w:rsid w:val="0019152C"/>
     <w:rsid w:val="00193FCD"/>
     <w:rsid w:val="00196666"/>
     <w:rsid w:val="00196893"/>
     <w:rsid w:val="00196BE9"/>
     <w:rsid w:val="001A372C"/>
     <w:rsid w:val="001A454C"/>
     <w:rsid w:val="001A618E"/>
     <w:rsid w:val="001B1844"/>
     <w:rsid w:val="001B42EC"/>
     <w:rsid w:val="001B5CC9"/>
     <w:rsid w:val="001C137E"/>
     <w:rsid w:val="001C14E5"/>
     <w:rsid w:val="001D095F"/>
     <w:rsid w:val="001E0165"/>
     <w:rsid w:val="001E24AF"/>
     <w:rsid w:val="001F034A"/>
     <w:rsid w:val="001F1193"/>
     <w:rsid w:val="001F2D82"/>
     <w:rsid w:val="001F721C"/>
     <w:rsid w:val="00200428"/>
     <w:rsid w:val="002009CD"/>
     <w:rsid w:val="0020341F"/>
     <w:rsid w:val="002056CC"/>
     <w:rsid w:val="00205ABB"/>
+    <w:rsid w:val="00210C92"/>
     <w:rsid w:val="002138BF"/>
     <w:rsid w:val="00217434"/>
     <w:rsid w:val="002237FF"/>
     <w:rsid w:val="00226CF1"/>
     <w:rsid w:val="00237898"/>
     <w:rsid w:val="00240DEA"/>
     <w:rsid w:val="00247D65"/>
     <w:rsid w:val="00250B4B"/>
     <w:rsid w:val="002556ED"/>
     <w:rsid w:val="002561DC"/>
     <w:rsid w:val="00256228"/>
     <w:rsid w:val="002563AB"/>
     <w:rsid w:val="00273D9D"/>
     <w:rsid w:val="00275DE0"/>
     <w:rsid w:val="00277DB6"/>
     <w:rsid w:val="00290FFB"/>
     <w:rsid w:val="00293F7D"/>
+    <w:rsid w:val="002A262E"/>
     <w:rsid w:val="002B2C1D"/>
     <w:rsid w:val="002B4E97"/>
     <w:rsid w:val="002B5568"/>
     <w:rsid w:val="002B6F38"/>
     <w:rsid w:val="002D422E"/>
     <w:rsid w:val="002D56C3"/>
     <w:rsid w:val="002E3654"/>
     <w:rsid w:val="002E474B"/>
     <w:rsid w:val="002E4B77"/>
     <w:rsid w:val="002E75A0"/>
     <w:rsid w:val="002F7BB8"/>
     <w:rsid w:val="00301FA6"/>
     <w:rsid w:val="00302BBE"/>
     <w:rsid w:val="00302C6C"/>
     <w:rsid w:val="00304D35"/>
     <w:rsid w:val="00316DDE"/>
     <w:rsid w:val="00320DCD"/>
     <w:rsid w:val="003223F3"/>
     <w:rsid w:val="00330356"/>
     <w:rsid w:val="00330D35"/>
     <w:rsid w:val="00331E8C"/>
     <w:rsid w:val="00333C91"/>
     <w:rsid w:val="0033478B"/>
     <w:rsid w:val="003348D5"/>
     <w:rsid w:val="00336641"/>
@@ -4769,50 +4675,51 @@
     <w:rsid w:val="003C04D2"/>
     <w:rsid w:val="003C1422"/>
     <w:rsid w:val="003C3ECC"/>
     <w:rsid w:val="003D0B1A"/>
     <w:rsid w:val="003D1FCA"/>
     <w:rsid w:val="003D3757"/>
     <w:rsid w:val="003E0734"/>
     <w:rsid w:val="003E5198"/>
     <w:rsid w:val="003E6732"/>
     <w:rsid w:val="003E7751"/>
     <w:rsid w:val="003F0A7B"/>
     <w:rsid w:val="003F2295"/>
     <w:rsid w:val="003F5750"/>
     <w:rsid w:val="0040012E"/>
     <w:rsid w:val="00406465"/>
     <w:rsid w:val="00416D47"/>
     <w:rsid w:val="004235BA"/>
     <w:rsid w:val="00423658"/>
     <w:rsid w:val="0042406B"/>
     <w:rsid w:val="004258D2"/>
     <w:rsid w:val="004260EA"/>
     <w:rsid w:val="00433A5F"/>
     <w:rsid w:val="00436049"/>
     <w:rsid w:val="004433E4"/>
     <w:rsid w:val="0044542D"/>
+    <w:rsid w:val="004503DD"/>
     <w:rsid w:val="004538C5"/>
     <w:rsid w:val="004547D0"/>
     <w:rsid w:val="004571AE"/>
     <w:rsid w:val="00460590"/>
     <w:rsid w:val="00462D5C"/>
     <w:rsid w:val="00463A6C"/>
     <w:rsid w:val="0046500E"/>
     <w:rsid w:val="0046582F"/>
     <w:rsid w:val="00472AC8"/>
     <w:rsid w:val="00473D40"/>
     <w:rsid w:val="004833DC"/>
     <w:rsid w:val="004835B8"/>
     <w:rsid w:val="00485393"/>
     <w:rsid w:val="00492F7F"/>
     <w:rsid w:val="0049431E"/>
     <w:rsid w:val="00494491"/>
     <w:rsid w:val="0049727C"/>
     <w:rsid w:val="004A1259"/>
     <w:rsid w:val="004C0E4B"/>
     <w:rsid w:val="004C42E2"/>
     <w:rsid w:val="004C4303"/>
     <w:rsid w:val="004D3059"/>
     <w:rsid w:val="004D6132"/>
     <w:rsid w:val="004E0501"/>
     <w:rsid w:val="004E1F9D"/>
@@ -5193,50 +5100,51 @@
     <w:rsid w:val="00E32C51"/>
     <w:rsid w:val="00E36DDF"/>
     <w:rsid w:val="00E42A9A"/>
     <w:rsid w:val="00E453DF"/>
     <w:rsid w:val="00E45DE7"/>
     <w:rsid w:val="00E45F7C"/>
     <w:rsid w:val="00E47A40"/>
     <w:rsid w:val="00E55BD1"/>
     <w:rsid w:val="00E604F5"/>
     <w:rsid w:val="00E60DF2"/>
     <w:rsid w:val="00E61805"/>
     <w:rsid w:val="00E62E5E"/>
     <w:rsid w:val="00E70036"/>
     <w:rsid w:val="00E74536"/>
     <w:rsid w:val="00E77A3B"/>
     <w:rsid w:val="00E81304"/>
     <w:rsid w:val="00E8261B"/>
     <w:rsid w:val="00E85979"/>
     <w:rsid w:val="00E90898"/>
     <w:rsid w:val="00E922D4"/>
     <w:rsid w:val="00E94216"/>
     <w:rsid w:val="00EA0B9B"/>
     <w:rsid w:val="00EA1754"/>
     <w:rsid w:val="00EB29B4"/>
     <w:rsid w:val="00EC2052"/>
+    <w:rsid w:val="00EC220C"/>
     <w:rsid w:val="00ED018D"/>
     <w:rsid w:val="00ED7A6D"/>
     <w:rsid w:val="00EE41AC"/>
     <w:rsid w:val="00EE6D39"/>
     <w:rsid w:val="00EF4DB6"/>
     <w:rsid w:val="00F01E7F"/>
     <w:rsid w:val="00F033CA"/>
     <w:rsid w:val="00F1118D"/>
     <w:rsid w:val="00F1382D"/>
     <w:rsid w:val="00F1764B"/>
     <w:rsid w:val="00F17A3C"/>
     <w:rsid w:val="00F214C2"/>
     <w:rsid w:val="00F304DF"/>
     <w:rsid w:val="00F32572"/>
     <w:rsid w:val="00F34018"/>
     <w:rsid w:val="00F442D1"/>
     <w:rsid w:val="00F47AA1"/>
     <w:rsid w:val="00F563B8"/>
     <w:rsid w:val="00F572D5"/>
     <w:rsid w:val="00F64833"/>
     <w:rsid w:val="00F7762B"/>
     <w:rsid w:val="00F8041E"/>
     <w:rsid w:val="00F80A4C"/>
     <w:rsid w:val="00F81106"/>
     <w:rsid w:val="00F850AF"/>
@@ -6367,76 +6275,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{179CD054-CED6-447E-B46B-8AF94B63F6C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>343</Words>
-  <Characters>2760</Characters>
+  <Words>461</Words>
+  <Characters>2634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PINTSA nolikums</vt:lpstr>
       <vt:lpstr>PINTSA nolikums</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ntsp</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3097</CharactersWithSpaces>
+  <CharactersWithSpaces>3089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PINTSA nolikums</dc:title>
   <dc:subject/>
   <dc:creator>Zane Legzdiņa-Joja</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>