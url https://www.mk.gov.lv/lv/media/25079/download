--- v0 (2025-12-16)
+++ v1 (2026-02-10)
@@ -3,102 +3,99 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vkanceleja-my.sharepoint.com/personal/diana_krikscuna_mk_gov_lv/Documents/Darbvirsma/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\VPANDK\DIANA\ADM_S_rīcības_grupa\MK_prioritātes\MP_Birojam\Izpildes progress Februāris\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{5C29990B-7B28-490C-AC42-B8A2F9FB5FBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E5A6FD35-33DD-48F8-BB7F-9FF4A433488A}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AEF2A5A4-C26A-4421-8CFB-022CA3E00E99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Prioritārie pasākumi" sheetId="8" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prioritārie pasākumi'!$A$2:$E$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prioritārie pasākumi'!$A$2:$D$23</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Prioritārie pasākumi'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="101">
   <si>
     <t>PLĀNOTAIS PASĀKUMS</t>
   </si>
   <si>
     <t>Tiesību akts</t>
   </si>
   <si>
     <t>Termiņš</t>
   </si>
   <si>
     <t>Atbildīgā iestāde</t>
-  </si>
-[...1 lines deleted...]
-    <t>Izpildes progress</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Atbildes uz iesniegumiem</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Iesniegumu izskatīšanas termiņa saīsināšana un prakses maiņa atbilžu uz iesniegumiem sniegšanā.
 Valsts pārvaldes iestāžu atbilžu vēstuļu satura īsināšana un vienkāršošana, kas veicinātu iespēju atbildi sagatavot īsākā laika periodā. Visām ministrijām un padotības iestādēm pārskatīt atbilžu uz iesniegumu sniegšanas praksi, saīsinot atbildēs iekļaujamo tekstu, koncentrējoties uz atbildes sniegšanu pēc būtības.
 </t>
@@ -882,74 +879,50 @@
       </rPr>
       <t>Izpildīts</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Ilgtspējas ziņojumus var tulkot kā vēlas (tai skaitā ar mašīntulkošanas rīkiem) un iesniegt parkastītu dokumentu latviešu valodā.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t>Procesā</t>
-[...22 lines deleted...]
-      </rPr>
       <t>Izpildīts</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Veselības un darbspēju ekspertīzes ārstu valsts komisijas ārstiem ir nodrošināta piekļuve e-veselības portālā esošajiem pacientu datiem.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Izpildīts </t>
@@ -994,254 +967,250 @@
       <rPr>
         <i/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>euro</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">.
 2. Samazināt pieprasītās informācijas apjomu, izmantojot valsts iestāžu rīcībā esošus datus un informāciju.
 3. Samazināt atskaišu pieprasīšanas biežumu projekta izpildes laikā un izslēgt formālus uzraudzības kritērijus, pārskatot Ministru kabineta noteikumus programmu īstenošanai - tos vienkāršojot un apvienojot un neizstrādājot jaunus noteikumus katrai īstenojamai programmai.
 </t>
     </r>
   </si>
   <si>
+    <t>260 h ietaupīts laiks vienai ēkai
+711,38 EUR ietaupījums par katru biedrību</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 h ietaupīts laiks vienam sociālajam uzņēmumam par papildu informācijas sniegšanu
+450 h kopējais ietaupījums sociālajiem uzņēmumiem gadā
+30,81 EUR ietaupījums  vienam sociālajam uzņēmumam  par papildu informācijas sniegšanu
+4 621,50 EUR kopējais ietaupījums sociālajiem uzņemumiem gadā
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 h ietaupījums komersantam par atskaites sniegšanu finansējuma sniedzējiem
+3232 h kopējais ietaupījums komersantiem gadā (uz visiem komersantiem 404 pilnas darba dienas)
+9,35 EUR  ietaupījums komersantam par atskaites sniegšanu finansējuma sniedzējiem
+30 219,20 EUR kopējais ietaupījums komersantiem gadā (3232 komersanti)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0,05 h  ietaupīts laiks viena nosūtījuma sagatavošanai  
+3 614  h kopējais ietaupījums ārstiem gadā nosūtījumu sagatavošanai 
+0,51 euro ietaupījums viena nosūtījuma sagatavošanai
+37 124,51  euro kopējais ietaupījums ārstiem gadā nosūtījumu sagatavošanai 	</t>
+  </si>
+  <si>
+    <t>Nav informācijas par ieviešanas iespējām, līdz ar ko, nav prognozējama ietekme.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">0,25 h  ietaupīts laiks viena iesnieguma sagatavošanai  
+668  h kopējais ietaupījums gadā iesniegumu sagatavošanai 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">2,37 euro ietaupījums viena iesnieguma sagatavošanai
+6 327,90  euro kopējais ietaupījums gadā iesnieguma sagatavošanai 	</t>
+    </r>
+  </si>
+  <si>
+    <t>1) 3 h  ietaupīts laiks būvniecības procesā dokumentācijas sagatavošanai un iesniegšanai
+1 410  h kopējais ietaupījums gadā būvniecības procesā dokumentācijas sagatavošanai un iesniegšanai
+28,44 euro ietaupījums būvniecības procesā dokumentācijas sagatavošanai un iesniegšanai
+13 366,80  euro kopējais ietaupījums būvniecības procesā dokumentācijas sagatavošanai un iesniegšanai
+2) 20 darba dienu ietaupījums jaunas privātmājas (viena dzīvokļa dzīvojamā māja) būvniecības procesam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32 darba dienu ietaupījums noteiktu privātmāju (viena dzīvokļa dzīvojamā māja) jaunai būvniecībai </t>
+  </si>
+  <si>
+    <t>0,23 h  ietaupīts laiks jauna SIA reģistrācijai
+2 437  h kopējais ietaupījums gadā jaunu SIA reģistrācijai
+2,15 euro ietaupījums viena SIA reģistrācijai
+22 466,27  euro kopējais ietaupījums gadā  jaunu SIA reģistrācijai</t>
+  </si>
+  <si>
+    <t>20 darba dienu ietaupījums būvniecības procesu būvdarbiem privātmāju (viendzīvokļa un divdzīvokļu dzīvojamās mājas) energoefektivitās uzlabošanai (atjaunošana)</t>
+  </si>
+  <si>
     <t>RĪCĪBAS GRUPAS IZVIRZĪTIE PRIORITĀRIE PASĀKUMI BIROKRĀTIJAS MAZINĀŠANAI, TO IZPILDES PROGRESS UN IETEKMES IZVĒRTĒJUMS</t>
   </si>
   <si>
-    <r>
-[...21 lines deleted...]
-    </r>
+    <t>Ietekmes izvērtējums</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(Ietekmes izvērtējums sagatavojams analogi informācijas sniegšnas prasību aprēķinam, kas ietverts tiesību aktu izvērtēšanā, pēc citu pasākuma piemēra.)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>FM: Šobrīd nav iespējams aprēķināt precīzu ietekmi, vienlaikus vēršam uzmanību, ka šī pasākuma ieviešana viennozīmīgi samazinās iedzīvotāju ienākuma nodokļa ieņēmumu apmēru valsts un pašvaldību budžetos, jo palielinājies iedzīvotāju ienākuma nodokļa atmaksas apmērs par attaisnotajiem izdevumiem.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(Ietekmes izvērtējums sagatavojams analogi informācijas sniegšnas prasību aprēķinam, kas ietverts tiesību aktu izvērtēšanā, pēc citu pasākuma piemēra.)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">IZM: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Šāds ietekmes izvērtējums būtu jābalsta vairākos pieņēmumos, kas būtu ļoti subjektīvi, jo ne visi bērni apmeklē skolas fakultatīvu pulciņus, vienam vecākam var būt vairāki bērni, un skolas mācību ekskursijas un pārgājienus organizē savas autonomijas ietvaros, par tām nav jāsniedz atskaites ministrijai; turklāt skolas līdz šim pieteikumus šādiem pasākumiem varēja organizēt dažādi, balstoties uz skolas izstrādātu kārtību.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(Ietekmes izvērtējums sagatavojams analogi informācijas sniegšnas prasību aprēķinam, kas ietverts tiesību aktu izvērtēšanā, pēc citu pasākuma piemēra.)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Ietekmes izvērtējumu veikt nav iespējams. Pasākums pēc būtības attiecas uz dažādu materiālu izvietošanu tīmekļa vietnēs, ko veic LM un VDI.
+Pasākums izpildīts, papildinot informāciju tīmekļa vietnē https://stradavesels.lv/ un nodrošinot tajā vienkopus visplašāko materiālu klāstu par darba aizsardzību. Pamatā šie materiāli ir skaidrojošas vai informējošas dabas un var atvieglot darba aizsardzības jautājumu izpratni, kā arī ieviešanu, tomēr to izmantošana nav obligāta. Attiecīgi ietekmes izvērtējumā nav iespējams izmantot informācijas sniegšanas prasību aprēķinu, jo privātpersonām nav noteikts pienākums sniegt informāciju vai obligāti izmantot tīmekļa vietnē https://stradavesels.lv/ iekļauto informāciju. Turklāt nav iespējams pārliecināties, vai pasākuma īstenošana, veicot materiālu apvienošanu, ir mainījusi privātpersonu informācijas meklēšanas paradumus tīmekļa vietnēs.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(Ietekmes izvērtējums sagatavojams analogi informācijas sniegšnas prasību aprēķinam, kas ietverts tiesību aktu izvērtēšanā, pēc citu pasākuma piemēra.)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>LM:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> Ietekmes izvērtējums šobrīd nav iespējams, t.sk. IT sistēmu izmaiņām.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">2 h un 10 minūtes ietaupītais laiks informācijas sniegšanai
+8 000 h kopējais ietaupījums informācijas sniegšanai
+20,25 EUR ietaupījums par vienu informācijas sniegšanas reizi
+76 744,80 EUR kopējais ietaupījums par informācijas sniegšanu
+</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Izpildīts.     </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">                                                                                                                                            
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EM: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Pieņemts Saeimā 2025. gada 13. novembrī.
 Stājās spēkā 2026. gada 5. janvārī.</t>
-    </r>
-[...131 lines deleted...]
-FM izvērtē e-kvīšu automātiskas nosūtīšanas risinājumu un ir identificējusi būtiskus riskus: sensitīvu datu nodošana VID bez personas piekrišanas, liels datu apjoms, kas neattiecas uz IIN atgūšanu, iespējams IIN ieņēmumu kritums, ievērojams administratīvais un finansiālais slogs ārstniecības iestādēm (tostarp pāreja uz e-kvītīm ~767 pakalpojumu sniedzējiem), kā arī būtiska IT risinājuma sarežģītība un izmaksas. Ņemot vērā riskus, FM turpina padziļinātu pasākuma ieviešanas iespēju vērtēšanu.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Izpildīts:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Iestādēs ir pārskatīts administratīvais process, vienkāršojot administratīvo aktu saturu, saīsinot izdošanas un paziņošanas termiņus, kā arī ieviešot efektīvākus paziņošanas risinājumus.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
@@ -1328,183 +1297,188 @@
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Izpildīts. 
 Nosūtīta 01.10.2025 IZM vēstule Nr. 4-7e/25/2420 novadu izglītības pārvaldēm.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Izglītības iestādes informētas, ka skolvadības sistēmā saņemtā informācija, kurā var identificēt lietotāju (piemēram, vecāku), ir uzskatāma par iesniegumu (arī bez elektroniskā paraksta). Tādejādi vecākiem ir iespējams iesniegt iesniegumu (arī skolvadības sistēmā):
 1) par visiem pulciņiem un fakultatīviem (arī vienā iesniegumā);
 2) par katru pasākumu atsevišķi - mācību ekskursijām, pārgājieniem utt., jo tas ir skolēnu drošības jautājums; 
 (ja vairāki pasākumi ir ar nelielu laika nobīdi un ar vienu un to pašu atbildīgo pedagogu, iestādē var lemt par atļaujas apvienošanu).
 Par katru nometni vecāku iesniegums jāiesniedz atsevišķi, jo tur ir pārāk daudz specifisku nianšu.</t>
     </r>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-*Tiek ieviesta jauna Altum IT sistēma. Aizdevumu pieteikumu izvērtēšanas procesi pakāpeniski tiks pārnesti uz jauno sistēmu pa programmu grupām. Pirmās programmas plānots pārnest 2026. gada 1.–2. ceturksnī.
+    <t>Izpildes progress FEBRUĀRIS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">PROCESĀ:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">*Tiek ieviesta jauna Altum IT sistēma. Aizdevumu pieteikumu izvērtēšanas procesi pakāpeniski tiks pārnesti uz jauno sistēmu pa programmu grupām. Pirmās programmas plānots pārnest 2026. gada 1.–2. ceturksnī.
 *MVU aizdevumu plūsmas ieviešana pagaidām atlikta, jo prioritāri tika ieviests hipotekārās kreditēšanas process (izstrāde un ieviešana 3 mēneši).
-*Attālinātā klientu identificēšana - Pēc iepirkuma rezultātiem notiek pakalpojuma līguma saskaņošana ar piegādātāju. 
-[...2 lines deleted...]
-*Turpinās darbs pie UR datu integrācijas pilnīgas ieviešanas visās programmās, kas paredzēts gan juridiskām, gan fiziskām personām.
+Hipotekārais process ieviests. Patreiz tiek strādāts tieši pie MVU ieviešanas. MVU aizdevumu plūsmā tika piegādāta pilota versija nr.3, kas tika notestēta no Altum puses. Darbs pie MVU aizdevuma plūsmas ieviešanas notiek saskaņā ar iepriekš sniegto informāciju. Pirmās programmas plānots pārnest 2026. gada 1.–2. ceturksnī.
+*Attālinātā klientu identificēšana - Pēc iepirkuma rezultātiem notiek pakalpojuma līguma saskaņošana ar piegādātāju.
+Līgums parakstīts, tiek uzsākta ieviešana jau jaunā CRM sistēmā.
+*Datu integrācijas un datu apmaiņas uzlabojumi - 
+Turpinās darbs pie VID (datu saņemšana par juridisko personu parādiem un PEP statusu).Atļauja ir piešķirta, tehniskā integrācija pabeigta, iekšējo sistēmu pieslēgšana plānots pabeigt 2026.gada 2.ceturksnī. Kavēšanās iemesls: datu pieejamība iet kopā ar programmu pārnešanu uz jauno Klientu vadības sistēmu  un pieejamie datitiek integrēti jaunajā sistēmā pieteikumu izvērtēšanas procesā. 
+*Turpinās darbs pie UR datu integrācijas pilnīgas ieviešanas visās programmās, kas paredzēts gan juridiskām, gan fiziskām personām. Atļauja ir piešķirta, integrācijai ar jauno sistēmu nepieciešami dati pieejami 50% apmērā, Integrācijas pabeigšana 100% apmērā plānota 2026.gasda 1. - 2.ceturksnī.
 *Turpinās darbs pie pieteikuma veidlapu pārskatīšanas, pārnesot atbalsta programmas uz jauno IT sistēmu.
 *Turpinās darbs pie Programmas “Balsts” un citu programmu tehniskā risinājuma izstrādes un saskaņošanas.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">Izpildīts </t>
-[...9 lines deleted...]
-      <t>- Altum sniegtā atbalsta vienkāršošana:
+      <t>IZPILDĪTS:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
 *Ieviesta datu integrēšana no LR Uzņēmumu reģistra Altum sistēmās.
 *Atvieglotas prasības finansējuma saņemšanai līdz 100 000 eiro.
 *Atvieglota lielo komercsabiedrību atbalsta pieteikumu izvērtēšana (neatbilstība GNU pazīmēm). 01.07.2025. pieņemti MK noteikumi Nr. 399, kas ļauj komersantiem apliecināt neatbilstību GNU arī situācijās, kad objektīvu apstākļu dēļ nav iespējams iesniegt finanšu datus par saistītiem uzņēmumiem ārzemēs.
 *Ieviesta riskos balstīta pieeja – jo zemāks klienta risks, jo mazāks izpētes apjoms un mazāk dokumentu.
 *Jaunajā daudzdzīvokļu māju energoefektivitātes programmā (DME3) ieviesta vienkāršota pieteikšanās kārtība – kapitāla atlaidi var rezervēt, iesniedzot tikai vienkāršoto energosertifikātu un izmaksu kopsavilkumu (būtisks iesniedzamo dokumentu samazinājums).
-*Jaunajām atbalsta programmām tiek izmantotas esošās pieteikuma formas, papildinot tikai ar programmām specifisko informāciju; jaunās veidlapas tiek veidotas ar minimālu informācijas pieprasījumu no klientiem.</t>
-[...30 lines deleted...]
-    </r>
+*Jaunajām atbalsta programmām tiek izmantotas esošās pieteikuma formas, papildinot tikai ar programmām specifisko informāciju; jaunās veidlapas tiek veidotas ar minimālu informācijas pieprasījumu no klientiem.
+*Uz jauno IT sistēmu 2026.gada 1.-2.ceturksnī ir plānots pārnest 9 atbalsta programmas. Aizdevuma pieteikumi, kuri jāaizpilda šajās programmās, ir pārskatīti.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">PROCESĀ:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>* pieteikto reģistrācijas dokumentu un papildu numura zīmju attālinātas saņemšanas iespēja;
+02.12.2025. nodrošināta iespēja saņemt papildu numura zīmi pakomātā, piesakot to CSDD e-pakalpojumos. Turpinās pakalpojuma izstrāde, lai nodrošinātu iespēju CSDD e-pakalpojumos pieteikt reģistrācijas dokumenta saņemšanu pakomātā.
+* atsevišķos gadījumos vadītāja apliecības noformēšana un saņemšana attālināti;
+Tiek izstrādāts attālinātas vadītāja apliecības saņemšanas risinājums
+* atteikties no papīra formas pavadzīmes noformēšanas izmēģinājuma braucienam ar tirdzniecībā esošiem transportlīdzekļiem;
+Ir izstrādāti grozījumi Ministru kabineta noteikumos Nr. 876  “Transportlīdzekļu tirdzniecības noteikumi”, tiek gatavots anotācijas projekts.
+* Atvieglot procedūras transportlīdzekļa reģistrācijai mantojuma atklāšanās gadījumos.
+Tiek izvērtēti iespējamie risinājumi.
+* Atteikties no mācību kartes katrai autoskolas apmācības vietai. 
+Attiecīgi grozījumi iekļauti likumprojektā "Grozījumi Ceļu satiksmes likumā" 25-TA-1589 , kas nodots saskaņošanai ministrijām, termiņš 16.09.2025.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+IZPILDĪTS: 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">*02.12.2025. nodrošināta iespēja saņemt papildu numura zīmi pakomātā, piesakot to CSDD e-pakalpojumos.
+* atteikties no valsts reģistrācijas numura zīmju nodošanas, lai pārtrauktu reģistrāciju uz laiku;
+No 01.11.2025. numura zīmes reģistrācijas pārtraukšanai uz laiku nav jānodod. Lai saņemtu pakalpojumu, nebūs jābrauc uz CSDD klientu apkalpošanas centru.
+* atteikties no papīra formas sertifikāta (CoC) iesniegšanas jaunu transportlīdzekļu reģistrācijai, tos aizstājot ar elektroniskā formāta sertifikātu.
+Nodrošināta iespēja atteikties no (CoC) iesniegšanas transportlīdzekļu izgatavotāju oficiālajiem pārstāvjiem, veicot pirmreizējo transportlīdzekļa reģistrāciju. </t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Izpildīts:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
-Panākta vienošanās par Valsts ieņēmumu dienesta un Centrālās statistikas pārvaldes datu apmaiņas pilnveidi - rezultātā būtiski samazinājies uzņēmumu skaits (par 3 900 mazāk), kuriem jāsniedz CSP pārskats 1, 2, 3, 4-apgrozījums (42 384 mazāk pārskatu gadā).
-[...24 lines deleted...]
-Likumprojekta izskatīšana Saeimā (otrais lasījums) 
+Likumprojekts "Grozījumi Iesniegumu likumā" (Nr.877/Lp14) pieņemts Saeimā trešajā lasījumā 05.02.2026. Likums stāsies spēkā 01.04.2026.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 Izpildīts:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">Iestādes ir pārskatījušas iekšējās procedūras un iesniegumu apstrādes praksi, ieviešot saīsinātas un saturiski koncentrētākas atbildes. Saņemtā informācija apliecina, ka iekšējie procesi ir izvērtēti un veikti nepieciešamie uzlabojumi atbilžu sagatavošanas vienkāršošanai. 
 </t>
@@ -1515,56 +1489,362 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Būtiskākās izmaiņas:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 – Veselības ministrijas padotības iestādes vairāk nekā 80 % iesniegumu izskata 2–10 dienās.
 – Ārlietu ministrija vienkāršo atbilžu tekstus un, kur iespējams, ievēro būtiski īsākus termiņus (piem., 3 darba dienas stratēģisku preču identifikācijā).
 – Labklājības ministrija nodrošina iespēju saņemt atbildi 10 dienās elektroniska e-jautājuma formā.
 – CFLA pārskatījusi vēstuļu un lēmumu saturu, ieviešot vieglās valodas principus un ātrāku iesniegumu apstrādi.
 – VID turpina tipveida vēstuļu vienkāršošanu un koncentrēšanos uz būtību.
 – IZM un citas ministrijas norādījušas, ka iekšējā prakse ir pārskatīta un uzlabota.</t>
     </r>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Izpildīts</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+Likumprojekts "Grozījumi Bezdarbnieku un darba meklētāju atbalsta likumā" (1010/Lp14) pieņemts Saeimā trešajā lasījumā 22.01.2026. un izsludināts 04.02.2026. Likums stāsies spēkā 01.04.2026. 
+Grozījumi MK 25.01.2011. noteikumos Nr.75 "Noteikumi par aktīvo nodarbinātības pasākumu un preventīvo bezdarba samazināšanas pasākumu organizēšanas un finansēšanas kārtību un pasākumu īstenotāju izvēles principiem" (25-TA-1534) pieņemti MK 27.01.2026. sēdē.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">PROCESĀ </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>tikai</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> FM:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>- par DDZ:
+Valsts ieņēmumu dienests ir apzinājis DDZ nepieciešamās izmaiņas informācijas sistēmās un to izmaksas.
+27.10.2025. informācija nosūtīta Centrālās statistikas pārvaldei turpmākai nepieciešamā finansējuma piesaistei.
+Lai šo iniciatīvu īstenotu, nepieciešami grozījumi MK noteikumos Nr. 827 “Noteikumi par valsts sociālās apdrošināšanas obligāto iemaksu veicēju reģistrāciju un ziņojumiem par valsts sociālās apdrošināšanas obligātajām iemaksām un iedzīvotāju ienākuma nodokli”, kā arī finansējums IS risinājumu pielāgošanai.
+- par PVN:
+starpresoru vienošanās 14.01.2026. nosūtīta saskaņošanai Finanšu ministrijai. Pēc starpresoru vienošanās saskaņošanas/ parakstīšanas Centrālās statistikas pārvaldei būs nodrošināta piekļuve VID Datu noliktavas sistēmas  pārskatam par PVN apgrozījumu.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+IZPILDĪTS:
+EM - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Izstrādāts apvienots CSP un VID informācijas pieprasījuma e-formāts.
+Samazināts uzņēmumu skaits - par 3900, kuriem jāsniedz CSP pārskats 1, 2, 3, 4-apgrozījums, t.i., par 42384 mazāk pārskatu gadā.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">TM </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">- No 01.01.2026. stājušies spēkā grozījumi Komerclikumā - UR vairs nav jāiesniedz likvidācijas slēguma finanšu pārskats un revidenta atzinums. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">FM </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>- VID 29.12.2025. ir noslēdzis starpresoru vienošanās grozījumus ar Latvijas Republikas Uzņēmumu reģistru  par gada pārskatiem, un, sākot ar 2026. gada 1. janvāri, Latvijas Republikas Uzņēmumu reģistrs informāciju par slēguma finanšu pārskatiem saņems no VID.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PROCESĀ:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+Likumprojekta "Grozījumi Sociālā uzņēmuma likumā" (1097/Lp14) izskatīšana Saeimas Sociālo un darba lietu komisijā pirms otrā lasījuma. 04.02.2026. pieņemts lēmums likumprojektu virzīt izskatīšanai Saeimas plenārsēdē otrajā lasījumā.
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PROCESĀ:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">TM </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>- UR ( 03.09.2025.): Valsts kancelejas Inovāciju laboratorijas sprinta “Konceptuāls e-adreses darbības process juridiskajām personām  - obligāta e-adreses lietošana” ietvaros VARAM, VDAA un UR turpina sagatavot risinājuma prototipu e-adreses nodrošināšanai obligāti visām jau reģistrētajām juridiskajām personām. Vienlaikus risinājuma sagatavošanas gaitā konstatēta Rīcības grupas izvirzītā prioritārā pasākuma birokrātijas mazināšanai "E-adreses aktivizēšana juridiskajām personām" sasaiste ar pasākumu “E-pakalpojumi uzņēmējiem”, proti, lai sasniegtu efektīvu risinājumu pasākumā  "E-adreses aktivizēšana juridiskajām personām" , ir nepieciešams veikt nepieciešamās darbības pakalpojumu dublēšanas papīra formātā novēršanai Uzņēmumu reģistra pakalpojumos un pāriet uz pilnībā elektronisku reģistrācijas pakalpojumu. Minētā īstenošanai nepieciešams sagatavot grozījumus likumā “Par Latvijas Republikas Uzņēmumu reģistru”. Pasākumu iespējams īstenot 2026.gada laikā. 
+UR: 2026. gadā plānots veikt grozījumus primāri likumā "Par Latvijas Republikas Uzņēmumu reģistru", vienoti attiecībā uz visiem reģistriem nosakot reģistrācijas pieteikuma vai paziņojuma iesniegšanu vienīgi elektroniski, izmantojot Reģistra tīmekļvietnē pieejamo speciālo tiešsaistes formu. Minētās izmaiņas stātos spēkā 2027. gada 1. janvārī.
+VARAM - Grozījums Oficiālās elektroniskās adreses likumā tiks iesniegts saskaņošanai iestādēm februārī. Jaunajām juridiskajām personām provizoriski stāsies spēkā 2027. gada 1. janvārī, esošajām - 2027. gada laikā. Pakārtoti tiks grozīti arī MK noteikumi. Pilnvarošanas risinājums varēs tikt lietots nekavējoties pēc abu grozījumu pieņemšanas.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>PROCESĀ:
+LM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> - Ņemot vērā, ka VID neatbalsta datu nodošanu uz DAGR, kā vienu no risinājumiem piedāvājot tiešu Kontu reģistra sasaisti ar portālu latvija.lv, turpināma diskusija par alternatīviem variantiem turpmākai virzībai.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>Komentārs:Vēršam uzmanību, ka LM un VSAA nav neatkarīgas pasākuma "Pakalpojumu saņemšana bez iesniegumiem un norēķinu kontu reģistrācija" ieviešanas jautājumu risināšanā, tāpēc turpmākā virzība ir sadarbības jautājums atbilstoši VARAM norādījumiem par rīcības koordinēšanu.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="4" tint="-0.249977111117893"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">VARAM </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>- Februārī ieplānota saruna par datu apmaiņu ar DAGR un tālāko rīcību risinājuma ieviešanai.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">PROCESĀ:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">Ņemot vērā identificētos riskus saistībā ar automātisku e-kvīšu nosūtīšanu no ārsniecības iestādes uz VID EDS, Finanšu ministrija pašlaik izstrādā informatīvo ziņojumu iesniegšanai Ministru kabinetā. </t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1578,129 +1858,215 @@
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFF8F9FA"/>
           <bgColor rgb="FFF8F9FA"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
@@ -1954,475 +2320,539 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92B331F5-62CE-407F-BF37-1C1DE860F122}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F23"/>
+  <dimension ref="A1:G23"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E23" sqref="E23"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="65.54296875" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.26953125" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.453125" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="88.1796875" style="1" customWidth="1"/>
-    <col min="6" max="6" width="23.1796875" style="1" customWidth="1"/>
-    <col min="7" max="16384" width="8.7265625" style="1"/>
+    <col min="6" max="6" width="57.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.1796875" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="47.15" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="E1" s="9"/>
+    <row r="1" spans="1:7" ht="47.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="15"/>
     </row>
-    <row r="2" spans="1:6" ht="60.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" ht="60.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="114.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" s="8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="110.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" s="11"/>
+    </row>
+    <row r="5" spans="1:7" ht="101.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" s="11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="96.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="82" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="82" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="189.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="80.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" s="11"/>
+    </row>
+    <row r="11" spans="1:7" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="140" x14ac:dyDescent="0.3">
+      <c r="A12" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" s="12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="220.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F13" s="9"/>
+      <c r="G13" s="3"/>
+    </row>
+    <row r="14" spans="1:7" ht="260.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="9"/>
+    </row>
+    <row r="15" spans="1:7" ht="226.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="4" t="s">
         <v>4</v>
       </c>
+      <c r="B15" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" s="8"/>
     </row>
-    <row r="3" spans="1:6" ht="114.65" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D3" s="4" t="s">
+    <row r="16" spans="1:7" ht="287.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="235.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="96.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="B18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="409.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4" t="s">
         <v>69</v>
       </c>
+      <c r="B19" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>72</v>
+      </c>
     </row>
-    <row r="4" spans="1:6" ht="110.5" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>70</v>
+    <row r="20" spans="1:6" ht="221" x14ac:dyDescent="0.3">
+      <c r="A20" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="101.15" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      </c>
+    <row r="21" spans="1:6" ht="380.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="12"/>
     </row>
-    <row r="6" spans="1:6" ht="96.65" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>63</v>
+    <row r="22" spans="1:6" ht="288" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B22" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="82" customHeight="1" x14ac:dyDescent="0.3">
-[...105 lines deleted...]
-      <c r="B13" s="4" t="s">
+    <row r="23" spans="1:6" ht="146.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="4" t="s">
-[...91 lines deleted...]
-      <c r="E18" s="4" t="s">
+      <c r="D23" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="12" t="s">
         <v>82</v>
-      </c>
-[...83 lines deleted...]
-        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E23" xr:uid="{92B331F5-62CE-407F-BF37-1C1DE860F122}"/>
+  <autoFilter ref="A2:D23" xr:uid="{92B331F5-62CE-407F-BF37-1C1DE860F122}"/>
   <mergeCells count="1">
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="67" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010067F14D78208A8D40983F7A662C6A1E64" ma:contentTypeVersion="6" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="906e6b706ba755b42258439684759624">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ee113ab-099f-4d88-b856-9959f91cb0e3" xmlns:ns3="68733ecf-ceaa-484d-b13d-10730735d92d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b5a46ccdfc56743e2e9214536eded6" ns2:_="" ns3:_="">
     <xsd:import namespace="5ee113ab-099f-4d88-b856-9959f91cb0e3"/>
     <xsd:import namespace="68733ecf-ceaa-484d-b13d-10730735d92d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ee113ab-099f-4d88-b856-9959f91cb0e3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -2555,88 +2985,79 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B5A937E-517D-4854-9198-7402777758BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{704235D3-36A4-4E6C-BA05-8E1D79F72F3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5ee113ab-099f-4d88-b856-9959f91cb0e3"/>
     <ds:schemaRef ds:uri="68733ecf-ceaa-484d-b13d-10730735d92d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82AE0B29-7ACD-4A8A-AB2D-56C818C133E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c9e176a8-1567-403a-861e-2ddcf9359962}" enabled="0" method="" siteId="{c9e176a8-1567-403a-861e-2ddcf9359962}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>