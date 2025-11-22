--- v0 (2025-10-10)
+++ v1 (2025-11-22)
@@ -1,140 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CE9BED1" w14:textId="77777777" w:rsidR="00DB027B" w:rsidRDefault="00DB027B" w:rsidP="004D79AC">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="46AEE6F9" w14:textId="281B485E" w:rsidR="00915EC5" w:rsidRPr="00AA68E6" w:rsidRDefault="00915EC5" w:rsidP="004D79AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06E6EC1C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Digitālās modernizācijas tematiskās komitejas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E36B91" w14:textId="741ED80D" w:rsidR="00705BD1" w:rsidRDefault="00705BD1" w:rsidP="004D79AC">
+    <w:p w14:paraId="38E36B91" w14:textId="265E6B2D" w:rsidR="00705BD1" w:rsidRDefault="00705BD1" w:rsidP="004D79AC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00705BD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="0005228F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00705BD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005C648B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00705BD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
-      <w:r w:rsidR="0002474D">
-[...5 lines deleted...]
-        <w:t>14</w:t>
+      <w:r w:rsidR="00E33C2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00D662CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="0002474D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>oktobra</w:t>
       </w:r>
       <w:r w:rsidR="008E1DCE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -493,66 +481,66 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FF8F62" w14:textId="77777777" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="00393A51" w:rsidP="0002474D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0B85A374" w14:textId="77777777" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
+          <w:p w14:paraId="0B85A374" w14:textId="0F426309" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002474D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 2. komponentes "Digitālā transformācija" 2.1. reformu un investīciju virziena "Valsts pārvaldes, tai skaitā pašvaldību, digitālā transformācija" projektu īstenošanas gaita un priekšlikumi finansējuma pārstrukturēšanai</w:t>
+              <w:t>Eiropas Savienības Atveseļošanas un noturības mehānisma plāna 2. komponentes "Digitālā transformācija" projektu īstenošanas gaita un priekšlikumi finansējuma pārstrukturēšanai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1747399C" w14:textId="1F67FA82" w:rsidR="0002474D" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5444D748" w14:textId="77777777" w:rsidR="00393A51" w:rsidRDefault="00393A51" w:rsidP="0002474D">
@@ -608,83 +596,91 @@
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002474D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="716EE186" w14:textId="1D13EB8A" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
+          <w:p w14:paraId="716EE186" w14:textId="7EC31A62" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002474D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002474D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>gadam 1.3.1. specifiskā atbalsta mērķa "Izmantot digitalizācijas priekšrocības iedzīvotājiem, uzņēmumiem, pētniecības organizācijām un publiskajām iestādēm" jomu arhitektūru ietvaros SAM 1.3.1.1. pasākumā "IKT risinājumu un pakalpojumu attīstība un iespēju radīšana privātajam sektoram"  īstenojamie projekti</w:t>
+              <w:t>gadam 1.3.1. specifiskā atbalsta mērķa "Izmantot digitalizācijas priekšrocības iedzīvotājiem, uzņēmumiem, pētniecības organizācijām un publiskajām iestādēm" īstenojamie projekti</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (atbilstība un lietderība)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76A43BB3" w14:textId="482C9577" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="00393A51" w:rsidP="0002474D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B7D2EE4" w14:textId="0FB0FA78" w:rsidR="00393A51" w:rsidRPr="0002474D" w:rsidRDefault="0002474D" w:rsidP="0002474D">
@@ -943,81 +939,84 @@
   <w:num w:numId="1" w16cid:durableId="1836415557">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00705BD1"/>
     <w:rsid w:val="00014B0C"/>
     <w:rsid w:val="0002474D"/>
     <w:rsid w:val="0005228F"/>
     <w:rsid w:val="000C26C3"/>
+    <w:rsid w:val="00132D1B"/>
     <w:rsid w:val="00187D5C"/>
     <w:rsid w:val="002962B8"/>
     <w:rsid w:val="002E0FE4"/>
     <w:rsid w:val="00335CC1"/>
     <w:rsid w:val="00393A51"/>
     <w:rsid w:val="003C07BA"/>
     <w:rsid w:val="004A26DC"/>
     <w:rsid w:val="004D79AC"/>
     <w:rsid w:val="005261E5"/>
     <w:rsid w:val="005A5215"/>
     <w:rsid w:val="005C648B"/>
     <w:rsid w:val="005E756E"/>
     <w:rsid w:val="006344C2"/>
     <w:rsid w:val="00672BFD"/>
     <w:rsid w:val="006E3827"/>
     <w:rsid w:val="00705BD1"/>
     <w:rsid w:val="007E01BA"/>
     <w:rsid w:val="008151A7"/>
+    <w:rsid w:val="00857ACA"/>
     <w:rsid w:val="00885B7A"/>
     <w:rsid w:val="008E1DCE"/>
     <w:rsid w:val="00915EC5"/>
     <w:rsid w:val="00946D1B"/>
     <w:rsid w:val="00963D15"/>
     <w:rsid w:val="009E616A"/>
     <w:rsid w:val="00A4705E"/>
     <w:rsid w:val="00C67D01"/>
     <w:rsid w:val="00CD23E6"/>
     <w:rsid w:val="00D474AC"/>
     <w:rsid w:val="00D53961"/>
     <w:rsid w:val="00D662CC"/>
     <w:rsid w:val="00DB027B"/>
+    <w:rsid w:val="00E33C2F"/>
     <w:rsid w:val="00E61050"/>
     <w:rsid w:val="00E809C0"/>
     <w:rsid w:val="00EB66E6"/>
     <w:rsid w:val="00F0474A"/>
     <w:rsid w:val="00FB4C4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -1857,70 +1856,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{908E0ED1-5B2E-492E-A6A6-20DFAD9A5F5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>548</Words>
-  <Characters>313</Characters>
+  <Words>415</Words>
+  <Characters>237</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>860</CharactersWithSpaces>
+  <CharactersWithSpaces>651</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Skrodele</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>