--- v0 (2025-10-13)
+++ v1 (2025-11-22)
@@ -1,118 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6DBE1346-56E7-47F6-BD63-9752D944C2E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="202300"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://vkanceleja-my.sharepoint.com/personal/laila_ruskule_mk_gov_lv/Documents/Documents/Darbi2025/mājas lapa/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A8B4BD26-1E72-486B-98BD-AB9FF7749374}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{91FDBAF4-F346-4B02-BD0B-5855D9EAA446}"/>
   </bookViews>
   <sheets>
-    <sheet name="info" sheetId="3" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="P185" i="3" l="1"/>
-[...13 lines deleted...]
-  <c r="F185" i="3" l="1"/>
+  <c r="O185" i="1" l="1"/>
+  <c r="N185" i="1"/>
+  <c r="M185" i="1"/>
+  <c r="L185" i="1"/>
+  <c r="K185" i="1"/>
+  <c r="J185" i="1"/>
+  <c r="I185" i="1"/>
+  <c r="H185" i="1"/>
+  <c r="G185" i="1"/>
+  <c r="F185" i="1"/>
+  <c r="D185" i="1"/>
+  <c r="C185" i="1"/>
+  <c r="B185" i="1"/>
+  <c r="E185" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="198">
   <si>
     <t>Valsts kanceleja</t>
   </si>
   <si>
     <t>Informācija par vakantajiem amatiem valsts budžeta iestādēs</t>
   </si>
   <si>
     <t>Pārskata periods</t>
   </si>
   <si>
     <t>uz</t>
   </si>
   <si>
     <t>Institūcija</t>
   </si>
   <si>
     <t>Amatu skaits kopā</t>
   </si>
   <si>
-    <t>Vakanto amatu skaits</t>
-[...1 lines deleted...]
-  <si>
     <t>Amatu slodzes kopā</t>
   </si>
   <si>
     <t>Vakanto amatu slodžu summa</t>
   </si>
   <si>
     <t>Vakantās slodzes procentos no kopējās slodžu summas</t>
   </si>
   <si>
     <t>Ierēdņu amatu slodzes (S un I)</t>
   </si>
   <si>
     <t>Vakantās ierēdņu amatu slodzes (S un I)</t>
   </si>
   <si>
     <t>Darbinieku amatu slodzes (D un Iz)</t>
   </si>
   <si>
     <t>Vakantās darbinieku amatu slodzes (D un Iz)</t>
   </si>
   <si>
     <t>Amatpersonu ar spec.dien.pak amatu slodzes (Ap)</t>
   </si>
   <si>
     <t>Vakantās amatpersonu ar spec.dien.pak amatu slodzes (Ap)</t>
@@ -640,84 +646,92 @@
     <t>Lauku atbalsta dienests</t>
   </si>
   <si>
     <t>Pārtikas un veterinārais dienests</t>
   </si>
   <si>
     <t>Valsts augu aizsardzības dienests</t>
   </si>
   <si>
     <t>Valsts meža dienests</t>
   </si>
   <si>
     <t>Valsts tehniskās uzraudzības aģentūra</t>
   </si>
   <si>
     <t>Datu avots: Iestāžu sniegtās atskaites Atlīdzības uzskaites sistēmas datu bāzē</t>
   </si>
   <si>
     <t>tai skaitā</t>
   </si>
   <si>
     <t>Amatu slodzes uz laiku (t.sk. PI, PD)</t>
   </si>
   <si>
     <t>Vakanto amatu uz laiku slodžu summa (t.sk. PI, PD)</t>
+  </si>
+  <si>
+    <t>Par sniegtās informācijas pareizību atbild iestādes vadītājs par kuru ir sniegta informācija</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <name val="Arial"/>
+      <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
-      <name val="Arial"/>
-[...11 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
@@ -734,338 +748,298 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...11 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1083,65 +1057,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1162,7928 +1136,7085 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:AN220"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AF7AB6F-8FCE-4FA2-BDE3-1577FE1FE641}">
+  <dimension ref="A1:AM220"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A13" sqref="A13"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="58.109375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="11" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="12" width="10.88671875" customWidth="1"/>
+    <col min="4" max="4" width="11" customWidth="1"/>
+    <col min="5" max="5" width="10.6640625" customWidth="1"/>
+    <col min="7" max="7" width="11" customWidth="1"/>
+    <col min="10" max="11" width="10.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:40" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:39" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:40" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="10" t="s">
+    <row r="2" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="10"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:40" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
-      <c r="C3" s="2"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:40" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:39" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="J4" t="s">
         <v>3</v>
       </c>
-      <c r="K4" s="7">
-[...6 lines deleted...]
-    <row r="6" spans="1:40" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K4" s="3">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="6" spans="1:39" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="C6" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="D6" s="11" t="s">
+      <c r="D6" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="E6" s="11" t="s">
+      <c r="E6" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="F6" s="12" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F6" s="14" t="s">
+        <v>194</v>
+      </c>
+      <c r="G6" s="15"/>
       <c r="H6" s="15"/>
       <c r="I6" s="15"/>
       <c r="J6" s="15"/>
       <c r="K6" s="15"/>
       <c r="L6" s="15"/>
       <c r="M6" s="15"/>
       <c r="N6" s="15"/>
-      <c r="O6" s="15"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:40" ht="84" x14ac:dyDescent="0.25">
+      <c r="O6" s="16"/>
+    </row>
+    <row r="7" spans="1:39" ht="84" x14ac:dyDescent="0.3">
       <c r="A7" s="11"/>
       <c r="B7" s="11"/>
-      <c r="C7" s="11"/>
-[...3 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="G7" s="4" t="s">
         <v>196</v>
       </c>
-      <c r="H7" s="1" t="s">
+      <c r="H7" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="5">
+        <v>1890</v>
+      </c>
+      <c r="C8" s="5">
+        <v>1884.45</v>
+      </c>
+      <c r="D8" s="5">
+        <v>140.1</v>
+      </c>
+      <c r="E8" s="6">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="F8" s="5">
+        <v>7</v>
+      </c>
+      <c r="G8" s="5">
+        <v>2</v>
+      </c>
+      <c r="H8" s="5">
+        <v>569</v>
+      </c>
+      <c r="I8" s="5">
+        <v>40</v>
+      </c>
+      <c r="J8" s="5">
+        <v>816.6</v>
+      </c>
+      <c r="K8" s="5">
+        <v>67.099999999999994</v>
+      </c>
+      <c r="L8" s="5"/>
+      <c r="M8" s="5"/>
+      <c r="N8" s="5"/>
+      <c r="O8" s="5"/>
+      <c r="T8" s="7"/>
+      <c r="W8" s="7"/>
+      <c r="AJ8" s="8"/>
+      <c r="AM8" s="8"/>
+    </row>
+    <row r="9" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A9" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="9">
+        <v>442</v>
+      </c>
+      <c r="C9" s="9">
+        <v>440.85</v>
+      </c>
+      <c r="D9" s="9">
+        <v>22</v>
+      </c>
+      <c r="E9" s="10">
+        <v>0.05</v>
+      </c>
+      <c r="F9" s="9"/>
+      <c r="G9" s="9"/>
+      <c r="H9" s="9">
+        <v>299</v>
+      </c>
+      <c r="I9" s="9">
+        <v>19</v>
+      </c>
+      <c r="J9" s="9">
+        <v>52</v>
+      </c>
+      <c r="K9" s="9">
+        <v>1</v>
+      </c>
+      <c r="L9" s="9"/>
+      <c r="M9" s="9"/>
+      <c r="N9" s="9"/>
+      <c r="O9" s="9"/>
+      <c r="T9" s="7"/>
+      <c r="W9" s="7"/>
+      <c r="AJ9" s="8"/>
+      <c r="AM9" s="8"/>
+    </row>
+    <row r="10" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A10" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="9">
+        <v>431</v>
+      </c>
+      <c r="C10" s="9">
+        <v>431</v>
+      </c>
+      <c r="D10" s="9">
+        <v>27</v>
+      </c>
+      <c r="E10" s="10">
+        <v>6.3E-2</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="9"/>
+      <c r="H10" s="9">
+        <v>14</v>
+      </c>
+      <c r="I10" s="9"/>
+      <c r="J10" s="9">
+        <v>20</v>
+      </c>
+      <c r="K10" s="9"/>
+      <c r="L10" s="9"/>
+      <c r="M10" s="9"/>
+      <c r="N10" s="9"/>
+      <c r="O10" s="9"/>
+      <c r="T10" s="7"/>
+      <c r="W10" s="7"/>
+      <c r="AJ10" s="8"/>
+      <c r="AM10" s="8"/>
+    </row>
+    <row r="11" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A11" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="9">
+        <v>280</v>
+      </c>
+      <c r="C11" s="9">
+        <v>278.60000000000002</v>
+      </c>
+      <c r="D11" s="9">
+        <v>10.6</v>
+      </c>
+      <c r="E11" s="10">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="9"/>
+      <c r="H11" s="9">
+        <v>15</v>
+      </c>
+      <c r="I11" s="9"/>
+      <c r="J11" s="9">
+        <v>263.60000000000002</v>
+      </c>
+      <c r="K11" s="9">
+        <v>10.6</v>
+      </c>
+      <c r="L11" s="9"/>
+      <c r="M11" s="9"/>
+      <c r="N11" s="9"/>
+      <c r="O11" s="9"/>
+      <c r="T11" s="7"/>
+      <c r="W11" s="7"/>
+      <c r="AJ11" s="8"/>
+      <c r="AM11" s="8"/>
+    </row>
+    <row r="12" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A12" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="9">
+        <v>67</v>
+      </c>
+      <c r="C12" s="9">
+        <v>67</v>
+      </c>
+      <c r="D12" s="9">
+        <v>8</v>
+      </c>
+      <c r="E12" s="10">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F12" s="9"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="9"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9">
+        <v>67</v>
+      </c>
+      <c r="K12" s="9">
+        <v>8</v>
+      </c>
+      <c r="L12" s="9"/>
+      <c r="M12" s="9"/>
+      <c r="N12" s="9"/>
+      <c r="O12" s="9"/>
+      <c r="T12" s="7"/>
+      <c r="W12" s="7"/>
+      <c r="AJ12" s="8"/>
+      <c r="AM12" s="8"/>
+    </row>
+    <row r="13" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A13" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="9">
+        <v>246</v>
+      </c>
+      <c r="C13" s="9">
+        <v>246</v>
+      </c>
+      <c r="D13" s="9">
+        <v>28</v>
+      </c>
+      <c r="E13" s="10">
+        <v>0.114</v>
+      </c>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9">
+        <v>172</v>
+      </c>
+      <c r="I13" s="9">
+        <v>19</v>
+      </c>
+      <c r="J13" s="9">
+        <v>74</v>
+      </c>
+      <c r="K13" s="9">
+        <v>9</v>
+      </c>
+      <c r="L13" s="9"/>
+      <c r="M13" s="9"/>
+      <c r="N13" s="9"/>
+      <c r="O13" s="9"/>
+      <c r="T13" s="7"/>
+      <c r="W13" s="7"/>
+      <c r="AJ13" s="8"/>
+      <c r="AM13" s="8"/>
+    </row>
+    <row r="14" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A14" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="9">
+        <v>396</v>
+      </c>
+      <c r="C14" s="9">
+        <v>393</v>
+      </c>
+      <c r="D14" s="9">
+        <v>39.5</v>
+      </c>
+      <c r="E14" s="10">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="F14" s="9">
+        <v>7</v>
+      </c>
+      <c r="G14" s="9">
+        <v>2</v>
+      </c>
+      <c r="H14" s="9">
+        <v>69</v>
+      </c>
+      <c r="I14" s="9">
+        <v>2</v>
+      </c>
+      <c r="J14" s="9">
+        <v>317</v>
+      </c>
+      <c r="K14" s="9">
+        <v>35.5</v>
+      </c>
+      <c r="L14" s="9"/>
+      <c r="M14" s="9"/>
+      <c r="N14" s="9"/>
+      <c r="O14" s="9"/>
+      <c r="T14" s="7"/>
+      <c r="W14" s="7"/>
+      <c r="AJ14" s="8"/>
+      <c r="AM14" s="8"/>
+    </row>
+    <row r="15" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="9">
+        <v>28</v>
+      </c>
+      <c r="C15" s="9">
+        <v>28</v>
+      </c>
+      <c r="D15" s="9">
+        <v>5</v>
+      </c>
+      <c r="E15" s="10">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="F15" s="9"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="9">
+        <v>23</v>
+      </c>
+      <c r="K15" s="9">
+        <v>3</v>
+      </c>
+      <c r="L15" s="9"/>
+      <c r="M15" s="9"/>
+      <c r="N15" s="9"/>
+      <c r="O15" s="9"/>
+      <c r="T15" s="7"/>
+      <c r="W15" s="7"/>
+      <c r="AJ15" s="8"/>
+      <c r="AM15" s="8"/>
+    </row>
+    <row r="16" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="5">
+        <v>623</v>
+      </c>
+      <c r="C16" s="5">
+        <v>623</v>
+      </c>
+      <c r="D16" s="5">
+        <v>21</v>
+      </c>
+      <c r="E16" s="6">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5">
+        <v>546</v>
+      </c>
+      <c r="I16" s="5">
+        <v>18</v>
+      </c>
+      <c r="J16" s="5">
+        <v>77</v>
+      </c>
+      <c r="K16" s="5">
+        <v>3</v>
+      </c>
+      <c r="L16" s="5"/>
+      <c r="M16" s="5"/>
+      <c r="N16" s="5"/>
+      <c r="O16" s="5"/>
+      <c r="T16" s="7"/>
+      <c r="W16" s="7"/>
+      <c r="AJ16" s="8"/>
+      <c r="AM16" s="8"/>
+    </row>
+    <row r="17" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A17" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="9">
+        <v>613</v>
+      </c>
+      <c r="C17" s="9">
+        <v>613</v>
+      </c>
+      <c r="D17" s="9">
+        <v>21</v>
+      </c>
+      <c r="E17" s="10">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="F17" s="9"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9">
+        <v>541</v>
+      </c>
+      <c r="I17" s="9">
+        <v>18</v>
+      </c>
+      <c r="J17" s="9">
+        <v>72</v>
+      </c>
+      <c r="K17" s="9">
+        <v>3</v>
+      </c>
+      <c r="L17" s="9"/>
+      <c r="M17" s="9"/>
+      <c r="N17" s="9"/>
+      <c r="O17" s="9"/>
+      <c r="T17" s="7"/>
+      <c r="W17" s="7"/>
+      <c r="AJ17" s="8"/>
+      <c r="AM17" s="8"/>
+    </row>
+    <row r="18" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" s="9">
+        <v>10</v>
+      </c>
+      <c r="C18" s="9">
+        <v>10</v>
+      </c>
+      <c r="D18" s="9"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9">
+        <v>5</v>
+      </c>
+      <c r="I18" s="9"/>
+      <c r="J18" s="9">
+        <v>5</v>
+      </c>
+      <c r="K18" s="9"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="9"/>
+      <c r="N18" s="9"/>
+      <c r="O18" s="9"/>
+      <c r="T18" s="7"/>
+      <c r="W18" s="7"/>
+      <c r="AJ18" s="8"/>
+      <c r="AM18" s="8"/>
+    </row>
+    <row r="19" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A19" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="5">
+        <v>271</v>
+      </c>
+      <c r="C19" s="5">
+        <v>268</v>
+      </c>
+      <c r="D19" s="5">
+        <v>32.5</v>
+      </c>
+      <c r="E19" s="6">
+        <v>0.121</v>
+      </c>
+      <c r="F19" s="5">
+        <v>61</v>
+      </c>
+      <c r="G19" s="5">
+        <v>7.5</v>
+      </c>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5">
+        <v>52</v>
+      </c>
+      <c r="K19" s="5">
+        <v>2</v>
+      </c>
+      <c r="L19" s="5"/>
+      <c r="M19" s="5"/>
+      <c r="N19" s="5"/>
+      <c r="O19" s="5"/>
+      <c r="T19" s="7"/>
+      <c r="W19" s="7"/>
+      <c r="AJ19" s="8"/>
+      <c r="AM19" s="8"/>
+    </row>
+    <row r="20" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A20" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="9">
+        <v>92</v>
+      </c>
+      <c r="C20" s="9">
+        <v>89</v>
+      </c>
+      <c r="D20" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="E20" s="10">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="F20" s="9">
+        <v>61</v>
+      </c>
+      <c r="G20" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="H20" s="9"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="9">
+        <v>28</v>
+      </c>
+      <c r="K20" s="9">
+        <v>1</v>
+      </c>
+      <c r="L20" s="9"/>
+      <c r="M20" s="9"/>
+      <c r="N20" s="9"/>
+      <c r="O20" s="9"/>
+      <c r="T20" s="7"/>
+      <c r="W20" s="7"/>
+      <c r="AJ20" s="8"/>
+      <c r="AM20" s="8"/>
+    </row>
+    <row r="21" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A21" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" s="9">
+        <v>179</v>
+      </c>
+      <c r="C21" s="9">
+        <v>179</v>
+      </c>
+      <c r="D21" s="9">
+        <v>24</v>
+      </c>
+      <c r="E21" s="10">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="F21" s="9"/>
+      <c r="G21" s="9"/>
+      <c r="H21" s="9"/>
+      <c r="I21" s="9"/>
+      <c r="J21" s="9">
+        <v>24</v>
+      </c>
+      <c r="K21" s="9">
+        <v>1</v>
+      </c>
+      <c r="L21" s="9"/>
+      <c r="M21" s="9"/>
+      <c r="N21" s="9"/>
+      <c r="O21" s="9"/>
+      <c r="T21" s="7"/>
+      <c r="W21" s="7"/>
+      <c r="AJ21" s="8"/>
+      <c r="AM21" s="8"/>
+    </row>
+    <row r="22" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A22" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B22" s="5">
+        <v>1278</v>
+      </c>
+      <c r="C22" s="5">
+        <v>1278</v>
+      </c>
+      <c r="D22" s="5">
+        <v>142</v>
+      </c>
+      <c r="E22" s="6">
+        <v>0.111</v>
+      </c>
+      <c r="F22" s="5">
+        <v>46</v>
+      </c>
+      <c r="G22" s="5">
+        <v>9</v>
+      </c>
+      <c r="H22" s="5">
+        <v>656</v>
+      </c>
+      <c r="I22" s="5">
+        <v>67</v>
+      </c>
+      <c r="J22" s="5">
+        <v>570</v>
+      </c>
+      <c r="K22" s="5">
+        <v>66</v>
+      </c>
+      <c r="L22" s="5"/>
+      <c r="M22" s="5"/>
+      <c r="N22" s="5"/>
+      <c r="O22" s="5"/>
+      <c r="T22" s="7"/>
+      <c r="W22" s="7"/>
+      <c r="AJ22" s="8"/>
+      <c r="AM22" s="8"/>
+    </row>
+    <row r="23" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A23" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="9">
+        <v>199</v>
+      </c>
+      <c r="C23" s="9">
+        <v>199</v>
+      </c>
+      <c r="D23" s="9">
+        <v>19</v>
+      </c>
+      <c r="E23" s="10">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="F23" s="9">
+        <v>27</v>
+      </c>
+      <c r="G23" s="9">
+        <v>8</v>
+      </c>
+      <c r="H23" s="9">
+        <v>133</v>
+      </c>
+      <c r="I23" s="9">
+        <v>11</v>
+      </c>
+      <c r="J23" s="9">
+        <v>33</v>
+      </c>
+      <c r="K23" s="9"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="9"/>
+      <c r="N23" s="9"/>
+      <c r="O23" s="9"/>
+      <c r="T23" s="7"/>
+      <c r="W23" s="7"/>
+      <c r="AJ23" s="8"/>
+      <c r="AM23" s="8"/>
+    </row>
+    <row r="24" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A24" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" s="9">
+        <v>76</v>
+      </c>
+      <c r="C24" s="9">
+        <v>76</v>
+      </c>
+      <c r="D24" s="9">
+        <v>9</v>
+      </c>
+      <c r="E24" s="10">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="F24" s="9"/>
+      <c r="G24" s="9"/>
+      <c r="H24" s="9">
+        <v>42</v>
+      </c>
+      <c r="I24" s="9">
+        <v>6</v>
+      </c>
+      <c r="J24" s="9">
+        <v>34</v>
+      </c>
+      <c r="K24" s="9">
+        <v>3</v>
+      </c>
+      <c r="L24" s="9"/>
+      <c r="M24" s="9"/>
+      <c r="N24" s="9"/>
+      <c r="O24" s="9"/>
+      <c r="T24" s="7"/>
+      <c r="W24" s="7"/>
+      <c r="AJ24" s="8"/>
+      <c r="AM24" s="8"/>
+    </row>
+    <row r="25" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A25" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="9">
+        <v>475</v>
+      </c>
+      <c r="C25" s="9">
+        <v>475</v>
+      </c>
+      <c r="D25" s="9">
+        <v>46</v>
+      </c>
+      <c r="E25" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="F25" s="9"/>
+      <c r="G25" s="9"/>
+      <c r="H25" s="9">
+        <v>239</v>
+      </c>
+      <c r="I25" s="9">
+        <v>19</v>
+      </c>
+      <c r="J25" s="9">
+        <v>236</v>
+      </c>
+      <c r="K25" s="9">
+        <v>27</v>
+      </c>
+      <c r="L25" s="9"/>
+      <c r="M25" s="9"/>
+      <c r="N25" s="9"/>
+      <c r="O25" s="9"/>
+      <c r="T25" s="7"/>
+      <c r="W25" s="7"/>
+      <c r="AJ25" s="8"/>
+      <c r="AM25" s="8"/>
+    </row>
+    <row r="26" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A26" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B26" s="9">
+        <v>76</v>
+      </c>
+      <c r="C26" s="9">
+        <v>76</v>
+      </c>
+      <c r="D26" s="9">
+        <v>16</v>
+      </c>
+      <c r="E26" s="10">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="9">
+        <v>66</v>
+      </c>
+      <c r="I26" s="9">
+        <v>14</v>
+      </c>
+      <c r="J26" s="9">
+        <v>10</v>
+      </c>
+      <c r="K26" s="9">
+        <v>2</v>
+      </c>
+      <c r="L26" s="9"/>
+      <c r="M26" s="9"/>
+      <c r="N26" s="9"/>
+      <c r="O26" s="9"/>
+      <c r="T26" s="7"/>
+      <c r="W26" s="7"/>
+      <c r="AJ26" s="8"/>
+      <c r="AM26" s="8"/>
+    </row>
+    <row r="27" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A27" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" s="9">
+        <v>310</v>
+      </c>
+      <c r="C27" s="9">
+        <v>310</v>
+      </c>
+      <c r="D27" s="9">
+        <v>40</v>
+      </c>
+      <c r="E27" s="10">
+        <v>0.129</v>
+      </c>
+      <c r="F27" s="9">
+        <v>19</v>
+      </c>
+      <c r="G27" s="9">
+        <v>1</v>
+      </c>
+      <c r="H27" s="9">
+        <v>53</v>
+      </c>
+      <c r="I27" s="9">
+        <v>6</v>
+      </c>
+      <c r="J27" s="9">
+        <v>238</v>
+      </c>
+      <c r="K27" s="9">
+        <v>33</v>
+      </c>
+      <c r="L27" s="9"/>
+      <c r="M27" s="9"/>
+      <c r="N27" s="9"/>
+      <c r="O27" s="9"/>
+      <c r="T27" s="7"/>
+      <c r="W27" s="7"/>
+      <c r="AJ27" s="8"/>
+      <c r="AM27" s="8"/>
+    </row>
+    <row r="28" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A28" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="9">
+        <v>21</v>
+      </c>
+      <c r="C28" s="9">
+        <v>21</v>
+      </c>
+      <c r="D28" s="9">
+        <v>1</v>
+      </c>
+      <c r="E28" s="10">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9">
+        <v>19</v>
+      </c>
+      <c r="I28" s="9">
+        <v>1</v>
+      </c>
+      <c r="J28" s="9">
+        <v>2</v>
+      </c>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="T28" s="7"/>
+      <c r="W28" s="7"/>
+      <c r="AJ28" s="8"/>
+      <c r="AM28" s="8"/>
+    </row>
+    <row r="29" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A29" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B29" s="9">
+        <v>121</v>
+      </c>
+      <c r="C29" s="9">
+        <v>121</v>
+      </c>
+      <c r="D29" s="9">
+        <v>11</v>
+      </c>
+      <c r="E29" s="10">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="F29" s="9"/>
+      <c r="G29" s="9"/>
+      <c r="H29" s="9">
+        <v>104</v>
+      </c>
+      <c r="I29" s="9">
+        <v>10</v>
+      </c>
+      <c r="J29" s="9">
+        <v>17</v>
+      </c>
+      <c r="K29" s="9">
+        <v>1</v>
+      </c>
+      <c r="L29" s="9"/>
+      <c r="M29" s="9"/>
+      <c r="N29" s="9"/>
+      <c r="O29" s="9"/>
+      <c r="T29" s="7"/>
+      <c r="W29" s="7"/>
+      <c r="AJ29" s="8"/>
+      <c r="AM29" s="8"/>
+    </row>
+    <row r="30" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A30" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="5">
+        <v>4884</v>
+      </c>
+      <c r="C30" s="5">
+        <v>4884</v>
+      </c>
+      <c r="D30" s="5">
+        <v>288</v>
+      </c>
+      <c r="E30" s="6">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="F30" s="5">
+        <v>94</v>
+      </c>
+      <c r="G30" s="5">
+        <v>11</v>
+      </c>
+      <c r="H30" s="5">
+        <v>4138</v>
+      </c>
+      <c r="I30" s="5">
+        <v>247</v>
+      </c>
+      <c r="J30" s="5">
+        <v>652</v>
+      </c>
+      <c r="K30" s="5">
+        <v>30</v>
+      </c>
+      <c r="L30" s="5"/>
+      <c r="M30" s="5"/>
+      <c r="N30" s="5"/>
+      <c r="O30" s="5"/>
+      <c r="T30" s="7"/>
+      <c r="W30" s="7"/>
+      <c r="AJ30" s="8"/>
+      <c r="AM30" s="8"/>
+    </row>
+    <row r="31" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A31" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="9">
+        <v>418</v>
+      </c>
+      <c r="C31" s="9">
+        <v>418</v>
+      </c>
+      <c r="D31" s="9">
+        <v>19</v>
+      </c>
+      <c r="E31" s="10">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F31" s="9"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="9">
+        <v>370</v>
+      </c>
+      <c r="I31" s="9">
+        <v>15</v>
+      </c>
+      <c r="J31" s="9">
+        <v>48</v>
+      </c>
+      <c r="K31" s="9">
+        <v>4</v>
+      </c>
+      <c r="L31" s="9"/>
+      <c r="M31" s="9"/>
+      <c r="N31" s="9"/>
+      <c r="O31" s="9"/>
+      <c r="T31" s="7"/>
+      <c r="W31" s="7"/>
+      <c r="AJ31" s="8"/>
+      <c r="AM31" s="8"/>
+    </row>
+    <row r="32" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A32" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="9">
+        <v>460</v>
+      </c>
+      <c r="C32" s="9">
+        <v>460</v>
+      </c>
+      <c r="D32" s="9">
+        <v>14</v>
+      </c>
+      <c r="E32" s="10">
+        <v>0.03</v>
+      </c>
+      <c r="F32" s="9">
+        <v>88</v>
+      </c>
+      <c r="G32" s="9">
+        <v>8</v>
+      </c>
+      <c r="H32" s="9">
+        <v>328</v>
+      </c>
+      <c r="I32" s="9">
+        <v>5</v>
+      </c>
+      <c r="J32" s="9">
+        <v>44</v>
+      </c>
+      <c r="K32" s="9">
+        <v>1</v>
+      </c>
+      <c r="L32" s="9"/>
+      <c r="M32" s="9"/>
+      <c r="N32" s="9"/>
+      <c r="O32" s="9"/>
+      <c r="T32" s="7"/>
+      <c r="W32" s="7"/>
+      <c r="AJ32" s="8"/>
+      <c r="AM32" s="8"/>
+    </row>
+    <row r="33" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A33" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B33" s="9">
+        <v>4</v>
+      </c>
+      <c r="C33" s="9">
+        <v>4</v>
+      </c>
+      <c r="D33" s="9"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="9"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="9">
+        <v>4</v>
+      </c>
+      <c r="K33" s="9"/>
+      <c r="L33" s="9"/>
+      <c r="M33" s="9"/>
+      <c r="N33" s="9"/>
+      <c r="O33" s="9"/>
+      <c r="T33" s="7"/>
+      <c r="W33" s="7"/>
+      <c r="AJ33" s="8"/>
+      <c r="AM33" s="8"/>
+    </row>
+    <row r="34" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A34" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B34" s="9">
+        <v>67</v>
+      </c>
+      <c r="C34" s="9">
+        <v>67</v>
+      </c>
+      <c r="D34" s="9">
+        <v>5</v>
+      </c>
+      <c r="E34" s="10">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="F34" s="9"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="9">
+        <v>60</v>
+      </c>
+      <c r="I34" s="9">
+        <v>5</v>
+      </c>
+      <c r="J34" s="9">
+        <v>7</v>
+      </c>
+      <c r="K34" s="9"/>
+      <c r="L34" s="9"/>
+      <c r="M34" s="9"/>
+      <c r="N34" s="9"/>
+      <c r="O34" s="9"/>
+      <c r="T34" s="7"/>
+      <c r="W34" s="7"/>
+      <c r="AJ34" s="8"/>
+      <c r="AM34" s="8"/>
+    </row>
+    <row r="35" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A35" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B35" s="9">
+        <v>23</v>
+      </c>
+      <c r="C35" s="9">
+        <v>23</v>
+      </c>
+      <c r="D35" s="9">
+        <v>2</v>
+      </c>
+      <c r="E35" s="10">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="F35" s="9"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="9">
+        <v>22</v>
+      </c>
+      <c r="I35" s="9">
+        <v>1</v>
+      </c>
+      <c r="J35" s="9">
+        <v>1</v>
+      </c>
+      <c r="K35" s="9">
+        <v>1</v>
+      </c>
+      <c r="L35" s="9"/>
+      <c r="M35" s="9"/>
+      <c r="N35" s="9"/>
+      <c r="O35" s="9"/>
+      <c r="T35" s="7"/>
+      <c r="W35" s="7"/>
+      <c r="AJ35" s="8"/>
+      <c r="AM35" s="8"/>
+    </row>
+    <row r="36" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A36" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="9">
+        <v>3592</v>
+      </c>
+      <c r="C36" s="9">
+        <v>3592</v>
+      </c>
+      <c r="D36" s="9">
+        <v>220</v>
+      </c>
+      <c r="E36" s="10">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F36" s="9"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="9">
+        <v>3191</v>
+      </c>
+      <c r="I36" s="9">
+        <v>204</v>
+      </c>
+      <c r="J36" s="9">
+        <v>401</v>
+      </c>
+      <c r="K36" s="9">
+        <v>16</v>
+      </c>
+      <c r="L36" s="9"/>
+      <c r="M36" s="9"/>
+      <c r="N36" s="9"/>
+      <c r="O36" s="9"/>
+      <c r="T36" s="7"/>
+      <c r="W36" s="7"/>
+      <c r="AJ36" s="8"/>
+      <c r="AM36" s="8"/>
+    </row>
+    <row r="37" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A37" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B37" s="9">
+        <v>320</v>
+      </c>
+      <c r="C37" s="9">
+        <v>320</v>
+      </c>
+      <c r="D37" s="9">
+        <v>28</v>
+      </c>
+      <c r="E37" s="10">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="F37" s="9">
+        <v>6</v>
+      </c>
+      <c r="G37" s="9">
+        <v>3</v>
+      </c>
+      <c r="H37" s="9">
+        <v>167</v>
+      </c>
+      <c r="I37" s="9">
+        <v>17</v>
+      </c>
+      <c r="J37" s="9">
+        <v>147</v>
+      </c>
+      <c r="K37" s="9">
+        <v>8</v>
+      </c>
+      <c r="L37" s="9"/>
+      <c r="M37" s="9"/>
+      <c r="N37" s="9"/>
+      <c r="O37" s="9"/>
+      <c r="T37" s="7"/>
+      <c r="W37" s="7"/>
+      <c r="AJ37" s="8"/>
+      <c r="AM37" s="8"/>
+    </row>
+    <row r="38" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A38" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B38" s="5">
+        <v>15032</v>
+      </c>
+      <c r="C38" s="5">
+        <v>15031.5</v>
+      </c>
+      <c r="D38" s="5">
+        <v>2077</v>
+      </c>
+      <c r="E38" s="6">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="F38" s="5">
+        <v>6</v>
+      </c>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5">
+        <v>431</v>
+      </c>
+      <c r="I38" s="5">
+        <v>26</v>
+      </c>
+      <c r="J38" s="5">
+        <v>3297.5</v>
+      </c>
+      <c r="K38" s="5">
+        <v>261</v>
+      </c>
+      <c r="L38" s="5">
+        <v>11291</v>
+      </c>
+      <c r="M38" s="5">
+        <v>1789</v>
+      </c>
+      <c r="N38" s="5"/>
+      <c r="O38" s="5"/>
+      <c r="T38" s="7"/>
+      <c r="W38" s="7"/>
+      <c r="AJ38" s="8"/>
+      <c r="AM38" s="8"/>
+    </row>
+    <row r="39" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A39" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B39" s="9">
+        <v>147</v>
+      </c>
+      <c r="C39" s="9">
+        <v>147</v>
+      </c>
+      <c r="D39" s="9">
+        <v>8</v>
+      </c>
+      <c r="E39" s="10">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9">
+        <v>119</v>
+      </c>
+      <c r="I39" s="9">
+        <v>8</v>
+      </c>
+      <c r="J39" s="9">
+        <v>27</v>
+      </c>
+      <c r="K39" s="9"/>
+      <c r="L39" s="9"/>
+      <c r="M39" s="9"/>
+      <c r="N39" s="9"/>
+      <c r="O39" s="9"/>
+      <c r="T39" s="7"/>
+      <c r="W39" s="7"/>
+      <c r="AJ39" s="8"/>
+      <c r="AM39" s="8"/>
+    </row>
+    <row r="40" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A40" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B40" s="9">
+        <v>89</v>
+      </c>
+      <c r="C40" s="9">
+        <v>89</v>
+      </c>
+      <c r="D40" s="9">
+        <v>7</v>
+      </c>
+      <c r="E40" s="10">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F40" s="9"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="9">
+        <v>23</v>
+      </c>
+      <c r="I40" s="9">
+        <v>2</v>
+      </c>
+      <c r="J40" s="9">
+        <v>66</v>
+      </c>
+      <c r="K40" s="9">
+        <v>5</v>
+      </c>
+      <c r="L40" s="9"/>
+      <c r="M40" s="9"/>
+      <c r="N40" s="9"/>
+      <c r="O40" s="9"/>
+      <c r="T40" s="7"/>
+      <c r="W40" s="7"/>
+      <c r="AJ40" s="8"/>
+      <c r="AM40" s="8"/>
+    </row>
+    <row r="41" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A41" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B41" s="9">
+        <v>96</v>
+      </c>
+      <c r="C41" s="9">
+        <v>96</v>
+      </c>
+      <c r="D41" s="9">
+        <v>13</v>
+      </c>
+      <c r="E41" s="10">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="9">
+        <v>4</v>
+      </c>
+      <c r="I41" s="9"/>
+      <c r="J41" s="9">
+        <v>22</v>
+      </c>
+      <c r="K41" s="9">
+        <v>2</v>
+      </c>
+      <c r="L41" s="9">
+        <v>70</v>
+      </c>
+      <c r="M41" s="9">
+        <v>11</v>
+      </c>
+      <c r="N41" s="9"/>
+      <c r="O41" s="9"/>
+      <c r="T41" s="7"/>
+      <c r="W41" s="7"/>
+      <c r="AJ41" s="8"/>
+      <c r="AM41" s="8"/>
+    </row>
+    <row r="42" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A42" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B42" s="9">
+        <v>310</v>
+      </c>
+      <c r="C42" s="9">
+        <v>309.5</v>
+      </c>
+      <c r="D42" s="9">
+        <v>33</v>
+      </c>
+      <c r="E42" s="10">
+        <v>0.107</v>
+      </c>
+      <c r="F42" s="9">
+        <v>6</v>
+      </c>
+      <c r="G42" s="9"/>
+      <c r="H42" s="9">
+        <v>19</v>
+      </c>
+      <c r="I42" s="9">
+        <v>2</v>
+      </c>
+      <c r="J42" s="9">
+        <v>284.5</v>
+      </c>
+      <c r="K42" s="9">
+        <v>31</v>
+      </c>
+      <c r="L42" s="9"/>
+      <c r="M42" s="9"/>
+      <c r="N42" s="9"/>
+      <c r="O42" s="9"/>
+      <c r="T42" s="7"/>
+      <c r="W42" s="7"/>
+      <c r="AJ42" s="8"/>
+      <c r="AM42" s="8"/>
+    </row>
+    <row r="43" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A43" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B43" s="9">
+        <v>91</v>
+      </c>
+      <c r="C43" s="9">
+        <v>91</v>
+      </c>
+      <c r="D43" s="9">
+        <v>5</v>
+      </c>
+      <c r="E43" s="10">
+        <v>5.5E-2</v>
+      </c>
+      <c r="F43" s="9"/>
+      <c r="G43" s="9"/>
+      <c r="H43" s="9">
+        <v>10</v>
+      </c>
+      <c r="I43" s="9"/>
+      <c r="J43" s="9">
+        <v>76</v>
+      </c>
+      <c r="K43" s="9">
+        <v>4</v>
+      </c>
+      <c r="L43" s="9"/>
+      <c r="M43" s="9"/>
+      <c r="N43" s="9"/>
+      <c r="O43" s="9"/>
+      <c r="T43" s="7"/>
+      <c r="W43" s="7"/>
+      <c r="AJ43" s="8"/>
+      <c r="AM43" s="8"/>
+    </row>
+    <row r="44" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A44" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B44" s="9">
+        <v>297</v>
+      </c>
+      <c r="C44" s="9">
+        <v>297</v>
+      </c>
+      <c r="D44" s="9">
+        <v>21</v>
+      </c>
+      <c r="E44" s="10">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="F44" s="9"/>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9">
+        <v>49</v>
+      </c>
+      <c r="I44" s="9">
+        <v>5</v>
+      </c>
+      <c r="J44" s="9">
+        <v>248</v>
+      </c>
+      <c r="K44" s="9">
+        <v>16</v>
+      </c>
+      <c r="L44" s="9"/>
+      <c r="M44" s="9"/>
+      <c r="N44" s="9"/>
+      <c r="O44" s="9"/>
+      <c r="T44" s="7"/>
+      <c r="W44" s="7"/>
+      <c r="AJ44" s="8"/>
+      <c r="AM44" s="8"/>
+    </row>
+    <row r="45" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A45" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B45" s="9">
+        <v>698</v>
+      </c>
+      <c r="C45" s="9">
+        <v>698</v>
+      </c>
+      <c r="D45" s="9">
+        <v>30</v>
+      </c>
+      <c r="E45" s="10">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9">
+        <v>207</v>
+      </c>
+      <c r="I45" s="9">
+        <v>9</v>
+      </c>
+      <c r="J45" s="9">
+        <v>491</v>
+      </c>
+      <c r="K45" s="9">
+        <v>21</v>
+      </c>
+      <c r="L45" s="9"/>
+      <c r="M45" s="9"/>
+      <c r="N45" s="9"/>
+      <c r="O45" s="9"/>
+      <c r="T45" s="7"/>
+      <c r="W45" s="7"/>
+      <c r="AJ45" s="8"/>
+      <c r="AM45" s="8"/>
+    </row>
+    <row r="46" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A46" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B46" s="9">
+        <v>6729</v>
+      </c>
+      <c r="C46" s="9">
+        <v>6729</v>
+      </c>
+      <c r="D46" s="9">
+        <v>1440</v>
+      </c>
+      <c r="E46" s="10">
+        <v>0.214</v>
+      </c>
+      <c r="F46" s="9"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9">
+        <v>1329</v>
+      </c>
+      <c r="K46" s="9">
+        <v>127</v>
+      </c>
+      <c r="L46" s="9">
+        <v>5400</v>
+      </c>
+      <c r="M46" s="9">
+        <v>1313</v>
+      </c>
+      <c r="N46" s="9"/>
+      <c r="O46" s="9"/>
+      <c r="T46" s="7"/>
+      <c r="W46" s="7"/>
+      <c r="AJ46" s="8"/>
+      <c r="AM46" s="8"/>
+    </row>
+    <row r="47" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A47" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B47" s="9">
+        <v>2366</v>
+      </c>
+      <c r="C47" s="9">
+        <v>2366</v>
+      </c>
+      <c r="D47" s="9">
+        <v>281</v>
+      </c>
+      <c r="E47" s="10">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F47" s="9"/>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="9"/>
+      <c r="J47" s="9">
+        <v>358</v>
+      </c>
+      <c r="K47" s="9">
+        <v>28</v>
+      </c>
+      <c r="L47" s="9">
+        <v>2008</v>
+      </c>
+      <c r="M47" s="9">
+        <v>253</v>
+      </c>
+      <c r="N47" s="9"/>
+      <c r="O47" s="9"/>
+      <c r="T47" s="7"/>
+      <c r="W47" s="7"/>
+      <c r="AJ47" s="8"/>
+      <c r="AM47" s="8"/>
+    </row>
+    <row r="48" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A48" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B48" s="9">
+        <v>3175</v>
+      </c>
+      <c r="C48" s="9">
+        <v>3175</v>
+      </c>
+      <c r="D48" s="9">
+        <v>183</v>
+      </c>
+      <c r="E48" s="10">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="F48" s="9"/>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="9">
+        <v>196</v>
+      </c>
+      <c r="K48" s="9">
+        <v>11</v>
+      </c>
+      <c r="L48" s="9">
+        <v>2979</v>
+      </c>
+      <c r="M48" s="9">
+        <v>172</v>
+      </c>
+      <c r="N48" s="9"/>
+      <c r="O48" s="9"/>
+      <c r="T48" s="7"/>
+      <c r="W48" s="7"/>
+      <c r="AJ48" s="8"/>
+      <c r="AM48" s="8"/>
+    </row>
+    <row r="49" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A49" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B49" s="9">
+        <v>103</v>
+      </c>
+      <c r="C49" s="9">
+        <v>103</v>
+      </c>
+      <c r="D49" s="9">
+        <v>10</v>
+      </c>
+      <c r="E49" s="10">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="F49" s="9"/>
+      <c r="G49" s="9"/>
+      <c r="H49" s="9"/>
+      <c r="I49" s="9"/>
+      <c r="J49" s="9">
+        <v>17</v>
+      </c>
+      <c r="K49" s="9">
+        <v>1</v>
+      </c>
+      <c r="L49" s="9">
+        <v>86</v>
+      </c>
+      <c r="M49" s="9">
+        <v>9</v>
+      </c>
+      <c r="N49" s="9"/>
+      <c r="O49" s="9"/>
+      <c r="T49" s="7"/>
+      <c r="W49" s="7"/>
+      <c r="AJ49" s="8"/>
+      <c r="AM49" s="8"/>
+    </row>
+    <row r="50" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A50" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B50" s="9">
+        <v>600</v>
+      </c>
+      <c r="C50" s="9">
+        <v>600</v>
+      </c>
+      <c r="D50" s="9">
+        <v>19</v>
+      </c>
+      <c r="E50" s="10">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="F50" s="9"/>
+      <c r="G50" s="9"/>
+      <c r="H50" s="9"/>
+      <c r="I50" s="9"/>
+      <c r="J50" s="9">
+        <v>102</v>
+      </c>
+      <c r="K50" s="9">
+        <v>9</v>
+      </c>
+      <c r="L50" s="9">
+        <v>498</v>
+      </c>
+      <c r="M50" s="9">
+        <v>10</v>
+      </c>
+      <c r="N50" s="9"/>
+      <c r="O50" s="9"/>
+      <c r="T50" s="7"/>
+      <c r="W50" s="7"/>
+      <c r="AJ50" s="8"/>
+      <c r="AM50" s="8"/>
+    </row>
+    <row r="51" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A51" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" s="9">
+        <v>331</v>
+      </c>
+      <c r="C51" s="9">
+        <v>331</v>
+      </c>
+      <c r="D51" s="9">
+        <v>27</v>
+      </c>
+      <c r="E51" s="10">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="F51" s="9"/>
+      <c r="G51" s="9"/>
+      <c r="H51" s="9"/>
+      <c r="I51" s="9"/>
+      <c r="J51" s="9">
+        <v>81</v>
+      </c>
+      <c r="K51" s="9">
+        <v>6</v>
+      </c>
+      <c r="L51" s="9">
+        <v>250</v>
+      </c>
+      <c r="M51" s="9">
+        <v>21</v>
+      </c>
+      <c r="N51" s="9"/>
+      <c r="O51" s="9"/>
+      <c r="T51" s="7"/>
+      <c r="W51" s="7"/>
+      <c r="AJ51" s="8"/>
+      <c r="AM51" s="8"/>
+    </row>
+    <row r="52" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A52" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" s="5">
+        <v>2531</v>
+      </c>
+      <c r="C52" s="5">
+        <v>2375.248</v>
+      </c>
+      <c r="D52" s="5">
+        <v>281.99400000000003</v>
+      </c>
+      <c r="E52" s="6">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F52" s="5">
+        <v>378.5</v>
+      </c>
+      <c r="G52" s="5">
+        <v>63</v>
+      </c>
+      <c r="H52" s="5">
+        <v>276</v>
+      </c>
+      <c r="I52" s="5">
+        <v>41</v>
+      </c>
+      <c r="J52" s="5">
+        <v>1712.1379999999999</v>
+      </c>
+      <c r="K52" s="5">
+        <v>177.994</v>
+      </c>
+      <c r="L52" s="5"/>
+      <c r="M52" s="5"/>
+      <c r="N52" s="5"/>
+      <c r="O52" s="5"/>
+      <c r="T52" s="7"/>
+      <c r="W52" s="7"/>
+      <c r="AJ52" s="8"/>
+      <c r="AM52" s="8"/>
+    </row>
+    <row r="53" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A53" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B53" s="9">
+        <v>283</v>
+      </c>
+      <c r="C53" s="9">
+        <v>278.05</v>
+      </c>
+      <c r="D53" s="9">
+        <v>52</v>
+      </c>
+      <c r="E53" s="10">
+        <v>0.187</v>
+      </c>
+      <c r="F53" s="9">
+        <v>76.05</v>
+      </c>
+      <c r="G53" s="9">
+        <v>25.5</v>
+      </c>
+      <c r="H53" s="9">
+        <v>141</v>
+      </c>
+      <c r="I53" s="9">
+        <v>20</v>
+      </c>
+      <c r="J53" s="9">
+        <v>53.5</v>
+      </c>
+      <c r="K53" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="L53" s="9"/>
+      <c r="M53" s="9"/>
+      <c r="N53" s="9"/>
+      <c r="O53" s="9"/>
+      <c r="T53" s="7"/>
+      <c r="W53" s="7"/>
+      <c r="AJ53" s="8"/>
+      <c r="AM53" s="8"/>
+    </row>
+    <row r="54" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A54" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B54" s="9">
+        <v>17</v>
+      </c>
+      <c r="C54" s="9">
+        <v>5.61</v>
+      </c>
+      <c r="D54" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="E54" s="10">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="F54" s="9"/>
+      <c r="G54" s="9"/>
+      <c r="H54" s="9"/>
+      <c r="I54" s="9"/>
+      <c r="J54" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="K54" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="L54" s="9"/>
+      <c r="M54" s="9"/>
+      <c r="N54" s="9"/>
+      <c r="O54" s="9"/>
+      <c r="T54" s="7"/>
+      <c r="W54" s="7"/>
+      <c r="AJ54" s="8"/>
+      <c r="AM54" s="8"/>
+    </row>
+    <row r="55" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A55" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B55" s="9">
+        <v>73</v>
+      </c>
+      <c r="C55" s="9">
+        <v>72</v>
+      </c>
+      <c r="D55" s="9">
+        <v>21.5</v>
+      </c>
+      <c r="E55" s="10">
+        <v>0.29899999999999999</v>
+      </c>
+      <c r="F55" s="9">
+        <v>10</v>
+      </c>
+      <c r="G55" s="9"/>
+      <c r="H55" s="9">
+        <v>34</v>
+      </c>
+      <c r="I55" s="9">
+        <v>14</v>
+      </c>
+      <c r="J55" s="9">
+        <v>28</v>
+      </c>
+      <c r="K55" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="L55" s="9"/>
+      <c r="M55" s="9"/>
+      <c r="N55" s="9"/>
+      <c r="O55" s="9"/>
+      <c r="T55" s="7"/>
+      <c r="W55" s="7"/>
+      <c r="AJ55" s="8"/>
+      <c r="AM55" s="8"/>
+    </row>
+    <row r="56" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A56" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B56" s="9">
+        <v>55</v>
+      </c>
+      <c r="C56" s="9">
+        <v>55</v>
+      </c>
+      <c r="D56" s="9"/>
+      <c r="E56" s="10"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="9"/>
+      <c r="H56" s="9">
+        <v>35</v>
+      </c>
+      <c r="I56" s="9"/>
+      <c r="J56" s="9">
+        <v>20</v>
+      </c>
+      <c r="K56" s="9"/>
+      <c r="L56" s="9"/>
+      <c r="M56" s="9"/>
+      <c r="N56" s="9"/>
+      <c r="O56" s="9"/>
+      <c r="T56" s="7"/>
+      <c r="W56" s="7"/>
+      <c r="AJ56" s="8"/>
+      <c r="AM56" s="8"/>
+    </row>
+    <row r="57" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A57" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B57" s="9">
+        <v>39</v>
+      </c>
+      <c r="C57" s="9">
+        <v>38.049999999999997</v>
+      </c>
+      <c r="D57" s="9"/>
+      <c r="E57" s="10"/>
+      <c r="F57" s="9">
+        <v>11.05</v>
+      </c>
+      <c r="G57" s="9"/>
+      <c r="H57" s="9"/>
+      <c r="I57" s="9"/>
+      <c r="J57" s="9">
+        <v>27</v>
+      </c>
+      <c r="K57" s="9"/>
+      <c r="L57" s="9"/>
+      <c r="M57" s="9"/>
+      <c r="N57" s="9"/>
+      <c r="O57" s="9"/>
+      <c r="T57" s="7"/>
+      <c r="W57" s="7"/>
+      <c r="AJ57" s="8"/>
+      <c r="AM57" s="8"/>
+    </row>
+    <row r="58" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A58" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B58" s="9">
+        <v>7</v>
+      </c>
+      <c r="C58" s="9">
+        <v>6</v>
+      </c>
+      <c r="D58" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="E58" s="10">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F58" s="9"/>
+      <c r="G58" s="9"/>
+      <c r="H58" s="9"/>
+      <c r="I58" s="9"/>
+      <c r="J58" s="9">
+        <v>6</v>
+      </c>
+      <c r="K58" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="L58" s="9"/>
+      <c r="M58" s="9"/>
+      <c r="N58" s="9"/>
+      <c r="O58" s="9"/>
+      <c r="T58" s="7"/>
+      <c r="W58" s="7"/>
+      <c r="AJ58" s="8"/>
+      <c r="AM58" s="8"/>
+    </row>
+    <row r="59" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A59" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B59" s="9">
+        <v>91</v>
+      </c>
+      <c r="C59" s="9">
+        <v>90.5</v>
+      </c>
+      <c r="D59" s="9">
+        <v>10</v>
+      </c>
+      <c r="E59" s="10">
+        <v>0.11</v>
+      </c>
+      <c r="F59" s="9">
+        <v>39</v>
+      </c>
+      <c r="G59" s="9">
+        <v>5</v>
+      </c>
+      <c r="H59" s="9">
+        <v>24</v>
+      </c>
+      <c r="I59" s="9">
+        <v>2</v>
+      </c>
+      <c r="J59" s="9">
+        <v>27.5</v>
+      </c>
+      <c r="K59" s="9">
+        <v>3</v>
+      </c>
+      <c r="L59" s="9"/>
+      <c r="M59" s="9"/>
+      <c r="N59" s="9"/>
+      <c r="O59" s="9"/>
+      <c r="T59" s="7"/>
+      <c r="W59" s="7"/>
+      <c r="AJ59" s="8"/>
+      <c r="AM59" s="8"/>
+    </row>
+    <row r="60" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A60" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B60" s="9">
+        <v>392</v>
+      </c>
+      <c r="C60" s="9">
+        <v>388.5</v>
+      </c>
+      <c r="D60" s="9">
+        <v>56.5</v>
+      </c>
+      <c r="E60" s="10">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="F60" s="9">
+        <v>240.5</v>
+      </c>
+      <c r="G60" s="9">
+        <v>32.5</v>
+      </c>
+      <c r="H60" s="9">
+        <v>42</v>
+      </c>
+      <c r="I60" s="9">
+        <v>5</v>
+      </c>
+      <c r="J60" s="9">
+        <v>106</v>
+      </c>
+      <c r="K60" s="9">
+        <v>19</v>
+      </c>
+      <c r="L60" s="9"/>
+      <c r="M60" s="9"/>
+      <c r="N60" s="9"/>
+      <c r="O60" s="9"/>
+      <c r="T60" s="7"/>
+      <c r="W60" s="7"/>
+      <c r="AJ60" s="8"/>
+      <c r="AM60" s="8"/>
+    </row>
+    <row r="61" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A61" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B61" s="9">
+        <v>23</v>
+      </c>
+      <c r="C61" s="9">
+        <v>23</v>
+      </c>
+      <c r="D61" s="9">
+        <v>3</v>
+      </c>
+      <c r="E61" s="10">
+        <v>0.13</v>
+      </c>
+      <c r="F61" s="9"/>
+      <c r="G61" s="9"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
+      <c r="J61" s="9">
+        <v>23</v>
+      </c>
+      <c r="K61" s="9">
+        <v>3</v>
+      </c>
+      <c r="L61" s="9"/>
+      <c r="M61" s="9"/>
+      <c r="N61" s="9"/>
+      <c r="O61" s="9"/>
+      <c r="T61" s="7"/>
+      <c r="W61" s="7"/>
+      <c r="AJ61" s="8"/>
+      <c r="AM61" s="8"/>
+    </row>
+    <row r="62" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A62" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B62" s="9">
+        <v>209</v>
+      </c>
+      <c r="C62" s="9">
+        <v>177.238</v>
+      </c>
+      <c r="D62" s="9">
+        <v>1.25</v>
+      </c>
+      <c r="E62" s="10">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="F62" s="9"/>
+      <c r="G62" s="9"/>
+      <c r="H62" s="9"/>
+      <c r="I62" s="9"/>
+      <c r="J62" s="9">
+        <v>177.238</v>
+      </c>
+      <c r="K62" s="9">
+        <v>1.25</v>
+      </c>
+      <c r="L62" s="9"/>
+      <c r="M62" s="9"/>
+      <c r="N62" s="9"/>
+      <c r="O62" s="9"/>
+      <c r="T62" s="7"/>
+      <c r="W62" s="7"/>
+      <c r="AJ62" s="8"/>
+      <c r="AM62" s="8"/>
+    </row>
+    <row r="63" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A63" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B63" s="9">
+        <v>43</v>
+      </c>
+      <c r="C63" s="9">
+        <v>41</v>
+      </c>
+      <c r="D63" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="E63" s="10">
+        <v>1.2E-2</v>
+      </c>
+      <c r="F63" s="9"/>
+      <c r="G63" s="9"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="9">
+        <v>41</v>
+      </c>
+      <c r="K63" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="L63" s="9"/>
+      <c r="M63" s="9"/>
+      <c r="N63" s="9"/>
+      <c r="O63" s="9"/>
+      <c r="T63" s="7"/>
+      <c r="W63" s="7"/>
+      <c r="AJ63" s="8"/>
+      <c r="AM63" s="8"/>
+    </row>
+    <row r="64" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A64" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B64" s="9">
+        <v>47</v>
+      </c>
+      <c r="C64" s="9">
+        <v>42.75</v>
+      </c>
+      <c r="D64" s="9">
+        <v>1.75</v>
+      </c>
+      <c r="E64" s="10">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="F64" s="9"/>
+      <c r="G64" s="9"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9">
+        <v>42.75</v>
+      </c>
+      <c r="K64" s="9">
+        <v>1.75</v>
+      </c>
+      <c r="L64" s="9"/>
+      <c r="M64" s="9"/>
+      <c r="N64" s="9"/>
+      <c r="O64" s="9"/>
+      <c r="T64" s="7"/>
+      <c r="W64" s="7"/>
+      <c r="AJ64" s="8"/>
+      <c r="AM64" s="8"/>
+    </row>
+    <row r="65" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A65" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B65" s="9">
+        <v>110</v>
+      </c>
+      <c r="C65" s="9">
+        <v>90.1</v>
+      </c>
+      <c r="D65" s="9">
+        <v>6.65</v>
+      </c>
+      <c r="E65" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="F65" s="9"/>
+      <c r="G65" s="9"/>
+      <c r="H65" s="9"/>
+      <c r="I65" s="9"/>
+      <c r="J65" s="9">
+        <v>90.1</v>
+      </c>
+      <c r="K65" s="9">
+        <v>6.65</v>
+      </c>
+      <c r="L65" s="9"/>
+      <c r="M65" s="9"/>
+      <c r="N65" s="9"/>
+      <c r="O65" s="9"/>
+      <c r="T65" s="7"/>
+      <c r="W65" s="7"/>
+      <c r="AJ65" s="8"/>
+      <c r="AM65" s="8"/>
+    </row>
+    <row r="66" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A66" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B66" s="9">
+        <v>34</v>
+      </c>
+      <c r="C66" s="9">
+        <v>33.25</v>
+      </c>
+      <c r="D66" s="9">
+        <v>13.25</v>
+      </c>
+      <c r="E66" s="10">
+        <v>0.39800000000000002</v>
+      </c>
+      <c r="F66" s="9"/>
+      <c r="G66" s="9"/>
+      <c r="H66" s="9"/>
+      <c r="I66" s="9"/>
+      <c r="J66" s="9">
+        <v>33.25</v>
+      </c>
+      <c r="K66" s="9">
+        <v>13.25</v>
+      </c>
+      <c r="L66" s="9"/>
+      <c r="M66" s="9"/>
+      <c r="N66" s="9"/>
+      <c r="O66" s="9"/>
+      <c r="T66" s="7"/>
+      <c r="W66" s="7"/>
+      <c r="AJ66" s="8"/>
+      <c r="AM66" s="8"/>
+    </row>
+    <row r="67" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A67" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B67" s="9">
+        <v>75</v>
+      </c>
+      <c r="C67" s="9">
+        <v>70.599999999999994</v>
+      </c>
+      <c r="D67" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="E67" s="10">
+        <v>0.106</v>
+      </c>
+      <c r="F67" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="G67" s="9"/>
+      <c r="H67" s="9"/>
+      <c r="I67" s="9"/>
+      <c r="J67" s="9">
+        <v>68.7</v>
+      </c>
+      <c r="K67" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="L67" s="9"/>
+      <c r="M67" s="9"/>
+      <c r="N67" s="9"/>
+      <c r="O67" s="9"/>
+      <c r="T67" s="7"/>
+      <c r="W67" s="7"/>
+      <c r="AJ67" s="8"/>
+      <c r="AM67" s="8"/>
+    </row>
+    <row r="68" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A68" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B68" s="9">
+        <v>74</v>
+      </c>
+      <c r="C68" s="9">
+        <v>73</v>
+      </c>
+      <c r="D68" s="9"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="9"/>
+      <c r="G68" s="9"/>
+      <c r="H68" s="9"/>
+      <c r="I68" s="9"/>
+      <c r="J68" s="9">
+        <v>73</v>
+      </c>
+      <c r="K68" s="9"/>
+      <c r="L68" s="9"/>
+      <c r="M68" s="9"/>
+      <c r="N68" s="9"/>
+      <c r="O68" s="9"/>
+      <c r="T68" s="7"/>
+      <c r="W68" s="7"/>
+      <c r="AJ68" s="8"/>
+      <c r="AM68" s="8"/>
+    </row>
+    <row r="69" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A69" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B69" s="9">
+        <v>66</v>
+      </c>
+      <c r="C69" s="9">
+        <v>61.25</v>
+      </c>
+      <c r="D69" s="9">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="E69" s="10">
+        <v>0.04</v>
+      </c>
+      <c r="F69" s="9"/>
+      <c r="G69" s="9"/>
+      <c r="H69" s="9"/>
+      <c r="I69" s="9"/>
+      <c r="J69" s="9">
+        <v>61.25</v>
+      </c>
+      <c r="K69" s="9">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="L69" s="9"/>
+      <c r="M69" s="9"/>
+      <c r="N69" s="9"/>
+      <c r="O69" s="9"/>
+      <c r="T69" s="7"/>
+      <c r="W69" s="7"/>
+      <c r="AJ69" s="8"/>
+      <c r="AM69" s="8"/>
+    </row>
+    <row r="70" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A70" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B70" s="9">
+        <v>63</v>
+      </c>
+      <c r="C70" s="9">
+        <v>63</v>
+      </c>
+      <c r="D70" s="9">
+        <v>10</v>
+      </c>
+      <c r="E70" s="10">
+        <v>0.159</v>
+      </c>
+      <c r="F70" s="9"/>
+      <c r="G70" s="9"/>
+      <c r="H70" s="9"/>
+      <c r="I70" s="9"/>
+      <c r="J70" s="9">
+        <v>63</v>
+      </c>
+      <c r="K70" s="9">
+        <v>10</v>
+      </c>
+      <c r="L70" s="9"/>
+      <c r="M70" s="9"/>
+      <c r="N70" s="9"/>
+      <c r="O70" s="9"/>
+      <c r="T70" s="7"/>
+      <c r="W70" s="7"/>
+      <c r="AJ70" s="8"/>
+      <c r="AM70" s="8"/>
+    </row>
+    <row r="71" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A71" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B71" s="9">
+        <v>82</v>
+      </c>
+      <c r="C71" s="9">
+        <v>72.5</v>
+      </c>
+      <c r="D71" s="9">
+        <v>18.2</v>
+      </c>
+      <c r="E71" s="10">
+        <v>0.251</v>
+      </c>
+      <c r="F71" s="9"/>
+      <c r="G71" s="9"/>
+      <c r="H71" s="9"/>
+      <c r="I71" s="9"/>
+      <c r="J71" s="9">
+        <v>72.5</v>
+      </c>
+      <c r="K71" s="9">
+        <v>18.2</v>
+      </c>
+      <c r="L71" s="9"/>
+      <c r="M71" s="9"/>
+      <c r="N71" s="9"/>
+      <c r="O71" s="9"/>
+      <c r="T71" s="7"/>
+      <c r="W71" s="7"/>
+      <c r="AJ71" s="8"/>
+      <c r="AM71" s="8"/>
+    </row>
+    <row r="72" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A72" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B72" s="9">
+        <v>55</v>
+      </c>
+      <c r="C72" s="9">
+        <v>52.5</v>
+      </c>
+      <c r="D72" s="9">
+        <v>1</v>
+      </c>
+      <c r="E72" s="10">
+        <v>1.9E-2</v>
+      </c>
+      <c r="F72" s="9"/>
+      <c r="G72" s="9"/>
+      <c r="H72" s="9"/>
+      <c r="I72" s="9"/>
+      <c r="J72" s="9">
+        <v>52.5</v>
+      </c>
+      <c r="K72" s="9">
+        <v>1</v>
+      </c>
+      <c r="L72" s="9"/>
+      <c r="M72" s="9"/>
+      <c r="N72" s="9"/>
+      <c r="O72" s="9"/>
+      <c r="T72" s="7"/>
+      <c r="W72" s="7"/>
+      <c r="AJ72" s="8"/>
+      <c r="AM72" s="8"/>
+    </row>
+    <row r="73" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A73" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B73" s="9">
+        <v>45</v>
+      </c>
+      <c r="C73" s="9">
+        <v>41.91</v>
+      </c>
+      <c r="D73" s="9">
+        <v>2.66</v>
+      </c>
+      <c r="E73" s="10">
+        <v>6.3E-2</v>
+      </c>
+      <c r="F73" s="9"/>
+      <c r="G73" s="9"/>
+      <c r="H73" s="9"/>
+      <c r="I73" s="9"/>
+      <c r="J73" s="9">
+        <v>41.91</v>
+      </c>
+      <c r="K73" s="9">
+        <v>2.66</v>
+      </c>
+      <c r="L73" s="9"/>
+      <c r="M73" s="9"/>
+      <c r="N73" s="9"/>
+      <c r="O73" s="9"/>
+      <c r="T73" s="7"/>
+      <c r="W73" s="7"/>
+      <c r="AJ73" s="8"/>
+      <c r="AM73" s="8"/>
+    </row>
+    <row r="74" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A74" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B74" s="9">
+        <v>19</v>
+      </c>
+      <c r="C74" s="9">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="D74" s="9">
+        <v>1</v>
+      </c>
+      <c r="E74" s="10">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F74" s="9"/>
+      <c r="G74" s="9"/>
+      <c r="H74" s="9"/>
+      <c r="I74" s="9"/>
+      <c r="J74" s="9">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="K74" s="9">
+        <v>1</v>
+      </c>
+      <c r="L74" s="9"/>
+      <c r="M74" s="9"/>
+      <c r="N74" s="9"/>
+      <c r="O74" s="9"/>
+      <c r="T74" s="7"/>
+      <c r="W74" s="7"/>
+      <c r="AJ74" s="8"/>
+      <c r="AM74" s="8"/>
+    </row>
+    <row r="75" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A75" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B75" s="9">
+        <v>47</v>
+      </c>
+      <c r="C75" s="9">
+        <v>46</v>
+      </c>
+      <c r="D75" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="E75" s="10">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="F75" s="9"/>
+      <c r="G75" s="9"/>
+      <c r="H75" s="9"/>
+      <c r="I75" s="9"/>
+      <c r="J75" s="9">
+        <v>46</v>
+      </c>
+      <c r="K75" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="L75" s="9"/>
+      <c r="M75" s="9"/>
+      <c r="N75" s="9"/>
+      <c r="O75" s="9"/>
+      <c r="T75" s="7"/>
+      <c r="W75" s="7"/>
+      <c r="AJ75" s="8"/>
+      <c r="AM75" s="8"/>
+    </row>
+    <row r="76" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A76" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B76" s="9">
+        <v>102</v>
+      </c>
+      <c r="C76" s="9">
+        <v>84.1</v>
+      </c>
+      <c r="D76" s="9">
+        <v>4</v>
+      </c>
+      <c r="E76" s="10">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="F76" s="9"/>
+      <c r="G76" s="9"/>
+      <c r="H76" s="9"/>
+      <c r="I76" s="9"/>
+      <c r="J76" s="9">
+        <v>84.1</v>
+      </c>
+      <c r="K76" s="9">
+        <v>4</v>
+      </c>
+      <c r="L76" s="9"/>
+      <c r="M76" s="9"/>
+      <c r="N76" s="9"/>
+      <c r="O76" s="9"/>
+      <c r="T76" s="7"/>
+      <c r="W76" s="7"/>
+      <c r="AJ76" s="8"/>
+      <c r="AM76" s="8"/>
+    </row>
+    <row r="77" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A77" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B77" s="9">
+        <v>23</v>
+      </c>
+      <c r="C77" s="9">
+        <v>23</v>
+      </c>
+      <c r="D77" s="9"/>
+      <c r="E77" s="10"/>
+      <c r="F77" s="9"/>
+      <c r="G77" s="9"/>
+      <c r="H77" s="9"/>
+      <c r="I77" s="9"/>
+      <c r="J77" s="9">
+        <v>23</v>
+      </c>
+      <c r="K77" s="9"/>
+      <c r="L77" s="9"/>
+      <c r="M77" s="9"/>
+      <c r="N77" s="9"/>
+      <c r="O77" s="9"/>
+      <c r="T77" s="7"/>
+      <c r="W77" s="7"/>
+      <c r="AJ77" s="8"/>
+      <c r="AM77" s="8"/>
+    </row>
+    <row r="78" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A78" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B78" s="9">
+        <v>171</v>
+      </c>
+      <c r="C78" s="9">
+        <v>160.04</v>
+      </c>
+      <c r="D78" s="9">
+        <v>25.14</v>
+      </c>
+      <c r="E78" s="10">
+        <v>0.157</v>
+      </c>
+      <c r="F78" s="9"/>
+      <c r="G78" s="9"/>
+      <c r="H78" s="9"/>
+      <c r="I78" s="9"/>
+      <c r="J78" s="9">
+        <v>160.04</v>
+      </c>
+      <c r="K78" s="9">
+        <v>25.14</v>
+      </c>
+      <c r="L78" s="9"/>
+      <c r="M78" s="9"/>
+      <c r="N78" s="9"/>
+      <c r="O78" s="9"/>
+      <c r="T78" s="7"/>
+      <c r="W78" s="7"/>
+      <c r="AJ78" s="8"/>
+      <c r="AM78" s="8"/>
+    </row>
+    <row r="79" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A79" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B79" s="9">
+        <v>38</v>
+      </c>
+      <c r="C79" s="9">
+        <v>38</v>
+      </c>
+      <c r="D79" s="9">
+        <v>4</v>
+      </c>
+      <c r="E79" s="10">
+        <v>0.105</v>
+      </c>
+      <c r="F79" s="9"/>
+      <c r="G79" s="9"/>
+      <c r="H79" s="9"/>
+      <c r="I79" s="9"/>
+      <c r="J79" s="9">
+        <v>38</v>
+      </c>
+      <c r="K79" s="9">
+        <v>4</v>
+      </c>
+      <c r="L79" s="9"/>
+      <c r="M79" s="9"/>
+      <c r="N79" s="9"/>
+      <c r="O79" s="9"/>
+      <c r="T79" s="7"/>
+      <c r="W79" s="7"/>
+      <c r="AJ79" s="8"/>
+      <c r="AM79" s="8"/>
+    </row>
+    <row r="80" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A80" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B80" s="9">
+        <v>105</v>
+      </c>
+      <c r="C80" s="9">
+        <v>93.75</v>
+      </c>
+      <c r="D80" s="9">
+        <v>12.6</v>
+      </c>
+      <c r="E80" s="10">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="F80" s="9"/>
+      <c r="G80" s="9"/>
+      <c r="H80" s="9"/>
+      <c r="I80" s="9"/>
+      <c r="J80" s="9">
+        <v>93.75</v>
+      </c>
+      <c r="K80" s="9">
+        <v>12.6</v>
+      </c>
+      <c r="L80" s="9"/>
+      <c r="M80" s="9"/>
+      <c r="N80" s="9"/>
+      <c r="O80" s="9"/>
+      <c r="T80" s="7"/>
+      <c r="W80" s="7"/>
+      <c r="AJ80" s="8"/>
+      <c r="AM80" s="8"/>
+    </row>
+    <row r="81" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A81" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="B81" s="9">
+        <v>45</v>
+      </c>
+      <c r="C81" s="9">
+        <v>43.15</v>
+      </c>
+      <c r="D81" s="9">
+        <v>5.0439999999999996</v>
+      </c>
+      <c r="E81" s="10">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="F81" s="9"/>
+      <c r="G81" s="9"/>
+      <c r="H81" s="9"/>
+      <c r="I81" s="9"/>
+      <c r="J81" s="9">
+        <v>43.15</v>
+      </c>
+      <c r="K81" s="9">
+        <v>5.0439999999999996</v>
+      </c>
+      <c r="L81" s="9"/>
+      <c r="M81" s="9"/>
+      <c r="N81" s="9"/>
+      <c r="O81" s="9"/>
+      <c r="T81" s="7"/>
+      <c r="W81" s="7"/>
+      <c r="AJ81" s="8"/>
+      <c r="AM81" s="8"/>
+    </row>
+    <row r="82" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A82" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="B82" s="9">
+        <v>43</v>
+      </c>
+      <c r="C82" s="9">
+        <v>42</v>
+      </c>
+      <c r="D82" s="9">
+        <v>5</v>
+      </c>
+      <c r="E82" s="10">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F82" s="9"/>
+      <c r="G82" s="9"/>
+      <c r="H82" s="9"/>
+      <c r="I82" s="9"/>
+      <c r="J82" s="9">
+        <v>42</v>
+      </c>
+      <c r="K82" s="9">
+        <v>5</v>
+      </c>
+      <c r="L82" s="9"/>
+      <c r="M82" s="9"/>
+      <c r="N82" s="9"/>
+      <c r="O82" s="9"/>
+      <c r="T82" s="7"/>
+      <c r="W82" s="7"/>
+      <c r="AJ82" s="8"/>
+      <c r="AM82" s="8"/>
+    </row>
+    <row r="83" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A83" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="B83" s="9">
+        <v>55</v>
+      </c>
+      <c r="C83" s="9">
+        <v>51</v>
+      </c>
+      <c r="D83" s="9">
+        <v>10.5</v>
+      </c>
+      <c r="E83" s="10">
+        <v>0.20599999999999999</v>
+      </c>
+      <c r="F83" s="9"/>
+      <c r="G83" s="9"/>
+      <c r="H83" s="9"/>
+      <c r="I83" s="9"/>
+      <c r="J83" s="9">
+        <v>51</v>
+      </c>
+      <c r="K83" s="9">
+        <v>10.5</v>
+      </c>
+      <c r="L83" s="9"/>
+      <c r="M83" s="9"/>
+      <c r="N83" s="9"/>
+      <c r="O83" s="9"/>
+      <c r="T83" s="7"/>
+      <c r="W83" s="7"/>
+      <c r="AJ83" s="8"/>
+      <c r="AM83" s="8"/>
+    </row>
+    <row r="84" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A84" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B84" s="5">
+        <v>481</v>
+      </c>
+      <c r="C84" s="5">
+        <v>481</v>
+      </c>
+      <c r="D84" s="5">
+        <v>48</v>
+      </c>
+      <c r="E84" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="F84" s="5">
+        <v>15</v>
+      </c>
+      <c r="G84" s="5">
+        <v>2</v>
+      </c>
+      <c r="H84" s="5">
+        <v>384</v>
+      </c>
+      <c r="I84" s="5">
+        <v>40</v>
+      </c>
+      <c r="J84" s="5">
+        <v>81</v>
+      </c>
+      <c r="K84" s="5">
+        <v>6</v>
+      </c>
+      <c r="L84" s="5"/>
+      <c r="M84" s="5"/>
+      <c r="N84" s="5"/>
+      <c r="O84" s="5"/>
+      <c r="T84" s="7"/>
+      <c r="W84" s="7"/>
+      <c r="AJ84" s="8"/>
+      <c r="AM84" s="8"/>
+    </row>
+    <row r="85" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A85" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="B85" s="9">
+        <v>119</v>
+      </c>
+      <c r="C85" s="9">
+        <v>119</v>
+      </c>
+      <c r="D85" s="9">
+        <v>9</v>
+      </c>
+      <c r="E85" s="10">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F85" s="9">
+        <v>15</v>
+      </c>
+      <c r="G85" s="9">
+        <v>2</v>
+      </c>
+      <c r="H85" s="9">
+        <v>94</v>
+      </c>
+      <c r="I85" s="9">
+        <v>6</v>
+      </c>
+      <c r="J85" s="9">
+        <v>9</v>
+      </c>
+      <c r="K85" s="9">
+        <v>1</v>
+      </c>
+      <c r="L85" s="9"/>
+      <c r="M85" s="9"/>
+      <c r="N85" s="9"/>
+      <c r="O85" s="9"/>
+      <c r="T85" s="7"/>
+      <c r="W85" s="7"/>
+      <c r="AJ85" s="8"/>
+      <c r="AM85" s="8"/>
+    </row>
+    <row r="86" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A86" t="s">
+        <v>95</v>
+      </c>
+      <c r="B86" s="9">
+        <v>40</v>
+      </c>
+      <c r="C86" s="9">
+        <v>40</v>
+      </c>
+      <c r="D86" s="9">
+        <v>14</v>
+      </c>
+      <c r="E86" s="10">
+        <v>0.35</v>
+      </c>
+      <c r="F86" s="9"/>
+      <c r="G86" s="9"/>
+      <c r="H86" s="9">
+        <v>37</v>
+      </c>
+      <c r="I86" s="9">
+        <v>14</v>
+      </c>
+      <c r="J86" s="9">
+        <v>3</v>
+      </c>
+      <c r="K86" s="9"/>
+      <c r="L86" s="9"/>
+      <c r="M86" s="9"/>
+      <c r="N86" s="9"/>
+      <c r="O86" s="9"/>
+      <c r="T86" s="7"/>
+      <c r="W86" s="7"/>
+      <c r="AJ86" s="8"/>
+      <c r="AM86" s="8"/>
+    </row>
+    <row r="87" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A87" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="B87" s="9">
+        <v>322</v>
+      </c>
+      <c r="C87" s="9">
+        <v>322</v>
+      </c>
+      <c r="D87" s="9">
+        <v>25</v>
+      </c>
+      <c r="E87" s="10">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F87" s="9"/>
+      <c r="G87" s="9"/>
+      <c r="H87" s="9">
+        <v>253</v>
+      </c>
+      <c r="I87" s="9">
+        <v>20</v>
+      </c>
+      <c r="J87" s="9">
+        <v>69</v>
+      </c>
+      <c r="K87" s="9">
+        <v>5</v>
+      </c>
+      <c r="L87" s="9"/>
+      <c r="M87" s="9"/>
+      <c r="N87" s="9"/>
+      <c r="O87" s="9"/>
+      <c r="T87" s="7"/>
+      <c r="W87" s="7"/>
+      <c r="AJ87" s="8"/>
+      <c r="AM87" s="8"/>
+    </row>
+    <row r="88" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A88" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B88" s="5">
+        <v>2405</v>
+      </c>
+      <c r="C88" s="5">
+        <v>2334.6999999999998</v>
+      </c>
+      <c r="D88" s="5">
+        <v>94.63</v>
+      </c>
+      <c r="E88" s="6">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="F88" s="5">
+        <v>4.5</v>
+      </c>
+      <c r="G88" s="5"/>
+      <c r="H88" s="5">
+        <v>201</v>
+      </c>
+      <c r="I88" s="5">
+        <v>5</v>
+      </c>
+      <c r="J88" s="5">
+        <v>2106.6999999999998</v>
+      </c>
+      <c r="K88" s="5">
+        <v>88.63</v>
+      </c>
+      <c r="L88" s="5">
+        <v>1</v>
+      </c>
+      <c r="M88" s="5"/>
+      <c r="N88" s="5"/>
+      <c r="O88" s="5"/>
+      <c r="T88" s="7"/>
+      <c r="W88" s="7"/>
+      <c r="AJ88" s="8"/>
+      <c r="AM88" s="8"/>
+    </row>
+    <row r="89" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A89" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="B89" s="9">
+        <v>116</v>
+      </c>
+      <c r="C89" s="9">
+        <v>116</v>
+      </c>
+      <c r="D89" s="9">
+        <v>2</v>
+      </c>
+      <c r="E89" s="10">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="F89" s="9"/>
+      <c r="G89" s="9"/>
+      <c r="H89" s="9">
+        <v>72</v>
+      </c>
+      <c r="I89" s="9"/>
+      <c r="J89" s="9">
+        <v>43</v>
+      </c>
+      <c r="K89" s="9">
+        <v>2</v>
+      </c>
+      <c r="L89" s="9"/>
+      <c r="M89" s="9"/>
+      <c r="N89" s="9"/>
+      <c r="O89" s="9"/>
+      <c r="T89" s="7"/>
+      <c r="W89" s="7"/>
+      <c r="AJ89" s="8"/>
+      <c r="AM89" s="8"/>
+    </row>
+    <row r="90" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A90" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B90" s="9">
+        <v>79</v>
+      </c>
+      <c r="C90" s="9">
+        <v>79</v>
+      </c>
+      <c r="D90" s="9">
+        <v>2</v>
+      </c>
+      <c r="E90" s="10">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="F90" s="9"/>
+      <c r="G90" s="9"/>
+      <c r="H90" s="9"/>
+      <c r="I90" s="9"/>
+      <c r="J90" s="9">
+        <v>77</v>
+      </c>
+      <c r="K90" s="9">
+        <v>2</v>
+      </c>
+      <c r="L90" s="9"/>
+      <c r="M90" s="9"/>
+      <c r="N90" s="9"/>
+      <c r="O90" s="9"/>
+      <c r="T90" s="7"/>
+      <c r="W90" s="7"/>
+      <c r="AJ90" s="8"/>
+      <c r="AM90" s="8"/>
+    </row>
+    <row r="91" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A91" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="B91" s="9">
+        <v>64</v>
+      </c>
+      <c r="C91" s="9">
+        <v>62.55</v>
+      </c>
+      <c r="D91" s="9">
+        <v>8</v>
+      </c>
+      <c r="E91" s="10">
+        <v>0.128</v>
+      </c>
+      <c r="F91" s="9"/>
+      <c r="G91" s="9"/>
+      <c r="H91" s="9"/>
+      <c r="I91" s="9"/>
+      <c r="J91" s="9">
+        <v>62.55</v>
+      </c>
+      <c r="K91" s="9">
+        <v>8</v>
+      </c>
+      <c r="L91" s="9"/>
+      <c r="M91" s="9"/>
+      <c r="N91" s="9"/>
+      <c r="O91" s="9"/>
+      <c r="T91" s="7"/>
+      <c r="W91" s="7"/>
+      <c r="AJ91" s="8"/>
+      <c r="AM91" s="8"/>
+    </row>
+    <row r="92" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A92" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B92" s="9">
+        <v>85</v>
+      </c>
+      <c r="C92" s="9">
+        <v>83</v>
+      </c>
+      <c r="D92" s="9">
+        <v>6</v>
+      </c>
+      <c r="E92" s="10">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F92" s="9"/>
+      <c r="G92" s="9"/>
+      <c r="H92" s="9"/>
+      <c r="I92" s="9"/>
+      <c r="J92" s="9">
+        <v>77</v>
+      </c>
+      <c r="K92" s="9">
+        <v>5</v>
+      </c>
+      <c r="L92" s="9"/>
+      <c r="M92" s="9"/>
+      <c r="N92" s="9"/>
+      <c r="O92" s="9"/>
+      <c r="T92" s="7"/>
+      <c r="W92" s="7"/>
+      <c r="AJ92" s="8"/>
+      <c r="AM92" s="8"/>
+    </row>
+    <row r="93" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A93" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="B93" s="9">
+        <v>391</v>
+      </c>
+      <c r="C93" s="9">
+        <v>390</v>
+      </c>
+      <c r="D93" s="9">
+        <v>10</v>
+      </c>
+      <c r="E93" s="10">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="F93" s="9"/>
+      <c r="G93" s="9"/>
+      <c r="H93" s="9">
+        <v>79</v>
+      </c>
+      <c r="I93" s="9">
+        <v>1</v>
+      </c>
+      <c r="J93" s="9">
+        <v>311</v>
+      </c>
+      <c r="K93" s="9">
+        <v>9</v>
+      </c>
+      <c r="L93" s="9"/>
+      <c r="M93" s="9"/>
+      <c r="N93" s="9"/>
+      <c r="O93" s="9"/>
+      <c r="T93" s="7"/>
+      <c r="W93" s="7"/>
+      <c r="AJ93" s="8"/>
+      <c r="AM93" s="8"/>
+    </row>
+    <row r="94" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A94" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="B94" s="9">
+        <v>36</v>
+      </c>
+      <c r="C94" s="9">
+        <v>36</v>
+      </c>
+      <c r="D94" s="9"/>
+      <c r="E94" s="10"/>
+      <c r="F94" s="9"/>
+      <c r="G94" s="9"/>
+      <c r="H94" s="9">
+        <v>10</v>
+      </c>
+      <c r="I94" s="9"/>
+      <c r="J94" s="9">
+        <v>26</v>
+      </c>
+      <c r="K94" s="9"/>
+      <c r="L94" s="9"/>
+      <c r="M94" s="9"/>
+      <c r="N94" s="9"/>
+      <c r="O94" s="9"/>
+      <c r="T94" s="7"/>
+      <c r="W94" s="7"/>
+      <c r="AJ94" s="8"/>
+      <c r="AM94" s="8"/>
+    </row>
+    <row r="95" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A95" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="B95" s="9">
+        <v>171</v>
+      </c>
+      <c r="C95" s="9">
+        <v>171</v>
+      </c>
+      <c r="D95" s="9">
+        <v>13</v>
+      </c>
+      <c r="E95" s="10">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F95" s="9"/>
+      <c r="G95" s="9"/>
+      <c r="H95" s="9"/>
+      <c r="I95" s="9"/>
+      <c r="J95" s="9">
+        <v>171</v>
+      </c>
+      <c r="K95" s="9">
+        <v>13</v>
+      </c>
+      <c r="L95" s="9"/>
+      <c r="M95" s="9"/>
+      <c r="N95" s="9"/>
+      <c r="O95" s="9"/>
+      <c r="T95" s="7"/>
+      <c r="W95" s="7"/>
+      <c r="AJ95" s="8"/>
+      <c r="AM95" s="8"/>
+    </row>
+    <row r="96" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A96" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B96" s="9">
+        <v>89</v>
+      </c>
+      <c r="C96" s="9">
+        <v>83.25</v>
+      </c>
+      <c r="D96" s="9">
+        <v>2</v>
+      </c>
+      <c r="E96" s="10">
+        <v>2.4E-2</v>
+      </c>
+      <c r="F96" s="9"/>
+      <c r="G96" s="9"/>
+      <c r="H96" s="9"/>
+      <c r="I96" s="9"/>
+      <c r="J96" s="9">
+        <v>79.75</v>
+      </c>
+      <c r="K96" s="9">
+        <v>2</v>
+      </c>
+      <c r="L96" s="9"/>
+      <c r="M96" s="9"/>
+      <c r="N96" s="9"/>
+      <c r="O96" s="9"/>
+      <c r="T96" s="7"/>
+      <c r="W96" s="7"/>
+      <c r="AJ96" s="8"/>
+      <c r="AM96" s="8"/>
+    </row>
+    <row r="97" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A97" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B97" s="9">
+        <v>127</v>
+      </c>
+      <c r="C97" s="9">
+        <v>117.7</v>
+      </c>
+      <c r="D97" s="9">
+        <v>4</v>
+      </c>
+      <c r="E97" s="10">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="F97" s="9"/>
+      <c r="G97" s="9"/>
+      <c r="H97" s="9"/>
+      <c r="I97" s="9"/>
+      <c r="J97" s="9">
+        <v>113.7</v>
+      </c>
+      <c r="K97" s="9">
+        <v>4</v>
+      </c>
+      <c r="L97" s="9"/>
+      <c r="M97" s="9"/>
+      <c r="N97" s="9"/>
+      <c r="O97" s="9"/>
+      <c r="T97" s="7"/>
+      <c r="W97" s="7"/>
+      <c r="AJ97" s="8"/>
+      <c r="AM97" s="8"/>
+    </row>
+    <row r="98" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A98" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B98" s="9">
+        <v>374</v>
+      </c>
+      <c r="C98" s="9">
+        <v>372.5</v>
+      </c>
+      <c r="D98" s="9">
+        <v>24</v>
+      </c>
+      <c r="E98" s="10">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F98" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="G98" s="9"/>
+      <c r="H98" s="9"/>
+      <c r="I98" s="9"/>
+      <c r="J98" s="9">
+        <v>368</v>
+      </c>
+      <c r="K98" s="9">
+        <v>24</v>
+      </c>
+      <c r="L98" s="9"/>
+      <c r="M98" s="9"/>
+      <c r="N98" s="9"/>
+      <c r="O98" s="9"/>
+      <c r="T98" s="7"/>
+      <c r="W98" s="7"/>
+      <c r="AJ98" s="8"/>
+      <c r="AM98" s="8"/>
+    </row>
+    <row r="99" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A99" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B99" s="9">
+        <v>34</v>
+      </c>
+      <c r="C99" s="9">
+        <v>33</v>
+      </c>
+      <c r="D99" s="9">
+        <v>2</v>
+      </c>
+      <c r="E99" s="10">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F99" s="9"/>
+      <c r="G99" s="9"/>
+      <c r="H99" s="9"/>
+      <c r="I99" s="9"/>
+      <c r="J99" s="9">
+        <v>33</v>
+      </c>
+      <c r="K99" s="9">
+        <v>2</v>
+      </c>
+      <c r="L99" s="9"/>
+      <c r="M99" s="9"/>
+      <c r="N99" s="9"/>
+      <c r="O99" s="9"/>
+      <c r="T99" s="7"/>
+      <c r="W99" s="7"/>
+      <c r="AJ99" s="8"/>
+      <c r="AM99" s="8"/>
+    </row>
+    <row r="100" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A100" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="B100" s="9">
+        <v>59</v>
+      </c>
+      <c r="C100" s="9">
+        <v>59</v>
+      </c>
+      <c r="D100" s="9"/>
+      <c r="E100" s="10"/>
+      <c r="F100" s="9"/>
+      <c r="G100" s="9"/>
+      <c r="H100" s="9"/>
+      <c r="I100" s="9"/>
+      <c r="J100" s="9">
+        <v>59</v>
+      </c>
+      <c r="K100" s="9"/>
+      <c r="L100" s="9"/>
+      <c r="M100" s="9"/>
+      <c r="N100" s="9"/>
+      <c r="O100" s="9"/>
+      <c r="T100" s="7"/>
+      <c r="W100" s="7"/>
+      <c r="AJ100" s="8"/>
+      <c r="AM100" s="8"/>
+    </row>
+    <row r="101" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A101" s="9" t="s">
+        <v>110</v>
+      </c>
+      <c r="B101" s="9">
+        <v>10</v>
+      </c>
+      <c r="C101" s="9">
+        <v>10</v>
+      </c>
+      <c r="D101" s="9"/>
+      <c r="E101" s="10"/>
+      <c r="F101" s="9"/>
+      <c r="G101" s="9"/>
+      <c r="H101" s="9">
+        <v>3</v>
+      </c>
+      <c r="I101" s="9"/>
+      <c r="J101" s="9">
+        <v>7</v>
+      </c>
+      <c r="K101" s="9"/>
+      <c r="L101" s="9"/>
+      <c r="M101" s="9"/>
+      <c r="N101" s="9"/>
+      <c r="O101" s="9"/>
+      <c r="T101" s="7"/>
+      <c r="W101" s="7"/>
+      <c r="AJ101" s="8"/>
+      <c r="AM101" s="8"/>
+    </row>
+    <row r="102" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A102" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="B102" s="9">
+        <v>104</v>
+      </c>
+      <c r="C102" s="9">
+        <v>98.5</v>
+      </c>
+      <c r="D102" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="E102" s="10">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F102" s="9"/>
+      <c r="G102" s="9"/>
+      <c r="H102" s="9">
+        <v>37</v>
+      </c>
+      <c r="I102" s="9">
+        <v>4</v>
+      </c>
+      <c r="J102" s="9">
+        <v>61.5</v>
+      </c>
+      <c r="K102" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="L102" s="9"/>
+      <c r="M102" s="9"/>
+      <c r="N102" s="9"/>
+      <c r="O102" s="9"/>
+      <c r="T102" s="7"/>
+      <c r="W102" s="7"/>
+      <c r="AJ102" s="8"/>
+      <c r="AM102" s="8"/>
+    </row>
+    <row r="103" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A103" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="B103" s="9">
+        <v>116</v>
+      </c>
+      <c r="C103" s="9">
+        <v>109.97</v>
+      </c>
+      <c r="D103" s="9">
+        <v>5.05</v>
+      </c>
+      <c r="E103" s="10">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="F103" s="9"/>
+      <c r="G103" s="9"/>
+      <c r="H103" s="9"/>
+      <c r="I103" s="9"/>
+      <c r="J103" s="9">
+        <v>105.97</v>
+      </c>
+      <c r="K103" s="9">
+        <v>5.05</v>
+      </c>
+      <c r="L103" s="9">
+        <v>1</v>
+      </c>
+      <c r="M103" s="9"/>
+      <c r="N103" s="9"/>
+      <c r="O103" s="9"/>
+      <c r="T103" s="7"/>
+      <c r="W103" s="7"/>
+      <c r="AJ103" s="8"/>
+      <c r="AM103" s="8"/>
+    </row>
+    <row r="104" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A104" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="B104" s="9">
+        <v>12</v>
+      </c>
+      <c r="C104" s="9">
+        <v>12</v>
+      </c>
+      <c r="D104" s="9"/>
+      <c r="E104" s="10"/>
+      <c r="F104" s="9"/>
+      <c r="G104" s="9"/>
+      <c r="H104" s="9"/>
+      <c r="I104" s="9"/>
+      <c r="J104" s="9">
+        <v>10</v>
+      </c>
+      <c r="K104" s="9"/>
+      <c r="L104" s="9"/>
+      <c r="M104" s="9"/>
+      <c r="N104" s="9"/>
+      <c r="O104" s="9"/>
+      <c r="T104" s="7"/>
+      <c r="W104" s="7"/>
+      <c r="AJ104" s="8"/>
+      <c r="AM104" s="8"/>
+    </row>
+    <row r="105" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A105" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="B105" s="9">
+        <v>19</v>
+      </c>
+      <c r="C105" s="9">
+        <v>18.5</v>
+      </c>
+      <c r="D105" s="9">
+        <v>1</v>
+      </c>
+      <c r="E105" s="10">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F105" s="9"/>
+      <c r="G105" s="9"/>
+      <c r="H105" s="9"/>
+      <c r="I105" s="9"/>
+      <c r="J105" s="9">
+        <v>18.5</v>
+      </c>
+      <c r="K105" s="9">
+        <v>1</v>
+      </c>
+      <c r="L105" s="9"/>
+      <c r="M105" s="9"/>
+      <c r="N105" s="9"/>
+      <c r="O105" s="9"/>
+      <c r="T105" s="7"/>
+      <c r="W105" s="7"/>
+      <c r="AJ105" s="8"/>
+      <c r="AM105" s="8"/>
+    </row>
+    <row r="106" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A106" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="B106" s="9">
+        <v>27</v>
+      </c>
+      <c r="C106" s="9">
+        <v>25</v>
+      </c>
+      <c r="D106" s="9"/>
+      <c r="E106" s="10"/>
+      <c r="F106" s="9"/>
+      <c r="G106" s="9"/>
+      <c r="H106" s="9"/>
+      <c r="I106" s="9"/>
+      <c r="J106" s="9">
+        <v>25</v>
+      </c>
+      <c r="K106" s="9"/>
+      <c r="L106" s="9"/>
+      <c r="M106" s="9"/>
+      <c r="N106" s="9"/>
+      <c r="O106" s="9"/>
+      <c r="T106" s="7"/>
+      <c r="W106" s="7"/>
+      <c r="AJ106" s="8"/>
+      <c r="AM106" s="8"/>
+    </row>
+    <row r="107" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A107" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="B107" s="9">
+        <v>155</v>
+      </c>
+      <c r="C107" s="9">
+        <v>152.25</v>
+      </c>
+      <c r="D107" s="9"/>
+      <c r="E107" s="10"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="9"/>
+      <c r="H107" s="9"/>
+      <c r="I107" s="9"/>
+      <c r="J107" s="9">
+        <v>152.25</v>
+      </c>
+      <c r="K107" s="9"/>
+      <c r="L107" s="9"/>
+      <c r="M107" s="9"/>
+      <c r="N107" s="9"/>
+      <c r="O107" s="9"/>
+      <c r="T107" s="7"/>
+      <c r="W107" s="7"/>
+      <c r="AJ107" s="8"/>
+      <c r="AM107" s="8"/>
+    </row>
+    <row r="108" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A108" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B108" s="9">
+        <v>46</v>
+      </c>
+      <c r="C108" s="9">
+        <v>45.2</v>
+      </c>
+      <c r="D108" s="9">
+        <v>1</v>
+      </c>
+      <c r="E108" s="10">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="F108" s="9"/>
+      <c r="G108" s="9"/>
+      <c r="H108" s="9"/>
+      <c r="I108" s="9"/>
+      <c r="J108" s="9">
+        <v>45.2</v>
+      </c>
+      <c r="K108" s="9">
+        <v>1</v>
+      </c>
+      <c r="L108" s="9"/>
+      <c r="M108" s="9"/>
+      <c r="N108" s="9"/>
+      <c r="O108" s="9"/>
+      <c r="T108" s="7"/>
+      <c r="W108" s="7"/>
+      <c r="AJ108" s="8"/>
+      <c r="AM108" s="8"/>
+    </row>
+    <row r="109" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A109" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B109" s="9">
+        <v>65</v>
+      </c>
+      <c r="C109" s="9">
+        <v>57</v>
+      </c>
+      <c r="D109" s="9">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="E109" s="10">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F109" s="9"/>
+      <c r="G109" s="9"/>
+      <c r="H109" s="9"/>
+      <c r="I109" s="9"/>
+      <c r="J109" s="9">
+        <v>57</v>
+      </c>
+      <c r="K109" s="9">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="L109" s="9"/>
+      <c r="M109" s="9"/>
+      <c r="N109" s="9"/>
+      <c r="O109" s="9"/>
+      <c r="T109" s="7"/>
+      <c r="W109" s="7"/>
+      <c r="AJ109" s="8"/>
+      <c r="AM109" s="8"/>
+    </row>
+    <row r="110" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A110" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="B110" s="9">
+        <v>122</v>
+      </c>
+      <c r="C110" s="9">
+        <v>108.58</v>
+      </c>
+      <c r="D110" s="9">
+        <v>4.53</v>
+      </c>
+      <c r="E110" s="10">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F110" s="9"/>
+      <c r="G110" s="9"/>
+      <c r="H110" s="9"/>
+      <c r="I110" s="9"/>
+      <c r="J110" s="9">
+        <v>108.58</v>
+      </c>
+      <c r="K110" s="9">
+        <v>4.53</v>
+      </c>
+      <c r="L110" s="9"/>
+      <c r="M110" s="9"/>
+      <c r="N110" s="9"/>
+      <c r="O110" s="9"/>
+      <c r="T110" s="7"/>
+      <c r="W110" s="7"/>
+      <c r="AJ110" s="8"/>
+      <c r="AM110" s="8"/>
+    </row>
+    <row r="111" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A111" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="B111" s="9">
+        <v>35</v>
+      </c>
+      <c r="C111" s="9">
+        <v>35</v>
+      </c>
+      <c r="D111" s="9"/>
+      <c r="E111" s="10"/>
+      <c r="F111" s="9"/>
+      <c r="G111" s="9"/>
+      <c r="H111" s="9"/>
+      <c r="I111" s="9"/>
+      <c r="J111" s="9">
+        <v>35</v>
+      </c>
+      <c r="K111" s="9"/>
+      <c r="L111" s="9"/>
+      <c r="M111" s="9"/>
+      <c r="N111" s="9"/>
+      <c r="O111" s="9"/>
+      <c r="T111" s="7"/>
+      <c r="W111" s="7"/>
+      <c r="AJ111" s="8"/>
+      <c r="AM111" s="8"/>
+    </row>
+    <row r="112" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A112" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="B112" s="9">
+        <v>45</v>
+      </c>
+      <c r="C112" s="9">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="D112" s="9"/>
+      <c r="E112" s="10"/>
+      <c r="F112" s="9"/>
+      <c r="G112" s="9"/>
+      <c r="H112" s="9"/>
+      <c r="I112" s="9"/>
+      <c r="J112" s="9">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="K112" s="9"/>
+      <c r="L112" s="9"/>
+      <c r="M112" s="9"/>
+      <c r="N112" s="9"/>
+      <c r="O112" s="9"/>
+      <c r="T112" s="7"/>
+      <c r="W112" s="7"/>
+      <c r="AJ112" s="8"/>
+      <c r="AM112" s="8"/>
+    </row>
+    <row r="113" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A113" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="B113" s="9">
+        <v>24</v>
+      </c>
+      <c r="C113" s="9">
+        <v>24</v>
+      </c>
+      <c r="D113" s="9"/>
+      <c r="E113" s="10"/>
+      <c r="F113" s="9"/>
+      <c r="G113" s="9"/>
+      <c r="H113" s="9"/>
+      <c r="I113" s="9"/>
+      <c r="J113" s="9">
+        <v>24</v>
+      </c>
+      <c r="K113" s="9"/>
+      <c r="L113" s="9"/>
+      <c r="M113" s="9"/>
+      <c r="N113" s="9"/>
+      <c r="O113" s="9"/>
+      <c r="T113" s="7"/>
+      <c r="W113" s="7"/>
+      <c r="AJ113" s="8"/>
+      <c r="AM113" s="8"/>
+    </row>
+    <row r="114" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A114" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B114" s="5">
+        <v>5519</v>
+      </c>
+      <c r="C114" s="5">
+        <v>5310.99</v>
+      </c>
+      <c r="D114" s="5">
+        <v>271.02999999999997</v>
+      </c>
+      <c r="E114" s="6">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="F114" s="5">
+        <v>250.8</v>
+      </c>
+      <c r="G114" s="5">
+        <v>43.4</v>
+      </c>
+      <c r="H114" s="5">
+        <v>1357.8</v>
+      </c>
+      <c r="I114" s="5">
+        <v>90.88</v>
+      </c>
+      <c r="J114" s="5">
+        <v>3695.89</v>
+      </c>
+      <c r="K114" s="5">
+        <v>136.75</v>
+      </c>
+      <c r="L114" s="5"/>
+      <c r="M114" s="5"/>
+      <c r="N114" s="5"/>
+      <c r="O114" s="5"/>
+      <c r="T114" s="7"/>
+      <c r="W114" s="7"/>
+      <c r="AJ114" s="8"/>
+      <c r="AM114" s="8"/>
+    </row>
+    <row r="115" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A115" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="B115" s="9">
+        <v>288</v>
+      </c>
+      <c r="C115" s="9">
+        <v>271.2</v>
+      </c>
+      <c r="D115" s="9">
+        <v>27.9</v>
+      </c>
+      <c r="E115" s="10">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="F115" s="9">
+        <v>103.7</v>
+      </c>
+      <c r="G115" s="9">
+        <v>20.9</v>
+      </c>
+      <c r="H115" s="9">
+        <v>127</v>
+      </c>
+      <c r="I115" s="9">
+        <v>3</v>
+      </c>
+      <c r="J115" s="9">
+        <v>34</v>
+      </c>
+      <c r="K115" s="9">
+        <v>4</v>
+      </c>
+      <c r="L115" s="9"/>
+      <c r="M115" s="9"/>
+      <c r="N115" s="9"/>
+      <c r="O115" s="9"/>
+      <c r="T115" s="7"/>
+      <c r="W115" s="7"/>
+      <c r="AJ115" s="8"/>
+      <c r="AM115" s="8"/>
+    </row>
+    <row r="116" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A116" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="B116" s="9">
+        <v>602</v>
+      </c>
+      <c r="C116" s="9">
+        <v>598.5</v>
+      </c>
+      <c r="D116" s="9">
+        <v>76</v>
+      </c>
+      <c r="E116" s="10">
+        <v>0.127</v>
+      </c>
+      <c r="F116" s="9">
+        <v>92</v>
+      </c>
+      <c r="G116" s="9">
+        <v>19</v>
+      </c>
+      <c r="H116" s="9">
+        <v>333</v>
+      </c>
+      <c r="I116" s="9">
+        <v>40.5</v>
+      </c>
+      <c r="J116" s="9">
+        <v>173.5</v>
+      </c>
+      <c r="K116" s="9">
+        <v>16.5</v>
+      </c>
+      <c r="L116" s="9"/>
+      <c r="M116" s="9"/>
+      <c r="N116" s="9"/>
+      <c r="O116" s="9"/>
+      <c r="T116" s="7"/>
+      <c r="W116" s="7"/>
+      <c r="AJ116" s="8"/>
+      <c r="AM116" s="8"/>
+    </row>
+    <row r="117" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A117" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="B117" s="9">
+        <v>287</v>
+      </c>
+      <c r="C117" s="9">
+        <v>280.72000000000003</v>
+      </c>
+      <c r="D117" s="9">
+        <v>3</v>
+      </c>
+      <c r="E117" s="10">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="F117" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="G117" s="9"/>
+      <c r="H117" s="9">
+        <v>8</v>
+      </c>
+      <c r="I117" s="9"/>
+      <c r="J117" s="9">
+        <v>267.22000000000003</v>
+      </c>
+      <c r="K117" s="9">
+        <v>3</v>
+      </c>
+      <c r="L117" s="9"/>
+      <c r="M117" s="9"/>
+      <c r="N117" s="9"/>
+      <c r="O117" s="9"/>
+      <c r="T117" s="7"/>
+      <c r="W117" s="7"/>
+      <c r="AJ117" s="8"/>
+      <c r="AM117" s="8"/>
+    </row>
+    <row r="118" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A118" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B118" s="9">
+        <v>138</v>
+      </c>
+      <c r="C118" s="9">
+        <v>127.75</v>
+      </c>
+      <c r="D118" s="9">
+        <v>10</v>
+      </c>
+      <c r="E118" s="10">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F118" s="9">
+        <v>39.700000000000003</v>
+      </c>
+      <c r="G118" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="H118" s="9">
+        <v>54</v>
+      </c>
+      <c r="I118" s="9">
+        <v>4</v>
+      </c>
+      <c r="J118" s="9">
+        <v>34.049999999999997</v>
+      </c>
+      <c r="K118" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="L118" s="9"/>
+      <c r="M118" s="9"/>
+      <c r="N118" s="9"/>
+      <c r="O118" s="9"/>
+      <c r="T118" s="7"/>
+      <c r="W118" s="7"/>
+      <c r="AJ118" s="8"/>
+      <c r="AM118" s="8"/>
+    </row>
+    <row r="119" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A119" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B119" s="9">
+        <v>183</v>
+      </c>
+      <c r="C119" s="9">
+        <v>179.6</v>
+      </c>
+      <c r="D119" s="9">
+        <v>17.3</v>
+      </c>
+      <c r="E119" s="10">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="F119" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="G119" s="9">
+        <v>0.3</v>
+      </c>
+      <c r="H119" s="9">
+        <v>147</v>
+      </c>
+      <c r="I119" s="9">
+        <v>16</v>
+      </c>
+      <c r="J119" s="9">
+        <v>25</v>
+      </c>
+      <c r="K119" s="9">
+        <v>1</v>
+      </c>
+      <c r="L119" s="9"/>
+      <c r="M119" s="9"/>
+      <c r="N119" s="9"/>
+      <c r="O119" s="9"/>
+      <c r="T119" s="7"/>
+      <c r="W119" s="7"/>
+      <c r="AJ119" s="8"/>
+      <c r="AM119" s="8"/>
+    </row>
+    <row r="120" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A120" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="B120" s="9">
+        <v>926</v>
+      </c>
+      <c r="C120" s="9">
+        <v>919</v>
+      </c>
+      <c r="D120" s="9">
+        <v>37.18</v>
+      </c>
+      <c r="E120" s="10">
+        <v>0.04</v>
+      </c>
+      <c r="F120" s="9"/>
+      <c r="G120" s="9"/>
+      <c r="H120" s="9">
+        <v>643.75</v>
+      </c>
+      <c r="I120" s="9">
+        <v>25.88</v>
+      </c>
+      <c r="J120" s="9">
+        <v>275.25</v>
+      </c>
+      <c r="K120" s="9">
+        <v>11.3</v>
+      </c>
+      <c r="L120" s="9"/>
+      <c r="M120" s="9"/>
+      <c r="N120" s="9"/>
+      <c r="O120" s="9"/>
+      <c r="T120" s="7"/>
+      <c r="W120" s="7"/>
+      <c r="AJ120" s="8"/>
+      <c r="AM120" s="8"/>
+    </row>
+    <row r="121" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A121" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="B121" s="9">
+        <v>163</v>
+      </c>
+      <c r="C121" s="9">
+        <v>135.4</v>
+      </c>
+      <c r="D121" s="9">
+        <v>7.8</v>
+      </c>
+      <c r="E121" s="10">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="F121" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G121" s="9"/>
+      <c r="H121" s="9">
+        <v>45.05</v>
+      </c>
+      <c r="I121" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="J121" s="9">
+        <v>88.05</v>
+      </c>
+      <c r="K121" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="L121" s="9"/>
+      <c r="M121" s="9"/>
+      <c r="N121" s="9"/>
+      <c r="O121" s="9"/>
+      <c r="T121" s="7"/>
+      <c r="W121" s="7"/>
+      <c r="AJ121" s="8"/>
+      <c r="AM121" s="8"/>
+    </row>
+    <row r="122" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A122" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="B122" s="9">
+        <v>613</v>
+      </c>
+      <c r="C122" s="9">
+        <v>589.6</v>
+      </c>
+      <c r="D122" s="9">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="E122" s="10">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="F122" s="9"/>
+      <c r="G122" s="9"/>
+      <c r="H122" s="9"/>
+      <c r="I122" s="9"/>
+      <c r="J122" s="9">
+        <v>589.6</v>
+      </c>
+      <c r="K122" s="9">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="L122" s="9"/>
+      <c r="M122" s="9"/>
+      <c r="N122" s="9"/>
+      <c r="O122" s="9"/>
+      <c r="T122" s="7"/>
+      <c r="W122" s="7"/>
+      <c r="AJ122" s="8"/>
+      <c r="AM122" s="8"/>
+    </row>
+    <row r="123" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A123" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="B123" s="9">
+        <v>632</v>
+      </c>
+      <c r="C123" s="9">
+        <v>624.72</v>
+      </c>
+      <c r="D123" s="9">
+        <v>6.75</v>
+      </c>
+      <c r="E123" s="10">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="F123" s="9"/>
+      <c r="G123" s="9"/>
+      <c r="H123" s="9"/>
+      <c r="I123" s="9"/>
+      <c r="J123" s="9">
+        <v>624.72</v>
+      </c>
+      <c r="K123" s="9">
+        <v>6.75</v>
+      </c>
+      <c r="L123" s="9"/>
+      <c r="M123" s="9"/>
+      <c r="N123" s="9"/>
+      <c r="O123" s="9"/>
+      <c r="T123" s="7"/>
+      <c r="W123" s="7"/>
+      <c r="AJ123" s="8"/>
+      <c r="AM123" s="8"/>
+    </row>
+    <row r="124" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A124" s="9" t="s">
+        <v>133</v>
+      </c>
+      <c r="B124" s="9">
+        <v>899</v>
+      </c>
+      <c r="C124" s="9">
+        <v>851.25</v>
+      </c>
+      <c r="D124" s="9">
+        <v>32.4</v>
+      </c>
+      <c r="E124" s="10">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F124" s="9"/>
+      <c r="G124" s="9"/>
+      <c r="H124" s="9"/>
+      <c r="I124" s="9"/>
+      <c r="J124" s="9">
+        <v>851.25</v>
+      </c>
+      <c r="K124" s="9">
+        <v>32.4</v>
+      </c>
+      <c r="L124" s="9"/>
+      <c r="M124" s="9"/>
+      <c r="N124" s="9"/>
+      <c r="O124" s="9"/>
+      <c r="T124" s="7"/>
+      <c r="W124" s="7"/>
+      <c r="AJ124" s="8"/>
+      <c r="AM124" s="8"/>
+    </row>
+    <row r="125" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A125" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="B125" s="9">
+        <v>788</v>
+      </c>
+      <c r="C125" s="9">
+        <v>733.25</v>
+      </c>
+      <c r="D125" s="9">
+        <v>44.15</v>
+      </c>
+      <c r="E125" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="F125" s="9"/>
+      <c r="G125" s="9"/>
+      <c r="H125" s="9"/>
+      <c r="I125" s="9"/>
+      <c r="J125" s="9">
+        <v>733.25</v>
+      </c>
+      <c r="K125" s="9">
+        <v>44.15</v>
+      </c>
+      <c r="L125" s="9"/>
+      <c r="M125" s="9"/>
+      <c r="N125" s="9"/>
+      <c r="O125" s="9"/>
+      <c r="T125" s="7"/>
+      <c r="W125" s="7"/>
+      <c r="AJ125" s="8"/>
+      <c r="AM125" s="8"/>
+    </row>
+    <row r="126" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A126" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="B126" s="5">
+        <v>196</v>
+      </c>
+      <c r="C126" s="5">
+        <v>196</v>
+      </c>
+      <c r="D126" s="5">
+        <v>11</v>
+      </c>
+      <c r="E126" s="6">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="F126" s="5">
+        <v>41</v>
+      </c>
+      <c r="G126" s="5">
+        <v>2</v>
+      </c>
+      <c r="H126" s="5">
+        <v>89</v>
+      </c>
+      <c r="I126" s="5">
+        <v>4</v>
+      </c>
+      <c r="J126" s="5">
+        <v>53</v>
+      </c>
+      <c r="K126" s="5">
+        <v>4</v>
+      </c>
+      <c r="L126" s="5"/>
+      <c r="M126" s="5"/>
+      <c r="N126" s="5"/>
+      <c r="O126" s="5"/>
+      <c r="T126" s="7"/>
+      <c r="W126" s="7"/>
+      <c r="AJ126" s="8"/>
+      <c r="AM126" s="8"/>
+    </row>
+    <row r="127" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A127" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="B127" s="9">
+        <v>34</v>
+      </c>
+      <c r="C127" s="9">
+        <v>34</v>
+      </c>
+      <c r="D127" s="9">
+        <v>1</v>
+      </c>
+      <c r="E127" s="10">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="F127" s="9">
+        <v>21</v>
+      </c>
+      <c r="G127" s="9">
+        <v>1</v>
+      </c>
+      <c r="H127" s="9">
+        <v>2</v>
+      </c>
+      <c r="I127" s="9"/>
+      <c r="J127" s="9">
+        <v>11</v>
+      </c>
+      <c r="K127" s="9"/>
+      <c r="L127" s="9"/>
+      <c r="M127" s="9"/>
+      <c r="N127" s="9"/>
+      <c r="O127" s="9"/>
+      <c r="T127" s="7"/>
+      <c r="W127" s="7"/>
+      <c r="AJ127" s="8"/>
+      <c r="AM127" s="8"/>
+    </row>
+    <row r="128" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A128" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="B128" s="9">
+        <v>162</v>
+      </c>
+      <c r="C128" s="9">
+        <v>162</v>
+      </c>
+      <c r="D128" s="9">
+        <v>10</v>
+      </c>
+      <c r="E128" s="10">
+        <v>6.2E-2</v>
+      </c>
+      <c r="F128" s="9">
+        <v>20</v>
+      </c>
+      <c r="G128" s="9">
+        <v>1</v>
+      </c>
+      <c r="H128" s="9">
+        <v>87</v>
+      </c>
+      <c r="I128" s="9">
+        <v>4</v>
+      </c>
+      <c r="J128" s="9">
+        <v>42</v>
+      </c>
+      <c r="K128" s="9">
+        <v>4</v>
+      </c>
+      <c r="L128" s="9"/>
+      <c r="M128" s="9"/>
+      <c r="N128" s="9"/>
+      <c r="O128" s="9"/>
+      <c r="T128" s="7"/>
+      <c r="W128" s="7"/>
+      <c r="AJ128" s="8"/>
+      <c r="AM128" s="8"/>
+    </row>
+    <row r="129" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A129" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B129" s="5">
+        <v>2174</v>
+      </c>
+      <c r="C129" s="5">
+        <v>2160.5</v>
+      </c>
+      <c r="D129" s="5">
+        <v>141</v>
+      </c>
+      <c r="E129" s="6">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F129" s="5"/>
+      <c r="G129" s="5"/>
+      <c r="H129" s="5"/>
+      <c r="I129" s="5"/>
+      <c r="J129" s="5">
+        <v>1388.5</v>
+      </c>
+      <c r="K129" s="5">
+        <v>55</v>
+      </c>
+      <c r="L129" s="5"/>
+      <c r="M129" s="5"/>
+      <c r="N129" s="5">
+        <v>0</v>
+      </c>
+      <c r="O129" s="5">
+        <v>0</v>
+      </c>
+      <c r="T129" s="7"/>
+      <c r="W129" s="7"/>
+      <c r="AJ129" s="8"/>
+      <c r="AM129" s="8"/>
+    </row>
+    <row r="130" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A130" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="B130" s="9">
+        <v>152</v>
+      </c>
+      <c r="C130" s="9">
+        <v>151.5</v>
+      </c>
+      <c r="D130" s="9">
+        <v>4</v>
+      </c>
+      <c r="E130" s="10">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="F130" s="9"/>
+      <c r="G130" s="9"/>
+      <c r="H130" s="9"/>
+      <c r="I130" s="9"/>
+      <c r="J130" s="9">
+        <v>115.5</v>
+      </c>
+      <c r="K130" s="9">
+        <v>3</v>
+      </c>
+      <c r="L130" s="9"/>
+      <c r="M130" s="9"/>
+      <c r="N130" s="9">
+        <v>0</v>
+      </c>
+      <c r="O130" s="9">
+        <v>0</v>
+      </c>
+      <c r="T130" s="7"/>
+      <c r="W130" s="7"/>
+      <c r="AJ130" s="8"/>
+      <c r="AM130" s="8"/>
+    </row>
+    <row r="131" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A131" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="B131" s="9">
+        <v>19</v>
+      </c>
+      <c r="C131" s="9">
+        <v>19</v>
+      </c>
+      <c r="D131" s="9"/>
+      <c r="E131" s="10"/>
+      <c r="F131" s="9"/>
+      <c r="G131" s="9"/>
+      <c r="H131" s="9"/>
+      <c r="I131" s="9"/>
+      <c r="J131" s="9">
+        <v>12</v>
+      </c>
+      <c r="K131" s="9"/>
+      <c r="L131" s="9"/>
+      <c r="M131" s="9"/>
+      <c r="N131" s="9">
+        <v>0</v>
+      </c>
+      <c r="O131" s="9">
+        <v>0</v>
+      </c>
+      <c r="T131" s="7"/>
+      <c r="W131" s="7"/>
+      <c r="AJ131" s="8"/>
+      <c r="AM131" s="8"/>
+    </row>
+    <row r="132" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A132" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="B132" s="9">
+        <v>61</v>
+      </c>
+      <c r="C132" s="9">
+        <v>61</v>
+      </c>
+      <c r="D132" s="9">
+        <v>4</v>
+      </c>
+      <c r="E132" s="10">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F132" s="9"/>
+      <c r="G132" s="9"/>
+      <c r="H132" s="9"/>
+      <c r="I132" s="9"/>
+      <c r="J132" s="9">
+        <v>50</v>
+      </c>
+      <c r="K132" s="9">
+        <v>3</v>
+      </c>
+      <c r="L132" s="9"/>
+      <c r="M132" s="9"/>
+      <c r="N132" s="9">
+        <v>0</v>
+      </c>
+      <c r="O132" s="9">
+        <v>0</v>
+      </c>
+      <c r="T132" s="7"/>
+      <c r="W132" s="7"/>
+      <c r="AJ132" s="8"/>
+      <c r="AM132" s="8"/>
+    </row>
+    <row r="133" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A133" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="B133" s="9">
+        <v>26</v>
+      </c>
+      <c r="C133" s="9">
+        <v>26</v>
+      </c>
+      <c r="D133" s="9"/>
+      <c r="E133" s="10"/>
+      <c r="F133" s="9"/>
+      <c r="G133" s="9"/>
+      <c r="H133" s="9"/>
+      <c r="I133" s="9"/>
+      <c r="J133" s="9">
+        <v>21</v>
+      </c>
+      <c r="K133" s="9"/>
+      <c r="L133" s="9"/>
+      <c r="M133" s="9"/>
+      <c r="N133" s="9">
+        <v>0</v>
+      </c>
+      <c r="O133" s="9">
+        <v>0</v>
+      </c>
+      <c r="T133" s="7"/>
+      <c r="W133" s="7"/>
+      <c r="AJ133" s="8"/>
+      <c r="AM133" s="8"/>
+    </row>
+    <row r="134" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A134" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="B134" s="9">
+        <v>919</v>
+      </c>
+      <c r="C134" s="9">
+        <v>908</v>
+      </c>
+      <c r="D134" s="9">
+        <v>95.5</v>
+      </c>
+      <c r="E134" s="10">
+        <v>0.105</v>
+      </c>
+      <c r="F134" s="9"/>
+      <c r="G134" s="9"/>
+      <c r="H134" s="9"/>
+      <c r="I134" s="9"/>
+      <c r="J134" s="9">
+        <v>421</v>
+      </c>
+      <c r="K134" s="9">
+        <v>17.5</v>
+      </c>
+      <c r="L134" s="9"/>
+      <c r="M134" s="9"/>
+      <c r="N134" s="9">
+        <v>0</v>
+      </c>
+      <c r="O134" s="9">
+        <v>0</v>
+      </c>
+      <c r="T134" s="7"/>
+      <c r="W134" s="7"/>
+      <c r="AJ134" s="8"/>
+      <c r="AM134" s="8"/>
+    </row>
+    <row r="135" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A135" t="s">
+        <v>143</v>
+      </c>
+      <c r="B135" s="9">
+        <v>11</v>
+      </c>
+      <c r="C135" s="9">
+        <v>10.5</v>
+      </c>
+      <c r="D135" s="9">
+        <v>1</v>
+      </c>
+      <c r="E135" s="10">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="F135" s="9"/>
+      <c r="G135" s="9"/>
+      <c r="H135" s="9"/>
+      <c r="I135" s="9"/>
+      <c r="J135" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="K135" s="9"/>
+      <c r="L135" s="9"/>
+      <c r="M135" s="9"/>
+      <c r="N135" s="9">
+        <v>0</v>
+      </c>
+      <c r="O135" s="9">
+        <v>0</v>
+      </c>
+      <c r="T135" s="7"/>
+      <c r="W135" s="7"/>
+      <c r="AJ135" s="8"/>
+      <c r="AM135" s="8"/>
+    </row>
+    <row r="136" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A136" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="B136" s="9">
+        <v>121</v>
+      </c>
+      <c r="C136" s="9">
+        <v>121</v>
+      </c>
+      <c r="D136" s="9">
+        <v>5</v>
+      </c>
+      <c r="E136" s="10">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="F136" s="9"/>
+      <c r="G136" s="9"/>
+      <c r="H136" s="9"/>
+      <c r="I136" s="9"/>
+      <c r="J136" s="9">
+        <v>14</v>
+      </c>
+      <c r="K136" s="9"/>
+      <c r="L136" s="9"/>
+      <c r="M136" s="9"/>
+      <c r="N136" s="9">
+        <v>0</v>
+      </c>
+      <c r="O136" s="9">
+        <v>0</v>
+      </c>
+      <c r="T136" s="7"/>
+      <c r="W136" s="7"/>
+      <c r="AJ136" s="8"/>
+      <c r="AM136" s="8"/>
+    </row>
+    <row r="137" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A137" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="B137" s="9">
+        <v>590</v>
+      </c>
+      <c r="C137" s="9">
+        <v>588.5</v>
+      </c>
+      <c r="D137" s="9">
+        <v>15.5</v>
+      </c>
+      <c r="E137" s="10">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="F137" s="9"/>
+      <c r="G137" s="9"/>
+      <c r="H137" s="9"/>
+      <c r="I137" s="9"/>
+      <c r="J137" s="9">
+        <v>488.5</v>
+      </c>
+      <c r="K137" s="9">
+        <v>15.5</v>
+      </c>
+      <c r="L137" s="9"/>
+      <c r="M137" s="9"/>
+      <c r="N137" s="9">
+        <v>0</v>
+      </c>
+      <c r="O137" s="9">
+        <v>0</v>
+      </c>
+      <c r="T137" s="7"/>
+      <c r="W137" s="7"/>
+      <c r="AJ137" s="8"/>
+      <c r="AM137" s="8"/>
+    </row>
+    <row r="138" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A138" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="B138" s="9">
+        <v>55</v>
+      </c>
+      <c r="C138" s="9">
+        <v>55</v>
+      </c>
+      <c r="D138" s="9">
+        <v>1</v>
+      </c>
+      <c r="E138" s="10">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="F138" s="9"/>
+      <c r="G138" s="9"/>
+      <c r="H138" s="9"/>
+      <c r="I138" s="9"/>
+      <c r="J138" s="9">
+        <v>48</v>
+      </c>
+      <c r="K138" s="9">
+        <v>1</v>
+      </c>
+      <c r="L138" s="9"/>
+      <c r="M138" s="9"/>
+      <c r="N138" s="9">
+        <v>0</v>
+      </c>
+      <c r="O138" s="9">
+        <v>0</v>
+      </c>
+      <c r="T138" s="7"/>
+      <c r="W138" s="7"/>
+      <c r="AJ138" s="8"/>
+      <c r="AM138" s="8"/>
+    </row>
+    <row r="139" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A139" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="B139" s="9">
+        <v>54</v>
+      </c>
+      <c r="C139" s="9">
+        <v>54</v>
+      </c>
+      <c r="D139" s="9"/>
+      <c r="E139" s="10"/>
+      <c r="F139" s="9"/>
+      <c r="G139" s="9"/>
+      <c r="H139" s="9"/>
+      <c r="I139" s="9"/>
+      <c r="J139" s="9">
+        <v>52</v>
+      </c>
+      <c r="K139" s="9"/>
+      <c r="L139" s="9"/>
+      <c r="M139" s="9"/>
+      <c r="N139" s="9">
+        <v>0</v>
+      </c>
+      <c r="O139" s="9">
+        <v>0</v>
+      </c>
+      <c r="T139" s="7"/>
+      <c r="W139" s="7"/>
+      <c r="AJ139" s="8"/>
+      <c r="AM139" s="8"/>
+    </row>
+    <row r="140" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A140" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="B140" s="9">
+        <v>166</v>
+      </c>
+      <c r="C140" s="9">
+        <v>166</v>
+      </c>
+      <c r="D140" s="9">
+        <v>15</v>
+      </c>
+      <c r="E140" s="10">
+        <v>0.09</v>
+      </c>
+      <c r="F140" s="9"/>
+      <c r="G140" s="9"/>
+      <c r="H140" s="9"/>
+      <c r="I140" s="9"/>
+      <c r="J140" s="9">
+        <v>159</v>
+      </c>
+      <c r="K140" s="9">
+        <v>15</v>
+      </c>
+      <c r="L140" s="9"/>
+      <c r="M140" s="9"/>
+      <c r="N140" s="9">
+        <v>0</v>
+      </c>
+      <c r="O140" s="9">
+        <v>0</v>
+      </c>
+      <c r="T140" s="7"/>
+      <c r="W140" s="7"/>
+      <c r="AJ140" s="8"/>
+      <c r="AM140" s="8"/>
+    </row>
+    <row r="141" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A141" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B141" s="5">
+        <v>310</v>
+      </c>
+      <c r="C141" s="5">
+        <v>306.5</v>
+      </c>
+      <c r="D141" s="5">
+        <v>23.5</v>
+      </c>
+      <c r="E141" s="6">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="F141" s="5">
+        <v>35</v>
+      </c>
+      <c r="G141" s="5">
+        <v>5</v>
+      </c>
+      <c r="H141" s="5">
+        <v>140</v>
+      </c>
+      <c r="I141" s="5">
+        <v>9</v>
+      </c>
+      <c r="J141" s="5">
+        <v>130.5</v>
+      </c>
+      <c r="K141" s="5">
+        <v>9.5</v>
+      </c>
+      <c r="L141" s="5"/>
+      <c r="M141" s="5"/>
+      <c r="N141" s="5"/>
+      <c r="O141" s="5"/>
+      <c r="T141" s="7"/>
+      <c r="W141" s="7"/>
+      <c r="AJ141" s="8"/>
+      <c r="AM141" s="8"/>
+    </row>
+    <row r="142" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A142" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="B142" s="9">
+        <v>173</v>
+      </c>
+      <c r="C142" s="9">
+        <v>173</v>
+      </c>
+      <c r="D142" s="9">
+        <v>14</v>
+      </c>
+      <c r="E142" s="10">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="F142" s="9">
+        <v>35</v>
+      </c>
+      <c r="G142" s="9">
+        <v>5</v>
+      </c>
+      <c r="H142" s="9">
+        <v>104</v>
+      </c>
+      <c r="I142" s="9">
+        <v>7</v>
+      </c>
+      <c r="J142" s="9">
+        <v>33</v>
+      </c>
+      <c r="K142" s="9">
+        <v>2</v>
+      </c>
+      <c r="L142" s="9"/>
+      <c r="M142" s="9"/>
+      <c r="N142" s="9"/>
+      <c r="O142" s="9"/>
+      <c r="T142" s="7"/>
+      <c r="W142" s="7"/>
+      <c r="AJ142" s="8"/>
+      <c r="AM142" s="8"/>
+    </row>
+    <row r="143" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A143" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="B143" s="9">
+        <v>10</v>
+      </c>
+      <c r="C143" s="9">
+        <v>10</v>
+      </c>
+      <c r="D143" s="9"/>
+      <c r="E143" s="10"/>
+      <c r="F143" s="9"/>
+      <c r="G143" s="9"/>
+      <c r="H143" s="9">
+        <v>9</v>
+      </c>
+      <c r="I143" s="9"/>
+      <c r="J143" s="9">
+        <v>1</v>
+      </c>
+      <c r="K143" s="9"/>
+      <c r="L143" s="9"/>
+      <c r="M143" s="9"/>
+      <c r="N143" s="9"/>
+      <c r="O143" s="9"/>
+      <c r="T143" s="7"/>
+      <c r="W143" s="7"/>
+      <c r="AJ143" s="8"/>
+      <c r="AM143" s="8"/>
+    </row>
+    <row r="144" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A144" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="B144" s="9">
+        <v>85</v>
+      </c>
+      <c r="C144" s="9">
+        <v>81.5</v>
+      </c>
+      <c r="D144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="E144" s="10">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="F144" s="9"/>
+      <c r="G144" s="9"/>
+      <c r="H144" s="9">
+        <v>1</v>
+      </c>
+      <c r="I144" s="9"/>
+      <c r="J144" s="9">
+        <v>80.5</v>
+      </c>
+      <c r="K144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="L144" s="9"/>
+      <c r="M144" s="9"/>
+      <c r="N144" s="9"/>
+      <c r="O144" s="9"/>
+      <c r="T144" s="7"/>
+      <c r="W144" s="7"/>
+      <c r="AJ144" s="8"/>
+      <c r="AM144" s="8"/>
+    </row>
+    <row r="145" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A145" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="B145" s="9">
+        <v>12</v>
+      </c>
+      <c r="C145" s="9">
+        <v>12</v>
+      </c>
+      <c r="D145" s="9">
+        <v>1</v>
+      </c>
+      <c r="E145" s="10">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F145" s="9"/>
+      <c r="G145" s="9"/>
+      <c r="H145" s="9">
+        <v>8</v>
+      </c>
+      <c r="I145" s="9">
+        <v>1</v>
+      </c>
+      <c r="J145" s="9">
+        <v>4</v>
+      </c>
+      <c r="K145" s="9"/>
+      <c r="L145" s="9"/>
+      <c r="M145" s="9"/>
+      <c r="N145" s="9"/>
+      <c r="O145" s="9"/>
+      <c r="T145" s="7"/>
+      <c r="W145" s="7"/>
+      <c r="AJ145" s="8"/>
+      <c r="AM145" s="8"/>
+    </row>
+    <row r="146" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A146" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="B146" s="9">
+        <v>30</v>
+      </c>
+      <c r="C146" s="9">
+        <v>30</v>
+      </c>
+      <c r="D146" s="9">
+        <v>1</v>
+      </c>
+      <c r="E146" s="10">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="F146" s="9"/>
+      <c r="G146" s="9"/>
+      <c r="H146" s="9">
+        <v>18</v>
+      </c>
+      <c r="I146" s="9">
+        <v>1</v>
+      </c>
+      <c r="J146" s="9">
+        <v>12</v>
+      </c>
+      <c r="K146" s="9"/>
+      <c r="L146" s="9"/>
+      <c r="M146" s="9"/>
+      <c r="N146" s="9"/>
+      <c r="O146" s="9"/>
+      <c r="T146" s="7"/>
+      <c r="W146" s="7"/>
+      <c r="AJ146" s="8"/>
+      <c r="AM146" s="8"/>
+    </row>
+    <row r="147" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A147" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="B147" s="5">
+        <v>6426</v>
+      </c>
+      <c r="C147" s="5">
+        <v>6402.25</v>
+      </c>
+      <c r="D147" s="5">
+        <v>750.25</v>
+      </c>
+      <c r="E147" s="6">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="F147" s="5">
+        <v>22.5</v>
+      </c>
+      <c r="G147" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="H147" s="5">
+        <v>974.5</v>
+      </c>
+      <c r="I147" s="5">
+        <v>77</v>
+      </c>
+      <c r="J147" s="5">
+        <v>2839.25</v>
+      </c>
+      <c r="K147" s="5">
+        <v>193.75</v>
+      </c>
+      <c r="L147" s="5">
+        <v>2023</v>
+      </c>
+      <c r="M147" s="5">
+        <v>395</v>
+      </c>
+      <c r="N147" s="5"/>
+      <c r="O147" s="5"/>
+      <c r="T147" s="7"/>
+      <c r="W147" s="7"/>
+      <c r="AJ147" s="8"/>
+      <c r="AM147" s="8"/>
+    </row>
+    <row r="148" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A148" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="B148" s="9">
+        <v>228</v>
+      </c>
+      <c r="C148" s="9">
+        <v>228</v>
+      </c>
+      <c r="D148" s="9">
+        <v>22</v>
+      </c>
+      <c r="E148" s="10">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="F148" s="9"/>
+      <c r="G148" s="9"/>
+      <c r="H148" s="9">
+        <v>180</v>
+      </c>
+      <c r="I148" s="9">
+        <v>18</v>
+      </c>
+      <c r="J148" s="9">
+        <v>48</v>
+      </c>
+      <c r="K148" s="9">
+        <v>4</v>
+      </c>
+      <c r="L148" s="9"/>
+      <c r="M148" s="9"/>
+      <c r="N148" s="9"/>
+      <c r="O148" s="9"/>
+      <c r="T148" s="7"/>
+      <c r="W148" s="7"/>
+      <c r="AJ148" s="8"/>
+      <c r="AM148" s="8"/>
+    </row>
+    <row r="149" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A149" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B149" s="9">
+        <v>34</v>
+      </c>
+      <c r="C149" s="9">
+        <v>33.5</v>
+      </c>
+      <c r="D149" s="9">
+        <v>2</v>
+      </c>
+      <c r="E149" s="10">
+        <v>0.06</v>
+      </c>
+      <c r="F149" s="9"/>
+      <c r="G149" s="9"/>
+      <c r="H149" s="9">
+        <v>29.5</v>
+      </c>
+      <c r="I149" s="9">
+        <v>2</v>
+      </c>
+      <c r="J149" s="9">
+        <v>4</v>
+      </c>
+      <c r="K149" s="9"/>
+      <c r="L149" s="9"/>
+      <c r="M149" s="9"/>
+      <c r="N149" s="9"/>
+      <c r="O149" s="9"/>
+      <c r="T149" s="7"/>
+      <c r="W149" s="7"/>
+      <c r="AJ149" s="8"/>
+      <c r="AM149" s="8"/>
+    </row>
+    <row r="150" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A150" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="B150" s="9">
+        <v>2461</v>
+      </c>
+      <c r="C150" s="9">
+        <v>2440.75</v>
+      </c>
+      <c r="D150" s="9">
+        <v>440.25</v>
+      </c>
+      <c r="E150" s="10">
+        <v>0.18</v>
+      </c>
+      <c r="F150" s="9">
+        <v>11.5</v>
+      </c>
+      <c r="G150" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="H150" s="9">
+        <v>21</v>
+      </c>
+      <c r="I150" s="9">
+        <v>2</v>
+      </c>
+      <c r="J150" s="9">
+        <v>385.25</v>
+      </c>
+      <c r="K150" s="9">
+        <v>39.75</v>
+      </c>
+      <c r="L150" s="9">
+        <v>2023</v>
+      </c>
+      <c r="M150" s="9">
+        <v>395</v>
+      </c>
+      <c r="N150" s="9"/>
+      <c r="O150" s="9"/>
+      <c r="T150" s="7"/>
+      <c r="W150" s="7"/>
+      <c r="AJ150" s="8"/>
+      <c r="AM150" s="8"/>
+    </row>
+    <row r="151" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A151" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="B151" s="9">
+        <v>61</v>
+      </c>
+      <c r="C151" s="9">
+        <v>61</v>
+      </c>
+      <c r="D151" s="9">
+        <v>4</v>
+      </c>
+      <c r="E151" s="10">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F151" s="9"/>
+      <c r="G151" s="9"/>
+      <c r="H151" s="9">
+        <v>52</v>
+      </c>
+      <c r="I151" s="9">
+        <v>4</v>
+      </c>
+      <c r="J151" s="9">
+        <v>9</v>
+      </c>
+      <c r="K151" s="9"/>
+      <c r="L151" s="9"/>
+      <c r="M151" s="9"/>
+      <c r="N151" s="9"/>
+      <c r="O151" s="9"/>
+      <c r="T151" s="7"/>
+      <c r="W151" s="7"/>
+      <c r="AJ151" s="8"/>
+      <c r="AM151" s="8"/>
+    </row>
+    <row r="152" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A152" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="B152" s="9">
+        <v>66</v>
+      </c>
+      <c r="C152" s="9">
+        <v>66</v>
+      </c>
+      <c r="D152" s="9">
+        <v>6</v>
+      </c>
+      <c r="E152" s="10">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="F152" s="9"/>
+      <c r="G152" s="9"/>
+      <c r="H152" s="9"/>
+      <c r="I152" s="9"/>
+      <c r="J152" s="9">
+        <v>66</v>
+      </c>
+      <c r="K152" s="9">
+        <v>6</v>
+      </c>
+      <c r="L152" s="9"/>
+      <c r="M152" s="9"/>
+      <c r="N152" s="9"/>
+      <c r="O152" s="9"/>
+      <c r="AJ152" s="8"/>
+      <c r="AM152" s="8"/>
+    </row>
+    <row r="153" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A153" t="s">
+        <v>161</v>
+      </c>
+      <c r="B153" s="9">
+        <v>5</v>
+      </c>
+      <c r="C153" s="9">
+        <v>5</v>
+      </c>
+      <c r="D153" s="9">
+        <v>1</v>
+      </c>
+      <c r="E153" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="F153" s="9"/>
+      <c r="G153" s="9"/>
+      <c r="H153" s="9"/>
+      <c r="I153" s="9"/>
+      <c r="J153" s="9">
+        <v>4</v>
+      </c>
+      <c r="K153" s="9">
+        <v>1</v>
+      </c>
+      <c r="L153" s="9"/>
+      <c r="M153" s="9"/>
+      <c r="N153" s="9"/>
+      <c r="O153" s="9"/>
+      <c r="AJ153" s="8"/>
+      <c r="AM153" s="8"/>
+    </row>
+    <row r="154" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A154" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="B154" s="9">
+        <v>2104</v>
+      </c>
+      <c r="C154" s="9">
+        <v>2103</v>
+      </c>
+      <c r="D154" s="9">
+        <v>173.5</v>
+      </c>
+      <c r="E154" s="10">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F154" s="9">
+        <v>11</v>
+      </c>
+      <c r="G154" s="9"/>
+      <c r="H154" s="9">
+        <v>38</v>
+      </c>
+      <c r="I154" s="9">
+        <v>3</v>
+      </c>
+      <c r="J154" s="9">
+        <v>1514</v>
+      </c>
+      <c r="K154" s="9">
+        <v>90.5</v>
+      </c>
+      <c r="L154" s="9"/>
+      <c r="M154" s="9"/>
+      <c r="N154" s="9"/>
+      <c r="O154" s="9"/>
+      <c r="AJ154" s="8"/>
+      <c r="AM154" s="8"/>
+    </row>
+    <row r="155" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A155" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="B155" s="9">
+        <v>180</v>
+      </c>
+      <c r="C155" s="9">
+        <v>180</v>
+      </c>
+      <c r="D155" s="9">
+        <v>12</v>
+      </c>
+      <c r="E155" s="10">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="F155" s="9"/>
+      <c r="G155" s="9"/>
+      <c r="H155" s="9">
+        <v>104</v>
+      </c>
+      <c r="I155" s="9">
+        <v>5</v>
+      </c>
+      <c r="J155" s="9">
+        <v>74</v>
+      </c>
+      <c r="K155" s="9">
+        <v>6</v>
+      </c>
+      <c r="L155" s="9"/>
+      <c r="M155" s="9"/>
+      <c r="N155" s="9"/>
+      <c r="O155" s="9"/>
+      <c r="AJ155" s="8"/>
+      <c r="AM155" s="8"/>
+    </row>
+    <row r="156" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A156" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="B156" s="9">
+        <v>45</v>
+      </c>
+      <c r="C156" s="9">
+        <v>45</v>
+      </c>
+      <c r="D156" s="9">
+        <v>5</v>
+      </c>
+      <c r="E156" s="10">
+        <v>0.111</v>
+      </c>
+      <c r="F156" s="9"/>
+      <c r="G156" s="9"/>
+      <c r="H156" s="9">
+        <v>32</v>
+      </c>
+      <c r="I156" s="9">
+        <v>5</v>
+      </c>
+      <c r="J156" s="9">
+        <v>13</v>
+      </c>
+      <c r="K156" s="9"/>
+      <c r="L156" s="9"/>
+      <c r="M156" s="9"/>
+      <c r="N156" s="9"/>
+      <c r="O156" s="9"/>
+      <c r="AJ156" s="8"/>
+      <c r="AM156" s="8"/>
+    </row>
+    <row r="157" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A157" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="B157" s="9">
+        <v>459</v>
+      </c>
+      <c r="C157" s="9">
+        <v>457</v>
+      </c>
+      <c r="D157" s="9">
+        <v>34.5</v>
+      </c>
+      <c r="E157" s="10">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="F157" s="9"/>
+      <c r="G157" s="9"/>
+      <c r="H157" s="9">
+        <v>395</v>
+      </c>
+      <c r="I157" s="9">
+        <v>32</v>
+      </c>
+      <c r="J157" s="9">
+        <v>62</v>
+      </c>
+      <c r="K157" s="9">
+        <v>2.5</v>
+      </c>
+      <c r="L157" s="9"/>
+      <c r="M157" s="9"/>
+      <c r="N157" s="9"/>
+      <c r="O157" s="9"/>
+      <c r="AJ157" s="8"/>
+      <c r="AM157" s="8"/>
+    </row>
+    <row r="158" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A158" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="B158" s="9">
+        <v>54</v>
+      </c>
+      <c r="C158" s="9">
+        <v>54</v>
+      </c>
+      <c r="D158" s="9">
+        <v>4</v>
+      </c>
+      <c r="E158" s="10">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="F158" s="9"/>
+      <c r="G158" s="9"/>
+      <c r="H158" s="9">
+        <v>8</v>
+      </c>
+      <c r="I158" s="9"/>
+      <c r="J158" s="9">
+        <v>46</v>
+      </c>
+      <c r="K158" s="9">
+        <v>4</v>
+      </c>
+      <c r="L158" s="9"/>
+      <c r="M158" s="9"/>
+      <c r="N158" s="9"/>
+      <c r="O158" s="9"/>
+      <c r="AJ158" s="8"/>
+      <c r="AM158" s="8"/>
+    </row>
+    <row r="159" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A159" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="B159" s="9">
+        <v>43</v>
+      </c>
+      <c r="C159" s="9">
+        <v>43</v>
+      </c>
+      <c r="D159" s="9">
+        <v>2</v>
+      </c>
+      <c r="E159" s="10">
+        <v>4.7E-2</v>
+      </c>
+      <c r="F159" s="9"/>
+      <c r="G159" s="9"/>
+      <c r="H159" s="9">
+        <v>27</v>
+      </c>
+      <c r="I159" s="9">
+        <v>1</v>
+      </c>
+      <c r="J159" s="9">
+        <v>16</v>
+      </c>
+      <c r="K159" s="9">
+        <v>1</v>
+      </c>
+      <c r="L159" s="9"/>
+      <c r="M159" s="9"/>
+      <c r="N159" s="9"/>
+      <c r="O159" s="9"/>
+      <c r="AJ159" s="8"/>
+      <c r="AM159" s="8"/>
+    </row>
+    <row r="160" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A160" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="B160" s="9">
+        <v>686</v>
+      </c>
+      <c r="C160" s="9">
+        <v>686</v>
+      </c>
+      <c r="D160" s="9">
+        <v>44</v>
+      </c>
+      <c r="E160" s="10">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F160" s="9"/>
+      <c r="G160" s="9"/>
+      <c r="H160" s="9">
+        <v>88</v>
+      </c>
+      <c r="I160" s="9">
+        <v>5</v>
+      </c>
+      <c r="J160" s="9">
+        <v>598</v>
+      </c>
+      <c r="K160" s="9">
+        <v>39</v>
+      </c>
+      <c r="L160" s="9"/>
+      <c r="M160" s="9"/>
+      <c r="N160" s="9"/>
+      <c r="O160" s="9"/>
+      <c r="AJ160" s="8"/>
+      <c r="AM160" s="8"/>
+    </row>
+    <row r="161" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A161" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B161" s="5">
+        <v>793</v>
+      </c>
+      <c r="C161" s="5">
+        <v>792.2</v>
+      </c>
+      <c r="D161" s="5">
+        <v>97.5</v>
+      </c>
+      <c r="E161" s="6">
+        <v>0.123</v>
+      </c>
+      <c r="F161" s="5">
+        <v>76.2</v>
+      </c>
+      <c r="G161" s="5">
+        <v>21.5</v>
+      </c>
+      <c r="H161" s="5">
+        <v>303</v>
+      </c>
+      <c r="I161" s="5">
+        <v>22</v>
+      </c>
+      <c r="J161" s="5">
+        <v>410</v>
+      </c>
+      <c r="K161" s="5">
+        <v>54</v>
+      </c>
+      <c r="L161" s="5"/>
+      <c r="M161" s="5"/>
+      <c r="N161" s="5"/>
+      <c r="O161" s="5"/>
+      <c r="AJ161" s="8"/>
+      <c r="AM161" s="8"/>
+    </row>
+    <row r="162" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A162" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="B162" s="9">
+        <v>330</v>
+      </c>
+      <c r="C162" s="9">
+        <v>329.7</v>
+      </c>
+      <c r="D162" s="9">
+        <v>40</v>
+      </c>
+      <c r="E162" s="10">
+        <v>0.121</v>
+      </c>
+      <c r="F162" s="9">
+        <v>72.7</v>
+      </c>
+      <c r="G162" s="9">
+        <v>21</v>
+      </c>
+      <c r="H162" s="9">
+        <v>196</v>
+      </c>
+      <c r="I162" s="9">
+        <v>14</v>
+      </c>
+      <c r="J162" s="9">
+        <v>60</v>
+      </c>
+      <c r="K162" s="9">
+        <v>5</v>
+      </c>
+      <c r="L162" s="9"/>
+      <c r="M162" s="9"/>
+      <c r="N162" s="9"/>
+      <c r="O162" s="9"/>
+      <c r="AJ162" s="8"/>
+      <c r="AM162" s="8"/>
+    </row>
+    <row r="163" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A163" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="B163" s="9">
+        <v>141</v>
+      </c>
+      <c r="C163" s="9">
+        <v>141</v>
+      </c>
+      <c r="D163" s="9">
+        <v>9</v>
+      </c>
+      <c r="E163" s="10">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F163" s="9"/>
+      <c r="G163" s="9"/>
+      <c r="H163" s="9">
+        <v>71</v>
+      </c>
+      <c r="I163" s="9">
+        <v>4</v>
+      </c>
+      <c r="J163" s="9">
+        <v>70</v>
+      </c>
+      <c r="K163" s="9">
+        <v>5</v>
+      </c>
+      <c r="L163" s="9"/>
+      <c r="M163" s="9"/>
+      <c r="N163" s="9"/>
+      <c r="O163" s="9"/>
+      <c r="AJ163" s="8"/>
+      <c r="AM163" s="8"/>
+    </row>
+    <row r="164" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A164" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B164" s="9">
+        <v>55</v>
+      </c>
+      <c r="C164" s="9">
+        <v>55</v>
+      </c>
+      <c r="D164" s="9">
+        <v>2</v>
+      </c>
+      <c r="E164" s="10">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="F164" s="9"/>
+      <c r="G164" s="9"/>
+      <c r="H164" s="9"/>
+      <c r="I164" s="9"/>
+      <c r="J164" s="9">
+        <v>53</v>
+      </c>
+      <c r="K164" s="9">
+        <v>2</v>
+      </c>
+      <c r="L164" s="9"/>
+      <c r="M164" s="9"/>
+      <c r="N164" s="9"/>
+      <c r="O164" s="9"/>
+      <c r="AJ164" s="8"/>
+      <c r="AM164" s="8"/>
+    </row>
+    <row r="165" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A165" t="s">
+        <v>173</v>
+      </c>
+      <c r="B165" s="9">
+        <v>106</v>
+      </c>
+      <c r="C165" s="9">
+        <v>106</v>
+      </c>
+      <c r="D165" s="9">
+        <v>24</v>
+      </c>
+      <c r="E165" s="10">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="F165" s="9"/>
+      <c r="G165" s="9"/>
+      <c r="H165" s="9">
+        <v>2</v>
+      </c>
+      <c r="I165" s="9">
+        <v>1</v>
+      </c>
+      <c r="J165" s="9">
+        <v>104</v>
+      </c>
+      <c r="K165" s="9">
+        <v>23</v>
+      </c>
+      <c r="L165" s="9"/>
+      <c r="M165" s="9"/>
+      <c r="N165" s="9"/>
+      <c r="O165" s="9"/>
+      <c r="AJ165" s="8"/>
+      <c r="AM165" s="8"/>
+    </row>
+    <row r="166" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A166" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="B166" s="9">
+        <v>161</v>
+      </c>
+      <c r="C166" s="9">
+        <v>160.5</v>
+      </c>
+      <c r="D166" s="9">
+        <v>22.5</v>
+      </c>
+      <c r="E166" s="10">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F166" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="G166" s="9">
+        <v>0.5</v>
+      </c>
+      <c r="H166" s="9">
+        <v>34</v>
+      </c>
+      <c r="I166" s="9">
+        <v>3</v>
+      </c>
+      <c r="J166" s="9">
+        <v>123</v>
+      </c>
+      <c r="K166" s="9">
+        <v>19</v>
+      </c>
+      <c r="L166" s="9"/>
+      <c r="M166" s="9"/>
+      <c r="N166" s="9"/>
+      <c r="O166" s="9"/>
+      <c r="AJ166" s="8"/>
+      <c r="AM166" s="8"/>
+    </row>
+    <row r="167" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A167" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="B167" s="5">
+        <v>5180</v>
+      </c>
+      <c r="C167" s="5">
+        <v>4541.6549999999997</v>
+      </c>
+      <c r="D167" s="5">
+        <v>224.35</v>
+      </c>
+      <c r="E167" s="6">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="F167" s="5">
+        <v>21</v>
+      </c>
+      <c r="G167" s="5">
+        <v>4</v>
+      </c>
+      <c r="H167" s="5">
+        <v>538.5</v>
+      </c>
+      <c r="I167" s="5">
+        <v>60.25</v>
+      </c>
+      <c r="J167" s="5">
+        <v>3977.1550000000002</v>
+      </c>
+      <c r="K167" s="5">
+        <v>160.1</v>
+      </c>
+      <c r="L167" s="5"/>
+      <c r="M167" s="5"/>
+      <c r="N167" s="5"/>
+      <c r="O167" s="5"/>
+      <c r="AJ167" s="8"/>
+      <c r="AM167" s="8"/>
+    </row>
+    <row r="168" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A168" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="B168" s="9">
+        <v>185</v>
+      </c>
+      <c r="C168" s="9">
+        <v>184.5</v>
+      </c>
+      <c r="D168" s="9">
+        <v>33</v>
+      </c>
+      <c r="E168" s="10">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="F168" s="9">
+        <v>21</v>
+      </c>
+      <c r="G168" s="9">
+        <v>4</v>
+      </c>
+      <c r="H168" s="9">
+        <v>130</v>
+      </c>
+      <c r="I168" s="9">
+        <v>25</v>
+      </c>
+      <c r="J168" s="9">
+        <v>28.5</v>
+      </c>
+      <c r="K168" s="9">
+        <v>4</v>
+      </c>
+      <c r="L168" s="9"/>
+      <c r="M168" s="9"/>
+      <c r="N168" s="9"/>
+      <c r="O168" s="9"/>
+      <c r="AJ168" s="8"/>
+      <c r="AM168" s="8"/>
+    </row>
+    <row r="169" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A169" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="B169" s="9">
+        <v>11</v>
+      </c>
+      <c r="C169" s="9">
+        <v>10</v>
+      </c>
+      <c r="D169" s="9">
+        <v>2</v>
+      </c>
+      <c r="E169" s="10">
+        <v>0.2</v>
+      </c>
+      <c r="F169" s="9"/>
+      <c r="G169" s="9"/>
+      <c r="H169" s="9">
+        <v>5</v>
+      </c>
+      <c r="I169" s="9">
+        <v>2</v>
+      </c>
+      <c r="J169" s="9">
+        <v>5</v>
+      </c>
+      <c r="K169" s="9"/>
+      <c r="L169" s="9"/>
+      <c r="M169" s="9"/>
+      <c r="N169" s="9"/>
+      <c r="O169" s="9"/>
+      <c r="AJ169" s="8"/>
+      <c r="AM169" s="8"/>
+    </row>
+    <row r="170" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A170" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="B170" s="9">
+        <v>209</v>
+      </c>
+      <c r="C170" s="9">
+        <v>207</v>
+      </c>
+      <c r="D170" s="9">
+        <v>17.5</v>
+      </c>
+      <c r="E170" s="10">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="F170" s="9"/>
+      <c r="G170" s="9"/>
+      <c r="H170" s="9">
+        <v>132</v>
+      </c>
+      <c r="I170" s="9">
+        <v>10</v>
+      </c>
+      <c r="J170" s="9">
+        <v>75</v>
+      </c>
+      <c r="K170" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="L170" s="9"/>
+      <c r="M170" s="9"/>
+      <c r="N170" s="9"/>
+      <c r="O170" s="9"/>
+      <c r="AJ170" s="8"/>
+      <c r="AM170" s="8"/>
+    </row>
+    <row r="171" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A171" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="B171" s="9">
+        <v>3847</v>
+      </c>
+      <c r="C171" s="9">
+        <v>3230.1550000000002</v>
+      </c>
+      <c r="D171" s="9">
+        <v>112.35</v>
+      </c>
+      <c r="E171" s="10">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="F171" s="9"/>
+      <c r="G171" s="9"/>
+      <c r="H171" s="9">
+        <v>14</v>
+      </c>
+      <c r="I171" s="9"/>
+      <c r="J171" s="9">
+        <v>3216.1550000000002</v>
+      </c>
+      <c r="K171" s="9">
+        <v>112.35</v>
+      </c>
+      <c r="L171" s="9"/>
+      <c r="M171" s="9"/>
+      <c r="N171" s="9"/>
+      <c r="O171" s="9"/>
+      <c r="AJ171" s="8"/>
+      <c r="AM171" s="8"/>
+    </row>
+    <row r="172" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A172" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="B172" s="9">
+        <v>72</v>
+      </c>
+      <c r="C172" s="9">
+        <v>65</v>
+      </c>
+      <c r="D172" s="9">
+        <v>5</v>
+      </c>
+      <c r="E172" s="10">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="F172" s="9"/>
+      <c r="G172" s="9"/>
+      <c r="H172" s="9"/>
+      <c r="I172" s="9"/>
+      <c r="J172" s="9">
+        <v>65</v>
+      </c>
+      <c r="K172" s="9">
+        <v>5</v>
+      </c>
+      <c r="L172" s="9"/>
+      <c r="M172" s="9"/>
+      <c r="N172" s="9"/>
+      <c r="O172" s="9"/>
+      <c r="AJ172" s="8"/>
+      <c r="AM172" s="8"/>
+    </row>
+    <row r="173" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A173" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="B173" s="9">
+        <v>149</v>
+      </c>
+      <c r="C173" s="9">
+        <v>147</v>
+      </c>
+      <c r="D173" s="9">
+        <v>12</v>
+      </c>
+      <c r="E173" s="10">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="F173" s="9"/>
+      <c r="G173" s="9"/>
+      <c r="H173" s="9">
+        <v>17</v>
+      </c>
+      <c r="I173" s="9">
+        <v>4</v>
+      </c>
+      <c r="J173" s="9">
+        <v>130</v>
+      </c>
+      <c r="K173" s="9">
+        <v>8</v>
+      </c>
+      <c r="L173" s="9"/>
+      <c r="M173" s="9"/>
+      <c r="N173" s="9"/>
+      <c r="O173" s="9"/>
+      <c r="AJ173" s="8"/>
+      <c r="AM173" s="8"/>
+    </row>
+    <row r="174" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A174" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="B174" s="9">
         <v>197</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="C174" s="9">
+        <v>191</v>
+      </c>
+      <c r="D174" s="9">
+        <v>7.25</v>
+      </c>
+      <c r="E174" s="10">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="F174" s="9"/>
+      <c r="G174" s="9"/>
+      <c r="H174" s="9">
+        <v>5</v>
+      </c>
+      <c r="I174" s="9"/>
+      <c r="J174" s="9">
+        <v>186</v>
+      </c>
+      <c r="K174" s="9">
+        <v>7.25</v>
+      </c>
+      <c r="L174" s="9"/>
+      <c r="M174" s="9"/>
+      <c r="N174" s="9"/>
+      <c r="O174" s="9"/>
+      <c r="AJ174" s="8"/>
+      <c r="AM174" s="8"/>
+    </row>
+    <row r="175" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A175" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="B175" s="9">
+        <v>164</v>
+      </c>
+      <c r="C175" s="9">
+        <v>164</v>
+      </c>
+      <c r="D175" s="9">
+        <v>13</v>
+      </c>
+      <c r="E175" s="10">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F175" s="9"/>
+      <c r="G175" s="9"/>
+      <c r="H175" s="9">
+        <v>22</v>
+      </c>
+      <c r="I175" s="9">
+        <v>1</v>
+      </c>
+      <c r="J175" s="9">
+        <v>142</v>
+      </c>
+      <c r="K175" s="9">
+        <v>12</v>
+      </c>
+      <c r="L175" s="9"/>
+      <c r="M175" s="9"/>
+      <c r="N175" s="9"/>
+      <c r="O175" s="9"/>
+      <c r="AJ175" s="8"/>
+      <c r="AM175" s="8"/>
+    </row>
+    <row r="176" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A176" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="B176" s="9">
+        <v>192</v>
+      </c>
+      <c r="C176" s="9">
+        <v>189</v>
+      </c>
+      <c r="D176" s="9">
+        <v>13.25</v>
+      </c>
+      <c r="E176" s="10">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F176" s="9"/>
+      <c r="G176" s="9"/>
+      <c r="H176" s="9">
+        <v>117.5</v>
+      </c>
+      <c r="I176" s="9">
+        <v>10.25</v>
+      </c>
+      <c r="J176" s="9">
+        <v>71.5</v>
+      </c>
+      <c r="K176" s="9">
+        <v>3</v>
+      </c>
+      <c r="L176" s="9"/>
+      <c r="M176" s="9"/>
+      <c r="N176" s="9"/>
+      <c r="O176" s="9"/>
+      <c r="AJ176" s="8"/>
+      <c r="AM176" s="8"/>
+    </row>
+    <row r="177" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A177" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="B177" s="9">
+        <v>154</v>
+      </c>
+      <c r="C177" s="9">
+        <v>154</v>
+      </c>
+      <c r="D177" s="9">
+        <v>9</v>
+      </c>
+      <c r="E177" s="10">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="F177" s="9"/>
+      <c r="G177" s="9"/>
+      <c r="H177" s="9">
+        <v>96</v>
+      </c>
+      <c r="I177" s="9">
+        <v>8</v>
+      </c>
+      <c r="J177" s="9">
+        <v>58</v>
+      </c>
+      <c r="K177" s="9">
+        <v>1</v>
+      </c>
+      <c r="L177" s="9"/>
+      <c r="M177" s="9"/>
+      <c r="N177" s="9"/>
+      <c r="O177" s="9"/>
+      <c r="AJ177" s="8"/>
+      <c r="AM177" s="8"/>
+    </row>
+    <row r="178" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A178" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B178" s="5">
+        <v>2799</v>
+      </c>
+      <c r="C178" s="5">
+        <v>2792.2</v>
+      </c>
+      <c r="D178" s="5">
+        <v>529.5</v>
+      </c>
+      <c r="E178" s="6">
+        <v>0.19</v>
+      </c>
+      <c r="F178" s="5"/>
+      <c r="G178" s="5"/>
+      <c r="H178" s="5">
+        <v>1848</v>
+      </c>
+      <c r="I178" s="5">
+        <v>88</v>
+      </c>
+      <c r="J178" s="5">
+        <v>939.2</v>
+      </c>
+      <c r="K178" s="5">
+        <v>441.5</v>
+      </c>
+      <c r="L178" s="5"/>
+      <c r="M178" s="5"/>
+      <c r="N178" s="5">
+        <v>426</v>
+      </c>
+      <c r="O178" s="5">
+        <v>401</v>
+      </c>
+      <c r="AJ178" s="8"/>
+      <c r="AM178" s="8"/>
+    </row>
+    <row r="179" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A179" s="9" t="s">
+        <v>187</v>
+      </c>
+      <c r="B179" s="9">
+        <v>240</v>
+      </c>
+      <c r="C179" s="9">
+        <v>240</v>
+      </c>
+      <c r="D179" s="9">
+        <v>16</v>
+      </c>
+      <c r="E179" s="10">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="F179" s="9"/>
+      <c r="G179" s="9"/>
+      <c r="H179" s="9">
+        <v>209</v>
+      </c>
+      <c r="I179" s="9">
+        <v>12</v>
+      </c>
+      <c r="J179" s="9">
+        <v>26</v>
+      </c>
+      <c r="K179" s="9">
+        <v>4</v>
+      </c>
+      <c r="L179" s="9"/>
+      <c r="M179" s="9"/>
+      <c r="N179" s="9"/>
+      <c r="O179" s="9"/>
+      <c r="AJ179" s="8"/>
+      <c r="AM179" s="8"/>
+    </row>
+    <row r="180" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A180" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="B180" s="9">
+        <v>666</v>
+      </c>
+      <c r="C180" s="9">
+        <v>666</v>
+      </c>
+      <c r="D180" s="9">
+        <v>28</v>
+      </c>
+      <c r="E180" s="10">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F180" s="9"/>
+      <c r="G180" s="9"/>
+      <c r="H180" s="9">
+        <v>549</v>
+      </c>
+      <c r="I180" s="9">
+        <v>18</v>
+      </c>
+      <c r="J180" s="9">
+        <v>117</v>
+      </c>
+      <c r="K180" s="9">
         <v>10</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="L180" s="9"/>
+      <c r="M180" s="9"/>
+      <c r="N180" s="9"/>
+      <c r="O180" s="9"/>
+      <c r="AJ180" s="8"/>
+      <c r="AM180" s="8"/>
+    </row>
+    <row r="181" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A181" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="B181" s="9">
+        <v>609</v>
+      </c>
+      <c r="C181" s="9">
+        <v>604.20000000000005</v>
+      </c>
+      <c r="D181" s="9">
+        <v>37</v>
+      </c>
+      <c r="E181" s="10">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F181" s="9"/>
+      <c r="G181" s="9"/>
+      <c r="H181" s="9">
+        <v>428</v>
+      </c>
+      <c r="I181" s="9">
+        <v>29</v>
+      </c>
+      <c r="J181" s="9">
+        <v>176.2</v>
+      </c>
+      <c r="K181" s="9">
+        <v>8</v>
+      </c>
+      <c r="L181" s="9"/>
+      <c r="M181" s="9"/>
+      <c r="N181" s="9"/>
+      <c r="O181" s="9"/>
+      <c r="AJ181" s="8"/>
+      <c r="AM181" s="8"/>
+    </row>
+    <row r="182" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A182" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="B182" s="9">
+        <v>216</v>
+      </c>
+      <c r="C182" s="9">
+        <v>219</v>
+      </c>
+      <c r="D182" s="9">
+        <v>17</v>
+      </c>
+      <c r="E182" s="10">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F182" s="9"/>
+      <c r="G182" s="9"/>
+      <c r="H182" s="9">
+        <v>152</v>
+      </c>
+      <c r="I182" s="9">
         <v>11</v>
       </c>
-      <c r="K7" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A8" s="3" t="s">
+      <c r="J182" s="9">
+        <v>67</v>
+      </c>
+      <c r="K182" s="9">
+        <v>6</v>
+      </c>
+      <c r="L182" s="9"/>
+      <c r="M182" s="9"/>
+      <c r="N182" s="9"/>
+      <c r="O182" s="9"/>
+      <c r="AJ182" s="8"/>
+      <c r="AM182" s="8"/>
+    </row>
+    <row r="183" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A183" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="B183" s="9">
+        <v>989</v>
+      </c>
+      <c r="C183" s="9">
+        <v>984</v>
+      </c>
+      <c r="D183" s="9">
+        <v>431.5</v>
+      </c>
+      <c r="E183" s="10">
+        <v>0.439</v>
+      </c>
+      <c r="F183" s="9"/>
+      <c r="G183" s="9"/>
+      <c r="H183" s="9">
+        <v>454</v>
+      </c>
+      <c r="I183" s="9">
         <v>18</v>
       </c>
-      <c r="B8" s="3">
-[...202 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="J183" s="9">
+        <v>530</v>
+      </c>
+      <c r="K183" s="9">
+        <v>413.5</v>
+      </c>
+      <c r="L183" s="9"/>
+      <c r="M183" s="9"/>
+      <c r="N183" s="9">
+        <v>426</v>
+      </c>
+      <c r="O183" s="9">
+        <v>401</v>
+      </c>
+      <c r="AJ183" s="8"/>
+      <c r="AM183" s="8"/>
+    </row>
+    <row r="184" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A184" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="B184" s="9">
+        <v>79</v>
+      </c>
+      <c r="C184" s="9">
+        <v>79</v>
+      </c>
+      <c r="D184" s="9"/>
+      <c r="E184" s="10"/>
+      <c r="F184" s="9"/>
+      <c r="G184" s="9"/>
+      <c r="H184" s="9">
+        <v>56</v>
+      </c>
+      <c r="I184" s="9"/>
+      <c r="J184" s="9">
         <v>23</v>
       </c>
-      <c r="B13" s="4">
-[...1507 lines deleted...]
-      <c r="N48" s="4">
+      <c r="K184" s="9"/>
+      <c r="L184" s="9"/>
+      <c r="M184" s="9"/>
+      <c r="N184" s="9"/>
+      <c r="O184" s="9"/>
+      <c r="AJ184" s="8"/>
+      <c r="AM184" s="8"/>
+    </row>
+    <row r="185" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A185" s="9"/>
+      <c r="B185" s="5">
+        <f>SUM(B8:B184)/2</f>
+        <v>52792</v>
+      </c>
+      <c r="C185" s="5">
+        <f>SUM(C8:C184)/2</f>
+        <v>51662.192999999992</v>
+      </c>
+      <c r="D185" s="5">
+        <f>SUM(D8:D184)/2</f>
+        <v>5173.3539999999994</v>
+      </c>
+      <c r="E185" s="6">
+        <f>D185/C185</f>
+        <v>0.10013810292567332</v>
+      </c>
+      <c r="F185" s="5">
+        <f t="shared" ref="F185:M185" si="0">SUM(F8:F184)/2</f>
+        <v>1058.5</v>
+      </c>
+      <c r="G185" s="5">
+        <f t="shared" si="0"/>
+        <v>173.9</v>
+      </c>
+      <c r="H185" s="5">
+        <f t="shared" si="0"/>
+        <v>12451.8</v>
+      </c>
+      <c r="I185" s="5">
+        <f t="shared" si="0"/>
+        <v>835.13000000000011</v>
+      </c>
+      <c r="J185" s="5">
+        <f t="shared" si="0"/>
+        <v>22798.432999999997</v>
+      </c>
+      <c r="K185" s="5">
+        <f t="shared" si="0"/>
+        <v>1756.3240000000001</v>
+      </c>
+      <c r="L185" s="5">
+        <f t="shared" si="0"/>
+        <v>13315</v>
+      </c>
+      <c r="M185" s="5">
+        <f t="shared" si="0"/>
+        <v>2184</v>
+      </c>
+      <c r="N185" s="5">
+        <f>SUM(N8:N183)/2</f>
+        <v>426</v>
+      </c>
+      <c r="O185" s="5">
+        <f>SUM(O8:O183)/2</f>
+        <v>401</v>
+      </c>
+      <c r="T185" s="7"/>
+      <c r="W185" s="7"/>
+      <c r="AI185" s="8"/>
+    </row>
+    <row r="186" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="L186" s="7"/>
+      <c r="T186" s="7"/>
+      <c r="W186" s="7"/>
+    </row>
+    <row r="187" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A187" t="s">
+        <v>193</v>
+      </c>
+      <c r="L187" s="7"/>
+      <c r="T187" s="7"/>
+      <c r="W187" s="7"/>
+    </row>
+    <row r="188" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="L188" s="7"/>
+      <c r="T188" s="7"/>
+      <c r="W188" s="7"/>
+    </row>
+    <row r="189" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="A189" t="s">
         <v>197</v>
       </c>
-      <c r="O48" s="4"/>
-[...5633 lines deleted...]
-      <c r="P220" s="5"/>
+      <c r="L189" s="7"/>
+      <c r="T189" s="7"/>
+      <c r="W189" s="7"/>
+    </row>
+    <row r="190" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="L190" s="7"/>
+      <c r="T190" s="7"/>
+      <c r="W190" s="7"/>
+    </row>
+    <row r="191" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="L191" s="7"/>
+      <c r="T191" s="7"/>
+      <c r="W191" s="7"/>
+    </row>
+    <row r="192" spans="1:39" x14ac:dyDescent="0.3">
+      <c r="L192" s="7"/>
+      <c r="T192" s="7"/>
+      <c r="W192" s="7"/>
+    </row>
+    <row r="193" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L193" s="7"/>
+      <c r="T193" s="7"/>
+      <c r="W193" s="7"/>
+    </row>
+    <row r="194" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L194" s="7"/>
+      <c r="T194" s="7"/>
+      <c r="W194" s="7"/>
+    </row>
+    <row r="195" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L195" s="7"/>
+      <c r="T195" s="7"/>
+      <c r="W195" s="7"/>
+    </row>
+    <row r="196" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L196" s="7"/>
+      <c r="T196" s="7"/>
+      <c r="W196" s="7"/>
+    </row>
+    <row r="197" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L197" s="7"/>
+      <c r="T197" s="7"/>
+      <c r="W197" s="7"/>
+    </row>
+    <row r="198" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L198" s="7"/>
+      <c r="T198" s="7"/>
+      <c r="W198" s="7"/>
+    </row>
+    <row r="199" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L199" s="7"/>
+      <c r="T199" s="7"/>
+      <c r="W199" s="7"/>
+    </row>
+    <row r="200" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L200" s="7"/>
+      <c r="T200" s="7"/>
+      <c r="W200" s="7"/>
+    </row>
+    <row r="201" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L201" s="7"/>
+      <c r="T201" s="7"/>
+      <c r="W201" s="7"/>
+    </row>
+    <row r="202" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L202" s="7"/>
+      <c r="T202" s="7"/>
+      <c r="W202" s="7"/>
+    </row>
+    <row r="203" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L203" s="7"/>
+      <c r="T203" s="7"/>
+      <c r="W203" s="7"/>
+    </row>
+    <row r="204" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L204" s="7"/>
+      <c r="T204" s="7"/>
+      <c r="W204" s="7"/>
+    </row>
+    <row r="205" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L205" s="7"/>
+      <c r="T205" s="7"/>
+      <c r="W205" s="7"/>
+    </row>
+    <row r="206" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L206" s="7"/>
+      <c r="T206" s="7"/>
+      <c r="W206" s="7"/>
+    </row>
+    <row r="207" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L207" s="7"/>
+      <c r="T207" s="7"/>
+      <c r="W207" s="7"/>
+    </row>
+    <row r="208" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L208" s="7"/>
+      <c r="T208" s="7"/>
+      <c r="W208" s="7"/>
+    </row>
+    <row r="209" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L209" s="7"/>
+      <c r="T209" s="7"/>
+      <c r="W209" s="7"/>
+    </row>
+    <row r="210" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L210" s="7"/>
+      <c r="T210" s="7"/>
+      <c r="W210" s="7"/>
+    </row>
+    <row r="211" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L211" s="7"/>
+      <c r="T211" s="7"/>
+      <c r="W211" s="7"/>
+    </row>
+    <row r="212" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L212" s="7"/>
+      <c r="T212" s="7"/>
+      <c r="W212" s="7"/>
+    </row>
+    <row r="213" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L213" s="7"/>
+      <c r="T213" s="7"/>
+      <c r="W213" s="7"/>
+    </row>
+    <row r="214" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L214" s="7"/>
+      <c r="T214" s="7"/>
+      <c r="W214" s="7"/>
+    </row>
+    <row r="215" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L215" s="7"/>
+      <c r="T215" s="7"/>
+      <c r="W215" s="7"/>
+    </row>
+    <row r="216" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L216" s="7"/>
+      <c r="T216" s="7"/>
+      <c r="W216" s="7"/>
+    </row>
+    <row r="217" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L217" s="7"/>
+      <c r="T217" s="7"/>
+      <c r="W217" s="7"/>
+    </row>
+    <row r="218" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L218" s="7"/>
+      <c r="O218" s="7"/>
+    </row>
+    <row r="219" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L219" s="7"/>
+      <c r="O219" s="7"/>
+    </row>
+    <row r="220" spans="12:23" x14ac:dyDescent="0.3">
+      <c r="L220" s="7"/>
+      <c r="O220" s="7"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A137:F145">
-[...3 lines deleted...]
-    <mergeCell ref="F6:F7"/>
+  <mergeCells count="6">
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
-    <mergeCell ref="G6:P6"/>
-[...1 lines deleted...]
-    <mergeCell ref="A6:A7"/>
     <mergeCell ref="D6:D7"/>
-    <mergeCell ref="E6:E7"/>
   </mergeCells>
-  <conditionalFormatting sqref="F8:F185">
-    <cfRule type="dataBar" priority="293">
+  <conditionalFormatting sqref="E8:E185">
+    <cfRule type="dataBar" priority="2">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{90BE72F1-0197-40C4-9CF6-65664247F9A4}</x14:id>
+          <x14:id>{A36217AB-38A0-4F83-9ECC-98D39E2B6389}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="portrait" verticalDpi="300" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{90BE72F1-0197-40C4-9CF6-65664247F9A4}">
+          <x14:cfRule type="dataBar" id="{A36217AB-38A0-4F83-9ECC-98D39E2B6389}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF638EC6"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>F8:F185</xm:sqref>
+          <xm:sqref>E8:E185</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
-</file>
-[...301 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>info</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
-  <Company/>
+  <Company>Valsts kanceleja</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...5 lines deleted...]
-  <cp:revision/>
+  <dc:creator>Laila Ruskule</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>