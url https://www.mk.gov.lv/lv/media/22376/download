--- v1 (2025-11-22)
+++ v2 (2026-01-11)
@@ -1,105 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A8B4BD26-1E72-486B-98BD-AB9FF7749374}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{19CFB8AE-1DA7-4558-8E92-003C95998A70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{91FDBAF4-F346-4B02-BD0B-5855D9EAA446}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="info" sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">info!$A$8:$AK$183</definedName>
+  </definedNames>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O185" i="1" l="1"/>
-[...12 lines deleted...]
-  <c r="E185" i="1" l="1"/>
+  <c r="O184" i="3" l="1"/>
+  <c r="N184" i="3"/>
+  <c r="M184" i="3"/>
+  <c r="L184" i="3"/>
+  <c r="K184" i="3"/>
+  <c r="J184" i="3"/>
+  <c r="I184" i="3"/>
+  <c r="H184" i="3"/>
+  <c r="G184" i="3"/>
+  <c r="F184" i="3"/>
+  <c r="D184" i="3"/>
+  <c r="C184" i="3"/>
+  <c r="B184" i="3"/>
+  <c r="E184" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="196">
   <si>
     <t>Valsts kanceleja</t>
   </si>
   <si>
     <t>Informācija par vakantajiem amatiem valsts budžeta iestādēs</t>
   </si>
   <si>
     <t>Pārskata periods</t>
   </si>
   <si>
     <t>uz</t>
   </si>
   <si>
     <t>Institūcija</t>
   </si>
   <si>
     <t>Amatu skaits kopā</t>
   </si>
   <si>
     <t>Amatu slodzes kopā</t>
   </si>
   <si>
     <t>Vakanto amatu slodžu summa</t>
   </si>
   <si>
@@ -342,53 +346,50 @@
   <si>
     <t>Rīgas Valsts tehnikums</t>
   </si>
   <si>
     <t>Saldus tehnikums</t>
   </si>
   <si>
     <t>Smiltenes tehnikums</t>
   </si>
   <si>
     <t>Valmieras tehnikums</t>
   </si>
   <si>
     <t>Ventspils tehnikums</t>
   </si>
   <si>
     <t>Vidzemes tehnoloģiju un dizaina tehnikums</t>
   </si>
   <si>
     <t>KEM resors</t>
   </si>
   <si>
     <t>Klimata un enerģētikas ministrija</t>
   </si>
   <si>
-    <t>Enerģētikas un vides aģentūra</t>
-[...1 lines deleted...]
-  <si>
     <t>Valsts vides dienests</t>
   </si>
   <si>
     <t>KM resors</t>
   </si>
   <si>
     <t>Kultūras ministrija</t>
   </si>
   <si>
     <t>Īpaši aizsargājamais kultūras piemineklis - Turaidas muzejrezervāts</t>
   </si>
   <si>
     <t>Kultūras informācijas sistēmu centrs</t>
   </si>
   <si>
     <t>Latvijas Etnogrāfiskais brīvdabas muzejs</t>
   </si>
   <si>
     <t>Latvijas Nacionālais arhīvs</t>
   </si>
   <si>
     <t>Latvijas Nacionālais kultūras centrs</t>
   </si>
   <si>
     <t>Latvijas Nacionālais mākslas muzejs</t>
@@ -646,92 +647,84 @@
     <t>Lauku atbalsta dienests</t>
   </si>
   <si>
     <t>Pārtikas un veterinārais dienests</t>
   </si>
   <si>
     <t>Valsts augu aizsardzības dienests</t>
   </si>
   <si>
     <t>Valsts meža dienests</t>
   </si>
   <si>
     <t>Valsts tehniskās uzraudzības aģentūra</t>
   </si>
   <si>
     <t>Datu avots: Iestāžu sniegtās atskaites Atlīdzības uzskaites sistēmas datu bāzē</t>
   </si>
   <si>
     <t>tai skaitā</t>
   </si>
   <si>
     <t>Amatu slodzes uz laiku (t.sk. PI, PD)</t>
   </si>
   <si>
     <t>Vakanto amatu uz laiku slodžu summa (t.sk. PI, PD)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Par sniegtās informācijas pareizību atbild iestādes vadītājs par kuru ir sniegta informācija</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...16 lines deleted...]
-      <sz val="12"/>
+      <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
@@ -797,249 +790,283 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="008080FF"/>
+      <rgbColor rgb="00802060"/>
+      <rgbColor rgb="00FFFFC0"/>
+      <rgbColor rgb="00A0E0E0"/>
+      <rgbColor rgb="00600080"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000080C0"/>
+      <rgbColor rgb="00C0C0FF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="0069FFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="00A6CAF0"/>
+      <rgbColor rgb="00CC9CCC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00E3E3E3"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="00339933"/>
+      <rgbColor rgb="00999933"/>
+      <rgbColor rgb="00996633"/>
+      <rgbColor rgb="00996666"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="003333CC"/>
+      <rgbColor rgb="00336666"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00663300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00424242"/>
+    </indexedColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1057,65 +1084,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1136,7085 +1163,7366 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AF7AB6F-8FCE-4FA2-BDE3-1577FE1FE641}">
-  <dimension ref="A1:AM220"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr codeName="Sheet1">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AM219"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="58.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="10.6640625" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
     <col min="10" max="11" width="10.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A2" s="1" t="s">
+      <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="1"/>
-[...5 lines deleted...]
-      <c r="H2" s="1"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
     </row>
     <row r="3" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
     </row>
-    <row r="4" spans="1:39" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>2</v>
       </c>
-      <c r="J4" t="s">
+      <c r="I4" t="s">
         <v>3</v>
       </c>
-      <c r="K4" s="3">
-[...3 lines deleted...]
-    <row r="6" spans="1:39" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J4" s="7">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="6" spans="1:39" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="F6" s="14" t="s">
-[...12 lines deleted...]
-    <row r="7" spans="1:39" ht="84" x14ac:dyDescent="0.3">
+      <c r="F6" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="G6" s="14"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
+      <c r="L6" s="14"/>
+      <c r="M6" s="14"/>
+      <c r="N6" s="14"/>
+      <c r="O6" s="15"/>
+    </row>
+    <row r="7" spans="1:39" ht="84" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
       <c r="B7" s="11"/>
-      <c r="C7" s="13"/>
-[...2 lines deleted...]
-      <c r="F7" s="4" t="s">
+      <c r="C7" s="16"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+      <c r="F7" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="G7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="4" t="s">
+      <c r="H7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="I7" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="J7" s="4" t="s">
+      <c r="J7" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="K7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="L7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="M7" s="4" t="s">
+      <c r="M7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N7" s="4" t="s">
+      <c r="N7" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="O7" s="4" t="s">
+      <c r="O7" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A8" s="5" t="s">
+    <row r="8" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="5">
-[...6 lines deleted...]
-        <v>140.1</v>
+      <c r="B8" s="3">
+        <v>1894</v>
+      </c>
+      <c r="C8" s="3">
+        <v>1888.45</v>
+      </c>
+      <c r="D8" s="3">
+        <v>150.1</v>
       </c>
       <c r="E8" s="6">
-        <v>7.3999999999999996E-2</v>
-[...1 lines deleted...]
-      <c r="F8" s="5">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F8" s="3">
         <v>7</v>
       </c>
-      <c r="G8" s="5">
-[...8 lines deleted...]
-      <c r="J8" s="5">
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>574</v>
+      </c>
+      <c r="I8" s="3">
+        <v>48</v>
+      </c>
+      <c r="J8" s="3">
         <v>816.6</v>
       </c>
-      <c r="K8" s="5">
-[...7 lines deleted...]
-      <c r="W8" s="7"/>
+      <c r="K8" s="3">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="L8" s="3"/>
+      <c r="M8" s="3"/>
+      <c r="N8" s="3"/>
+      <c r="O8" s="3"/>
+      <c r="T8" s="5"/>
+      <c r="W8" s="5"/>
       <c r="AJ8" s="8"/>
       <c r="AM8" s="8"/>
     </row>
-    <row r="9" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A9" s="9" t="s">
+    <row r="9" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="B9" s="9">
+      <c r="B9" s="4">
         <v>442</v>
       </c>
-      <c r="C9" s="9">
+      <c r="C9" s="4">
         <v>440.85</v>
       </c>
-      <c r="D9" s="9">
-[...7 lines deleted...]
-      <c r="H9" s="9">
+      <c r="D9" s="4">
+        <v>27</v>
+      </c>
+      <c r="E9" s="9">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F9" s="4"/>
+      <c r="G9" s="4"/>
+      <c r="H9" s="4">
         <v>299</v>
       </c>
-      <c r="I9" s="9">
-[...2 lines deleted...]
-      <c r="J9" s="9">
+      <c r="I9" s="4">
+        <v>24</v>
+      </c>
+      <c r="J9" s="4">
         <v>52</v>
       </c>
-      <c r="K9" s="9">
+      <c r="K9" s="4">
         <v>1</v>
       </c>
-      <c r="L9" s="9"/>
-[...4 lines deleted...]
-      <c r="W9" s="7"/>
+      <c r="L9" s="4"/>
+      <c r="M9" s="4"/>
+      <c r="N9" s="4"/>
+      <c r="O9" s="4"/>
+      <c r="T9" s="5"/>
+      <c r="W9" s="5"/>
       <c r="AJ9" s="8"/>
       <c r="AM9" s="8"/>
     </row>
-    <row r="10" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A10" s="9" t="s">
+    <row r="10" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="9">
+      <c r="B10" s="4">
         <v>431</v>
       </c>
-      <c r="C10" s="9">
+      <c r="C10" s="4">
         <v>431</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D10" s="4">
         <v>27</v>
       </c>
-      <c r="E10" s="10">
+      <c r="E10" s="9">
         <v>6.3E-2</v>
       </c>
-      <c r="F10" s="9"/>
-[...1 lines deleted...]
-      <c r="H10" s="9">
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4">
         <v>14</v>
       </c>
-      <c r="I10" s="9"/>
-[...9 lines deleted...]
-      <c r="W10" s="7"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4">
+        <v>21</v>
+      </c>
+      <c r="K10" s="4">
+        <v>1</v>
+      </c>
+      <c r="L10" s="4"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="4"/>
+      <c r="T10" s="5"/>
+      <c r="W10" s="5"/>
       <c r="AJ10" s="8"/>
       <c r="AM10" s="8"/>
     </row>
-    <row r="11" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A11" s="9" t="s">
+    <row r="11" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="B11" s="9">
+      <c r="B11" s="4">
         <v>280</v>
       </c>
-      <c r="C11" s="9">
+      <c r="C11" s="4">
         <v>278.60000000000002</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D11" s="4">
         <v>10.6</v>
       </c>
-      <c r="E11" s="10">
+      <c r="E11" s="9">
         <v>3.7999999999999999E-2</v>
       </c>
-      <c r="F11" s="9"/>
-[...1 lines deleted...]
-      <c r="H11" s="9">
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+      <c r="H11" s="4">
         <v>15</v>
       </c>
-      <c r="I11" s="9"/>
-      <c r="J11" s="9">
+      <c r="I11" s="4"/>
+      <c r="J11" s="4">
         <v>263.60000000000002</v>
       </c>
-      <c r="K11" s="9">
+      <c r="K11" s="4">
         <v>10.6</v>
       </c>
-      <c r="L11" s="9"/>
-[...4 lines deleted...]
-      <c r="W11" s="7"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="4"/>
+      <c r="T11" s="5"/>
+      <c r="W11" s="5"/>
       <c r="AJ11" s="8"/>
       <c r="AM11" s="8"/>
     </row>
-    <row r="12" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A12" s="9" t="s">
+    <row r="12" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="B12" s="9">
+      <c r="B12" s="4">
         <v>67</v>
       </c>
-      <c r="C12" s="9">
+      <c r="C12" s="4">
         <v>67</v>
       </c>
-      <c r="D12" s="9">
-[...9 lines deleted...]
-      <c r="J12" s="9">
+      <c r="D12" s="4">
+        <v>10</v>
+      </c>
+      <c r="E12" s="9">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="F12" s="4"/>
+      <c r="G12" s="4"/>
+      <c r="H12" s="4"/>
+      <c r="I12" s="4"/>
+      <c r="J12" s="4">
         <v>67</v>
       </c>
-      <c r="K12" s="9">
-[...7 lines deleted...]
-      <c r="W12" s="7"/>
+      <c r="K12" s="4">
+        <v>10</v>
+      </c>
+      <c r="L12" s="4"/>
+      <c r="M12" s="4"/>
+      <c r="N12" s="4"/>
+      <c r="O12" s="4"/>
+      <c r="T12" s="5"/>
+      <c r="W12" s="5"/>
       <c r="AJ12" s="8"/>
       <c r="AM12" s="8"/>
     </row>
-    <row r="13" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A13" s="9" t="s">
+    <row r="13" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="9">
-[...19 lines deleted...]
-      <c r="J13" s="9">
+      <c r="B13" s="4">
+        <v>250</v>
+      </c>
+      <c r="C13" s="4">
+        <v>250</v>
+      </c>
+      <c r="D13" s="4">
+        <v>30</v>
+      </c>
+      <c r="E13" s="9">
+        <v>0.12</v>
+      </c>
+      <c r="F13" s="4"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="4">
+        <v>176</v>
+      </c>
+      <c r="I13" s="4">
+        <v>21</v>
+      </c>
+      <c r="J13" s="4">
         <v>74</v>
       </c>
-      <c r="K13" s="9">
+      <c r="K13" s="4">
         <v>9</v>
       </c>
-      <c r="L13" s="9"/>
-[...4 lines deleted...]
-      <c r="W13" s="7"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4"/>
+      <c r="N13" s="4"/>
+      <c r="O13" s="4"/>
+      <c r="T13" s="5"/>
+      <c r="W13" s="5"/>
       <c r="AJ13" s="8"/>
       <c r="AM13" s="8"/>
     </row>
-    <row r="14" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A14" s="9" t="s">
+    <row r="14" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="9">
+      <c r="B14" s="4">
         <v>396</v>
       </c>
-      <c r="C14" s="9">
+      <c r="C14" s="4">
         <v>393</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D14" s="4">
         <v>39.5</v>
       </c>
-      <c r="E14" s="10">
+      <c r="E14" s="9">
         <v>0.10100000000000001</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="4">
         <v>7</v>
       </c>
-      <c r="G14" s="9">
-[...11 lines deleted...]
-      <c r="K14" s="9">
+      <c r="G14" s="4">
+        <v>1</v>
+      </c>
+      <c r="H14" s="4">
+        <v>70</v>
+      </c>
+      <c r="I14" s="4">
+        <v>3</v>
+      </c>
+      <c r="J14" s="4">
+        <v>316</v>
+      </c>
+      <c r="K14" s="4">
         <v>35.5</v>
       </c>
-      <c r="L14" s="9"/>
-[...4 lines deleted...]
-      <c r="W14" s="7"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+      <c r="N14" s="4"/>
+      <c r="O14" s="4"/>
+      <c r="T14" s="5"/>
+      <c r="W14" s="5"/>
       <c r="AJ14" s="8"/>
       <c r="AM14" s="8"/>
     </row>
-    <row r="15" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A15" s="9" t="s">
+    <row r="15" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B15" s="9">
+      <c r="B15" s="4">
         <v>28</v>
       </c>
-      <c r="C15" s="9">
+      <c r="C15" s="4">
         <v>28</v>
       </c>
-      <c r="D15" s="9">
-[...9 lines deleted...]
-      <c r="J15" s="9">
+      <c r="D15" s="4">
+        <v>6</v>
+      </c>
+      <c r="E15" s="9">
+        <v>0.214</v>
+      </c>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4">
         <v>23</v>
       </c>
-      <c r="K15" s="9">
+      <c r="K15" s="4">
         <v>3</v>
       </c>
-      <c r="L15" s="9"/>
-[...4 lines deleted...]
-      <c r="W15" s="7"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="T15" s="5"/>
+      <c r="W15" s="5"/>
       <c r="AJ15" s="8"/>
       <c r="AM15" s="8"/>
     </row>
-    <row r="16" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A16" s="5" t="s">
+    <row r="16" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B16" s="5">
+      <c r="B16" s="3">
         <v>623</v>
       </c>
-      <c r="C16" s="5">
+      <c r="C16" s="3">
         <v>623</v>
       </c>
-      <c r="D16" s="5">
-        <v>21</v>
+      <c r="D16" s="3">
+        <v>19</v>
       </c>
       <c r="E16" s="6">
-        <v>3.4000000000000002E-2</v>
-[...3 lines deleted...]
-      <c r="H16" s="5">
+        <v>0.03</v>
+      </c>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3">
         <v>546</v>
       </c>
-      <c r="I16" s="5">
-[...2 lines deleted...]
-      <c r="J16" s="5">
+      <c r="I16" s="3">
+        <v>16</v>
+      </c>
+      <c r="J16" s="3">
         <v>77</v>
       </c>
-      <c r="K16" s="5">
+      <c r="K16" s="3">
         <v>3</v>
       </c>
-      <c r="L16" s="5"/>
-[...4 lines deleted...]
-      <c r="W16" s="7"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="T16" s="5"/>
+      <c r="W16" s="5"/>
       <c r="AJ16" s="8"/>
       <c r="AM16" s="8"/>
     </row>
-    <row r="17" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A17" s="9" t="s">
+    <row r="17" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="B17" s="9">
+      <c r="B17" s="4">
         <v>613</v>
       </c>
-      <c r="C17" s="9">
+      <c r="C17" s="4">
         <v>613</v>
       </c>
-      <c r="D17" s="9">
-[...7 lines deleted...]
-      <c r="H17" s="9">
+      <c r="D17" s="4">
+        <v>19</v>
+      </c>
+      <c r="E17" s="9">
+        <v>3.1E-2</v>
+      </c>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4">
         <v>541</v>
       </c>
-      <c r="I17" s="9">
-[...2 lines deleted...]
-      <c r="J17" s="9">
+      <c r="I17" s="4">
+        <v>16</v>
+      </c>
+      <c r="J17" s="4">
         <v>72</v>
       </c>
-      <c r="K17" s="9">
+      <c r="K17" s="4">
         <v>3</v>
       </c>
-      <c r="L17" s="9"/>
-[...4 lines deleted...]
-      <c r="W17" s="7"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="T17" s="5"/>
+      <c r="W17" s="5"/>
       <c r="AJ17" s="8"/>
       <c r="AM17" s="8"/>
     </row>
-    <row r="18" spans="1:39" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>27</v>
       </c>
-      <c r="B18" s="9">
+      <c r="B18" s="4">
         <v>10</v>
       </c>
-      <c r="C18" s="9">
+      <c r="C18" s="4">
         <v>10</v>
       </c>
-      <c r="D18" s="9"/>
-[...3 lines deleted...]
-      <c r="H18" s="9">
+      <c r="D18" s="4"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4">
         <v>5</v>
       </c>
-      <c r="I18" s="9"/>
-      <c r="J18" s="9">
+      <c r="I18" s="4"/>
+      <c r="J18" s="4">
         <v>5</v>
       </c>
-      <c r="K18" s="9"/>
-[...5 lines deleted...]
-      <c r="W18" s="7"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="4"/>
+      <c r="M18" s="4"/>
+      <c r="N18" s="4"/>
+      <c r="O18" s="4"/>
+      <c r="T18" s="5"/>
+      <c r="W18" s="5"/>
       <c r="AJ18" s="8"/>
       <c r="AM18" s="8"/>
     </row>
-    <row r="19" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A19" s="5" t="s">
+    <row r="19" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B19" s="5">
+      <c r="B19" s="3">
         <v>271</v>
       </c>
-      <c r="C19" s="5">
+      <c r="C19" s="3">
         <v>268</v>
       </c>
-      <c r="D19" s="5">
-        <v>32.5</v>
+      <c r="D19" s="3">
+        <v>34.5</v>
       </c>
       <c r="E19" s="6">
-        <v>0.121</v>
-[...1 lines deleted...]
-      <c r="F19" s="5">
+        <v>0.129</v>
+      </c>
+      <c r="F19" s="3">
         <v>61</v>
       </c>
-      <c r="G19" s="5">
+      <c r="G19" s="3">
         <v>7.5</v>
       </c>
-      <c r="H19" s="5"/>
-[...1 lines deleted...]
-      <c r="J19" s="5">
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3">
         <v>52</v>
       </c>
-      <c r="K19" s="5">
-[...7 lines deleted...]
-      <c r="W19" s="7"/>
+      <c r="K19" s="3">
+        <v>3</v>
+      </c>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="T19" s="5"/>
+      <c r="W19" s="5"/>
       <c r="AJ19" s="8"/>
       <c r="AM19" s="8"/>
     </row>
-    <row r="20" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A20" s="9" t="s">
+    <row r="20" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="9">
+      <c r="B20" s="4">
         <v>92</v>
       </c>
-      <c r="C20" s="9">
+      <c r="C20" s="4">
         <v>89</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D20" s="4">
         <v>8.5</v>
       </c>
-      <c r="E20" s="10">
+      <c r="E20" s="9">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="4">
         <v>61</v>
       </c>
-      <c r="G20" s="9">
+      <c r="G20" s="4">
         <v>7.5</v>
       </c>
-      <c r="H20" s="9"/>
-[...1 lines deleted...]
-      <c r="J20" s="9">
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4">
         <v>28</v>
       </c>
-      <c r="K20" s="9">
+      <c r="K20" s="4">
         <v>1</v>
       </c>
-      <c r="L20" s="9"/>
-[...4 lines deleted...]
-      <c r="W20" s="7"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="T20" s="5"/>
+      <c r="W20" s="5"/>
       <c r="AJ20" s="8"/>
       <c r="AM20" s="8"/>
     </row>
-    <row r="21" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A21" s="9" t="s">
+    <row r="21" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="B21" s="9">
+      <c r="B21" s="4">
         <v>179</v>
       </c>
-      <c r="C21" s="9">
+      <c r="C21" s="4">
         <v>179</v>
       </c>
-      <c r="D21" s="9">
+      <c r="D21" s="4">
+        <v>26</v>
+      </c>
+      <c r="E21" s="9">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="F21" s="4"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4">
         <v>24</v>
       </c>
-      <c r="E21" s="10">
-[...17 lines deleted...]
-      <c r="W21" s="7"/>
+      <c r="K21" s="4">
+        <v>2</v>
+      </c>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="T21" s="5"/>
+      <c r="W21" s="5"/>
       <c r="AJ21" s="8"/>
       <c r="AM21" s="8"/>
     </row>
-    <row r="22" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A22" s="5" t="s">
+    <row r="22" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B22" s="5">
-[...6 lines deleted...]
-        <v>142</v>
+      <c r="B22" s="3">
+        <v>1270</v>
+      </c>
+      <c r="C22" s="3">
+        <v>1270</v>
+      </c>
+      <c r="D22" s="3">
+        <v>125</v>
       </c>
       <c r="E22" s="6">
-        <v>0.111</v>
-[...24 lines deleted...]
-      <c r="W22" s="7"/>
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="F22" s="3">
+        <v>45</v>
+      </c>
+      <c r="G22" s="3">
+        <v>8</v>
+      </c>
+      <c r="H22" s="3">
+        <v>654</v>
+      </c>
+      <c r="I22" s="3">
+        <v>62</v>
+      </c>
+      <c r="J22" s="3">
+        <v>565</v>
+      </c>
+      <c r="K22" s="3">
+        <v>55</v>
+      </c>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="T22" s="5"/>
+      <c r="W22" s="5"/>
       <c r="AJ22" s="8"/>
       <c r="AM22" s="8"/>
     </row>
-    <row r="23" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A23" s="9" t="s">
+    <row r="23" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="B23" s="9">
+      <c r="B23" s="4">
         <v>199</v>
       </c>
-      <c r="C23" s="9">
+      <c r="C23" s="4">
         <v>199</v>
       </c>
-      <c r="D23" s="9">
-[...5 lines deleted...]
-      <c r="F23" s="9">
+      <c r="D23" s="4">
+        <v>17</v>
+      </c>
+      <c r="E23" s="9">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="F23" s="4">
         <v>27</v>
       </c>
-      <c r="G23" s="9">
-[...2 lines deleted...]
-      <c r="H23" s="9">
+      <c r="G23" s="4">
+        <v>7</v>
+      </c>
+      <c r="H23" s="4">
         <v>133</v>
       </c>
-      <c r="I23" s="9">
-[...2 lines deleted...]
-      <c r="J23" s="9">
+      <c r="I23" s="4">
+        <v>10</v>
+      </c>
+      <c r="J23" s="4">
         <v>33</v>
       </c>
-      <c r="K23" s="9"/>
-[...5 lines deleted...]
-      <c r="W23" s="7"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="4"/>
+      <c r="M23" s="4"/>
+      <c r="N23" s="4"/>
+      <c r="O23" s="4"/>
+      <c r="T23" s="5"/>
+      <c r="W23" s="5"/>
       <c r="AJ23" s="8"/>
       <c r="AM23" s="8"/>
     </row>
-    <row r="24" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A24" s="9" t="s">
+    <row r="24" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="B24" s="9">
-[...13 lines deleted...]
-      <c r="H24" s="9">
+      <c r="B24" s="4">
+        <v>77</v>
+      </c>
+      <c r="C24" s="4">
+        <v>77</v>
+      </c>
+      <c r="D24" s="4">
+        <v>10</v>
+      </c>
+      <c r="E24" s="9">
+        <v>0.13</v>
+      </c>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4">
         <v>42</v>
       </c>
-      <c r="I24" s="9">
+      <c r="I24" s="4">
         <v>6</v>
       </c>
-      <c r="J24" s="9">
-[...10 lines deleted...]
-      <c r="W24" s="7"/>
+      <c r="J24" s="4">
+        <v>35</v>
+      </c>
+      <c r="K24" s="4">
+        <v>4</v>
+      </c>
+      <c r="L24" s="4"/>
+      <c r="M24" s="4"/>
+      <c r="N24" s="4"/>
+      <c r="O24" s="4"/>
+      <c r="T24" s="5"/>
+      <c r="W24" s="5"/>
       <c r="AJ24" s="8"/>
       <c r="AM24" s="8"/>
     </row>
-    <row r="25" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A25" s="9" t="s">
+    <row r="25" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="B25" s="9">
+      <c r="B25" s="4">
         <v>475</v>
       </c>
-      <c r="C25" s="9">
+      <c r="C25" s="4">
         <v>475</v>
       </c>
-      <c r="D25" s="9">
-[...10 lines deleted...]
-      <c r="I25" s="9">
+      <c r="D25" s="4">
+        <v>44</v>
+      </c>
+      <c r="E25" s="9">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="4">
+        <v>238</v>
+      </c>
+      <c r="I25" s="4">
         <v>19</v>
       </c>
-      <c r="J25" s="9">
-[...10 lines deleted...]
-      <c r="W25" s="7"/>
+      <c r="J25" s="4">
+        <v>237</v>
+      </c>
+      <c r="K25" s="4">
+        <v>25</v>
+      </c>
+      <c r="L25" s="4"/>
+      <c r="M25" s="4"/>
+      <c r="N25" s="4"/>
+      <c r="O25" s="4"/>
+      <c r="T25" s="5"/>
+      <c r="W25" s="5"/>
       <c r="AJ25" s="8"/>
       <c r="AM25" s="8"/>
     </row>
-    <row r="26" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A26" s="9" t="s">
+    <row r="26" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="B26" s="9">
+      <c r="B26" s="4">
         <v>76</v>
       </c>
-      <c r="C26" s="9">
+      <c r="C26" s="4">
         <v>76</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D26" s="4">
         <v>16</v>
       </c>
-      <c r="E26" s="10">
+      <c r="E26" s="9">
         <v>0.21099999999999999</v>
       </c>
-      <c r="F26" s="9"/>
-[...1 lines deleted...]
-      <c r="H26" s="9">
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="4">
         <v>66</v>
       </c>
-      <c r="I26" s="9">
+      <c r="I26" s="4">
         <v>14</v>
       </c>
-      <c r="J26" s="9">
+      <c r="J26" s="4">
         <v>10</v>
       </c>
-      <c r="K26" s="9">
+      <c r="K26" s="4">
         <v>2</v>
       </c>
-      <c r="L26" s="9"/>
-[...4 lines deleted...]
-      <c r="W26" s="7"/>
+      <c r="L26" s="4"/>
+      <c r="M26" s="4"/>
+      <c r="N26" s="4"/>
+      <c r="O26" s="4"/>
+      <c r="T26" s="5"/>
+      <c r="W26" s="5"/>
       <c r="AJ26" s="8"/>
       <c r="AM26" s="8"/>
     </row>
-    <row r="27" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A27" s="9" t="s">
+    <row r="27" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="B27" s="9">
-[...14 lines deleted...]
-      <c r="G27" s="9">
+      <c r="B27" s="4">
+        <v>301</v>
+      </c>
+      <c r="C27" s="4">
+        <v>301</v>
+      </c>
+      <c r="D27" s="4">
+        <v>27</v>
+      </c>
+      <c r="E27" s="9">
+        <v>0.09</v>
+      </c>
+      <c r="F27" s="4">
+        <v>18</v>
+      </c>
+      <c r="G27" s="4">
         <v>1</v>
       </c>
-      <c r="H27" s="9">
+      <c r="H27" s="4">
         <v>53</v>
       </c>
-      <c r="I27" s="9">
-[...13 lines deleted...]
-      <c r="W27" s="7"/>
+      <c r="I27" s="4">
+        <v>5</v>
+      </c>
+      <c r="J27" s="4">
+        <v>230</v>
+      </c>
+      <c r="K27" s="4">
+        <v>21</v>
+      </c>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="T27" s="5"/>
+      <c r="W27" s="5"/>
       <c r="AJ27" s="8"/>
       <c r="AM27" s="8"/>
     </row>
-    <row r="28" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A28" s="9" t="s">
+    <row r="28" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="B28" s="9">
+      <c r="B28" s="4">
         <v>21</v>
       </c>
-      <c r="C28" s="9">
+      <c r="C28" s="4">
         <v>21</v>
       </c>
-      <c r="D28" s="9">
+      <c r="D28" s="4">
         <v>1</v>
       </c>
-      <c r="E28" s="10">
+      <c r="E28" s="9">
         <v>4.8000000000000001E-2</v>
       </c>
-      <c r="F28" s="9"/>
-[...1 lines deleted...]
-      <c r="H28" s="9">
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4">
         <v>19</v>
       </c>
-      <c r="I28" s="9">
+      <c r="I28" s="4">
         <v>1</v>
       </c>
-      <c r="J28" s="9">
+      <c r="J28" s="4">
         <v>2</v>
       </c>
-      <c r="K28" s="9"/>
-[...5 lines deleted...]
-      <c r="W28" s="7"/>
+      <c r="K28" s="4"/>
+      <c r="L28" s="4"/>
+      <c r="M28" s="4"/>
+      <c r="N28" s="4"/>
+      <c r="O28" s="4"/>
+      <c r="T28" s="5"/>
+      <c r="W28" s="5"/>
       <c r="AJ28" s="8"/>
       <c r="AM28" s="8"/>
     </row>
-    <row r="29" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A29" s="9" t="s">
+    <row r="29" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="9">
+      <c r="B29" s="4">
         <v>121</v>
       </c>
-      <c r="C29" s="9">
+      <c r="C29" s="4">
         <v>121</v>
       </c>
-      <c r="D29" s="9">
-[...10 lines deleted...]
-      <c r="I29" s="9">
+      <c r="D29" s="4">
         <v>10</v>
       </c>
-      <c r="J29" s="9">
-[...10 lines deleted...]
-      <c r="W29" s="7"/>
+      <c r="E29" s="9">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4">
+        <v>103</v>
+      </c>
+      <c r="I29" s="4">
+        <v>7</v>
+      </c>
+      <c r="J29" s="4">
+        <v>18</v>
+      </c>
+      <c r="K29" s="4">
+        <v>3</v>
+      </c>
+      <c r="L29" s="4"/>
+      <c r="M29" s="4"/>
+      <c r="N29" s="4"/>
+      <c r="O29" s="4"/>
+      <c r="T29" s="5"/>
+      <c r="W29" s="5"/>
       <c r="AJ29" s="8"/>
       <c r="AM29" s="8"/>
     </row>
-    <row r="30" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A30" s="5" t="s">
+    <row r="30" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B30" s="5">
-[...6 lines deleted...]
-        <v>288</v>
+      <c r="B30" s="3">
+        <v>4883</v>
+      </c>
+      <c r="C30" s="3">
+        <v>4883</v>
+      </c>
+      <c r="D30" s="3">
+        <v>299</v>
       </c>
       <c r="E30" s="6">
-        <v>5.8999999999999997E-2</v>
-[...24 lines deleted...]
-      <c r="W30" s="7"/>
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F30" s="3">
+        <v>95</v>
+      </c>
+      <c r="G30" s="3">
+        <v>10</v>
+      </c>
+      <c r="H30" s="3">
+        <v>4140</v>
+      </c>
+      <c r="I30" s="3">
+        <v>260</v>
+      </c>
+      <c r="J30" s="3">
+        <v>648</v>
+      </c>
+      <c r="K30" s="3">
+        <v>29</v>
+      </c>
+      <c r="L30" s="3"/>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3"/>
+      <c r="O30" s="3"/>
+      <c r="T30" s="5"/>
+      <c r="W30" s="5"/>
       <c r="AJ30" s="8"/>
       <c r="AM30" s="8"/>
     </row>
-    <row r="31" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A31" s="9" t="s">
+    <row r="31" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="B31" s="9">
+      <c r="B31" s="4">
         <v>418</v>
       </c>
-      <c r="C31" s="9">
+      <c r="C31" s="4">
         <v>418</v>
       </c>
-      <c r="D31" s="9">
+      <c r="D31" s="4">
         <v>19</v>
       </c>
-      <c r="E31" s="10">
+      <c r="E31" s="9">
         <v>4.4999999999999998E-2</v>
       </c>
-      <c r="F31" s="9"/>
-[...1 lines deleted...]
-      <c r="H31" s="9">
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4">
         <v>370</v>
       </c>
-      <c r="I31" s="9">
-[...2 lines deleted...]
-      <c r="J31" s="9">
+      <c r="I31" s="4">
+        <v>16</v>
+      </c>
+      <c r="J31" s="4">
         <v>48</v>
       </c>
-      <c r="K31" s="9">
-[...7 lines deleted...]
-      <c r="W31" s="7"/>
+      <c r="K31" s="4">
+        <v>3</v>
+      </c>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="T31" s="5"/>
+      <c r="W31" s="5"/>
       <c r="AJ31" s="8"/>
       <c r="AM31" s="8"/>
     </row>
-    <row r="32" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A32" s="9" t="s">
+    <row r="32" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="B32" s="9">
-[...5 lines deleted...]
-      <c r="D32" s="9">
+      <c r="B32" s="4">
+        <v>461</v>
+      </c>
+      <c r="C32" s="4">
+        <v>461</v>
+      </c>
+      <c r="D32" s="4">
         <v>14</v>
       </c>
-      <c r="E32" s="10">
+      <c r="E32" s="9">
         <v>0.03</v>
       </c>
-      <c r="F32" s="9">
-[...2 lines deleted...]
-      <c r="G32" s="9">
+      <c r="F32" s="4">
+        <v>89</v>
+      </c>
+      <c r="G32" s="4">
         <v>8</v>
       </c>
-      <c r="H32" s="9">
+      <c r="H32" s="4">
         <v>328</v>
       </c>
-      <c r="I32" s="9">
-[...2 lines deleted...]
-      <c r="J32" s="9">
+      <c r="I32" s="4">
+        <v>6</v>
+      </c>
+      <c r="J32" s="4">
         <v>44</v>
       </c>
-      <c r="K32" s="9">
-[...7 lines deleted...]
-      <c r="W32" s="7"/>
+      <c r="K32" s="4"/>
+      <c r="L32" s="4"/>
+      <c r="M32" s="4"/>
+      <c r="N32" s="4"/>
+      <c r="O32" s="4"/>
+      <c r="T32" s="5"/>
+      <c r="W32" s="5"/>
       <c r="AJ32" s="8"/>
       <c r="AM32" s="8"/>
     </row>
-    <row r="33" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A33" s="9" t="s">
+    <row r="33" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="B33" s="9">
+      <c r="B33" s="4">
         <v>4</v>
       </c>
-      <c r="C33" s="9">
+      <c r="C33" s="4">
         <v>4</v>
       </c>
-      <c r="D33" s="9"/>
-[...5 lines deleted...]
-      <c r="J33" s="9">
+      <c r="D33" s="4"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4">
         <v>4</v>
       </c>
-      <c r="K33" s="9"/>
-[...5 lines deleted...]
-      <c r="W33" s="7"/>
+      <c r="K33" s="4"/>
+      <c r="L33" s="4"/>
+      <c r="M33" s="4"/>
+      <c r="N33" s="4"/>
+      <c r="O33" s="4"/>
+      <c r="T33" s="5"/>
+      <c r="W33" s="5"/>
       <c r="AJ33" s="8"/>
       <c r="AM33" s="8"/>
     </row>
-    <row r="34" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A34" s="9" t="s">
+    <row r="34" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="B34" s="9">
+      <c r="B34" s="4">
         <v>67</v>
       </c>
-      <c r="C34" s="9">
+      <c r="C34" s="4">
         <v>67</v>
       </c>
-      <c r="D34" s="9">
-[...7 lines deleted...]
-      <c r="H34" s="9">
+      <c r="D34" s="4">
+        <v>4</v>
+      </c>
+      <c r="E34" s="9">
+        <v>0.06</v>
+      </c>
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="4">
         <v>60</v>
       </c>
-      <c r="I34" s="9">
-[...2 lines deleted...]
-      <c r="J34" s="9">
+      <c r="I34" s="4">
+        <v>4</v>
+      </c>
+      <c r="J34" s="4">
         <v>7</v>
       </c>
-      <c r="K34" s="9"/>
-[...5 lines deleted...]
-      <c r="W34" s="7"/>
+      <c r="K34" s="4"/>
+      <c r="L34" s="4"/>
+      <c r="M34" s="4"/>
+      <c r="N34" s="4"/>
+      <c r="O34" s="4"/>
+      <c r="T34" s="5"/>
+      <c r="W34" s="5"/>
       <c r="AJ34" s="8"/>
       <c r="AM34" s="8"/>
     </row>
-    <row r="35" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A35" s="9" t="s">
+    <row r="35" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="B35" s="9">
+      <c r="B35" s="4">
         <v>23</v>
       </c>
-      <c r="C35" s="9">
+      <c r="C35" s="4">
         <v>23</v>
       </c>
-      <c r="D35" s="9">
+      <c r="D35" s="4">
+        <v>3</v>
+      </c>
+      <c r="E35" s="9">
+        <v>0.13</v>
+      </c>
+      <c r="F35" s="4"/>
+      <c r="G35" s="4"/>
+      <c r="H35" s="4">
+        <v>22</v>
+      </c>
+      <c r="I35" s="4">
         <v>2</v>
       </c>
-      <c r="E35" s="10">
-[...7 lines deleted...]
-      <c r="I35" s="9">
+      <c r="J35" s="4">
         <v>1</v>
       </c>
-      <c r="J35" s="9">
+      <c r="K35" s="4">
         <v>1</v>
       </c>
-      <c r="K35" s="9">
-[...7 lines deleted...]
-      <c r="W35" s="7"/>
+      <c r="L35" s="4"/>
+      <c r="M35" s="4"/>
+      <c r="N35" s="4"/>
+      <c r="O35" s="4"/>
+      <c r="T35" s="5"/>
+      <c r="W35" s="5"/>
       <c r="AJ35" s="8"/>
       <c r="AM35" s="8"/>
     </row>
-    <row r="36" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A36" s="9" t="s">
+    <row r="36" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="B36" s="9">
-[...30 lines deleted...]
-      <c r="W36" s="7"/>
+      <c r="B36" s="4">
+        <v>3590</v>
+      </c>
+      <c r="C36" s="4">
+        <v>3590</v>
+      </c>
+      <c r="D36" s="4">
+        <v>236</v>
+      </c>
+      <c r="E36" s="9">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4">
+        <v>3193</v>
+      </c>
+      <c r="I36" s="4">
+        <v>217</v>
+      </c>
+      <c r="J36" s="4">
+        <v>397</v>
+      </c>
+      <c r="K36" s="4">
+        <v>19</v>
+      </c>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="T36" s="5"/>
+      <c r="W36" s="5"/>
       <c r="AJ36" s="8"/>
       <c r="AM36" s="8"/>
     </row>
-    <row r="37" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A37" s="9" t="s">
+    <row r="37" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="B37" s="9">
+      <c r="B37" s="4">
         <v>320</v>
       </c>
-      <c r="C37" s="9">
+      <c r="C37" s="4">
         <v>320</v>
       </c>
-      <c r="D37" s="9">
-[...5 lines deleted...]
-      <c r="F37" s="9">
+      <c r="D37" s="4">
+        <v>23</v>
+      </c>
+      <c r="E37" s="9">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="F37" s="4">
         <v>6</v>
       </c>
-      <c r="G37" s="9">
-[...2 lines deleted...]
-      <c r="H37" s="9">
+      <c r="G37" s="4">
+        <v>2</v>
+      </c>
+      <c r="H37" s="4">
         <v>167</v>
       </c>
-      <c r="I37" s="9">
-[...2 lines deleted...]
-      <c r="J37" s="9">
+      <c r="I37" s="4">
+        <v>15</v>
+      </c>
+      <c r="J37" s="4">
         <v>147</v>
       </c>
-      <c r="K37" s="9">
-[...7 lines deleted...]
-      <c r="W37" s="7"/>
+      <c r="K37" s="4">
+        <v>6</v>
+      </c>
+      <c r="L37" s="4"/>
+      <c r="M37" s="4"/>
+      <c r="N37" s="4"/>
+      <c r="O37" s="4"/>
+      <c r="T37" s="5"/>
+      <c r="W37" s="5"/>
       <c r="AJ37" s="8"/>
       <c r="AM37" s="8"/>
     </row>
-    <row r="38" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A38" s="5" t="s">
+    <row r="38" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B38" s="5">
-[...6 lines deleted...]
-        <v>2077</v>
+      <c r="B38" s="3">
+        <v>15033</v>
+      </c>
+      <c r="C38" s="3">
+        <v>15032.5</v>
+      </c>
+      <c r="D38" s="3">
+        <v>2032</v>
       </c>
       <c r="E38" s="6">
-        <v>0.13800000000000001</v>
-[...1 lines deleted...]
-      <c r="F38" s="5">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="F38" s="3">
         <v>6</v>
       </c>
-      <c r="G38" s="5"/>
-[...3 lines deleted...]
-      <c r="I38" s="5">
+      <c r="G38" s="3"/>
+      <c r="H38" s="3">
+        <v>429</v>
+      </c>
+      <c r="I38" s="3">
         <v>26</v>
       </c>
-      <c r="J38" s="5">
-[...14 lines deleted...]
-      <c r="W38" s="7"/>
+      <c r="J38" s="3">
+        <v>3295.5</v>
+      </c>
+      <c r="K38" s="3">
+        <v>229</v>
+      </c>
+      <c r="L38" s="3">
+        <v>11296</v>
+      </c>
+      <c r="M38" s="3">
+        <v>1777</v>
+      </c>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="T38" s="5"/>
+      <c r="W38" s="5"/>
       <c r="AJ38" s="8"/>
       <c r="AM38" s="8"/>
     </row>
-    <row r="39" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A39" s="9" t="s">
+    <row r="39" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="B39" s="9">
+      <c r="B39" s="4">
         <v>147</v>
       </c>
-      <c r="C39" s="9">
+      <c r="C39" s="4">
         <v>147</v>
       </c>
-      <c r="D39" s="9">
-[...7 lines deleted...]
-      <c r="H39" s="9">
+      <c r="D39" s="4">
+        <v>12</v>
+      </c>
+      <c r="E39" s="9">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="F39" s="4"/>
+      <c r="G39" s="4"/>
+      <c r="H39" s="4">
         <v>119</v>
       </c>
-      <c r="I39" s="9">
-[...2 lines deleted...]
-      <c r="J39" s="9">
+      <c r="I39" s="4">
+        <v>11</v>
+      </c>
+      <c r="J39" s="4">
         <v>27</v>
       </c>
-      <c r="K39" s="9"/>
-[...5 lines deleted...]
-      <c r="W39" s="7"/>
+      <c r="K39" s="4">
+        <v>1</v>
+      </c>
+      <c r="L39" s="4"/>
+      <c r="M39" s="4"/>
+      <c r="N39" s="4"/>
+      <c r="O39" s="4"/>
+      <c r="T39" s="5"/>
+      <c r="W39" s="5"/>
       <c r="AJ39" s="8"/>
       <c r="AM39" s="8"/>
     </row>
-    <row r="40" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A40" s="9" t="s">
+    <row r="40" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B40" s="9">
-[...5 lines deleted...]
-      <c r="D40" s="9">
+      <c r="B40" s="4">
+        <v>90</v>
+      </c>
+      <c r="C40" s="4">
+        <v>90</v>
+      </c>
+      <c r="D40" s="4">
         <v>7</v>
       </c>
-      <c r="E40" s="10">
-[...21 lines deleted...]
-      <c r="W40" s="7"/>
+      <c r="E40" s="9">
+        <v>7.8E-2</v>
+      </c>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4">
+        <v>21</v>
+      </c>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4">
+        <v>69</v>
+      </c>
+      <c r="K40" s="4">
+        <v>7</v>
+      </c>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+      <c r="N40" s="4"/>
+      <c r="O40" s="4"/>
+      <c r="T40" s="5"/>
+      <c r="W40" s="5"/>
       <c r="AJ40" s="8"/>
       <c r="AM40" s="8"/>
     </row>
-    <row r="41" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A41" s="9" t="s">
+    <row r="41" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="B41" s="9">
+      <c r="B41" s="4">
         <v>96</v>
       </c>
-      <c r="C41" s="9">
+      <c r="C41" s="4">
         <v>96</v>
       </c>
-      <c r="D41" s="9">
-[...7 lines deleted...]
-      <c r="H41" s="9">
+      <c r="D41" s="4">
+        <v>12</v>
+      </c>
+      <c r="E41" s="9">
+        <v>0.125</v>
+      </c>
+      <c r="F41" s="4"/>
+      <c r="G41" s="4"/>
+      <c r="H41" s="4">
         <v>4</v>
       </c>
-      <c r="I41" s="9"/>
-      <c r="J41" s="9">
+      <c r="I41" s="4"/>
+      <c r="J41" s="4">
         <v>22</v>
       </c>
-      <c r="K41" s="9">
+      <c r="K41" s="4">
         <v>2</v>
       </c>
-      <c r="L41" s="9">
+      <c r="L41" s="4">
         <v>70</v>
       </c>
-      <c r="M41" s="9">
-[...5 lines deleted...]
-      <c r="W41" s="7"/>
+      <c r="M41" s="4">
+        <v>10</v>
+      </c>
+      <c r="N41" s="4"/>
+      <c r="O41" s="4"/>
+      <c r="T41" s="5"/>
+      <c r="W41" s="5"/>
       <c r="AJ41" s="8"/>
       <c r="AM41" s="8"/>
     </row>
-    <row r="42" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A42" s="9" t="s">
+    <row r="42" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B42" s="9">
+      <c r="B42" s="4">
         <v>310</v>
       </c>
-      <c r="C42" s="9">
+      <c r="C42" s="4">
         <v>309.5</v>
       </c>
-      <c r="D42" s="9">
-[...5 lines deleted...]
-      <c r="F42" s="9">
+      <c r="D42" s="4">
+        <v>31</v>
+      </c>
+      <c r="E42" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="F42" s="4">
         <v>6</v>
       </c>
-      <c r="G42" s="9"/>
-      <c r="H42" s="9">
+      <c r="G42" s="4"/>
+      <c r="H42" s="4">
         <v>19</v>
       </c>
-      <c r="I42" s="9">
-[...2 lines deleted...]
-      <c r="J42" s="9">
+      <c r="I42" s="4">
+        <v>1</v>
+      </c>
+      <c r="J42" s="4">
         <v>284.5</v>
       </c>
-      <c r="K42" s="9">
-[...7 lines deleted...]
-      <c r="W42" s="7"/>
+      <c r="K42" s="4">
+        <v>30</v>
+      </c>
+      <c r="L42" s="4"/>
+      <c r="M42" s="4"/>
+      <c r="N42" s="4"/>
+      <c r="O42" s="4"/>
+      <c r="T42" s="5"/>
+      <c r="W42" s="5"/>
       <c r="AJ42" s="8"/>
       <c r="AM42" s="8"/>
     </row>
-    <row r="43" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A43" s="9" t="s">
+    <row r="43" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B43" s="9">
+      <c r="B43" s="4">
         <v>91</v>
       </c>
-      <c r="C43" s="9">
+      <c r="C43" s="4">
         <v>91</v>
       </c>
-      <c r="D43" s="9">
-[...7 lines deleted...]
-      <c r="H43" s="9">
+      <c r="D43" s="4">
+        <v>2</v>
+      </c>
+      <c r="E43" s="9">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+      <c r="H43" s="4">
         <v>10</v>
       </c>
-      <c r="I43" s="9"/>
-      <c r="J43" s="9">
+      <c r="I43" s="4"/>
+      <c r="J43" s="4">
         <v>76</v>
       </c>
-      <c r="K43" s="9">
-[...7 lines deleted...]
-      <c r="W43" s="7"/>
+      <c r="K43" s="4">
+        <v>2</v>
+      </c>
+      <c r="L43" s="4"/>
+      <c r="M43" s="4"/>
+      <c r="N43" s="4"/>
+      <c r="O43" s="4"/>
+      <c r="T43" s="5"/>
+      <c r="W43" s="5"/>
       <c r="AJ43" s="8"/>
       <c r="AM43" s="8"/>
     </row>
-    <row r="44" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A44" s="9" t="s">
+    <row r="44" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="B44" s="9">
-[...13 lines deleted...]
-      <c r="H44" s="9">
+      <c r="B44" s="4">
+        <v>298</v>
+      </c>
+      <c r="C44" s="4">
+        <v>298</v>
+      </c>
+      <c r="D44" s="4">
+        <v>19</v>
+      </c>
+      <c r="E44" s="9">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4">
         <v>49</v>
       </c>
-      <c r="I44" s="9">
+      <c r="I44" s="4">
         <v>5</v>
       </c>
-      <c r="J44" s="9">
-[...10 lines deleted...]
-      <c r="W44" s="7"/>
+      <c r="J44" s="4">
+        <v>249</v>
+      </c>
+      <c r="K44" s="4">
+        <v>14</v>
+      </c>
+      <c r="L44" s="4"/>
+      <c r="M44" s="4"/>
+      <c r="N44" s="4"/>
+      <c r="O44" s="4"/>
+      <c r="T44" s="5"/>
+      <c r="W44" s="5"/>
       <c r="AJ44" s="8"/>
       <c r="AM44" s="8"/>
     </row>
-    <row r="45" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A45" s="9" t="s">
+    <row r="45" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="B45" s="9">
+      <c r="B45" s="4">
         <v>698</v>
       </c>
-      <c r="C45" s="9">
+      <c r="C45" s="4">
         <v>698</v>
       </c>
-      <c r="D45" s="9">
-[...7 lines deleted...]
-      <c r="H45" s="9">
+      <c r="D45" s="4">
+        <v>26</v>
+      </c>
+      <c r="E45" s="9">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="F45" s="4"/>
+      <c r="G45" s="4"/>
+      <c r="H45" s="4">
         <v>207</v>
       </c>
-      <c r="I45" s="9">
+      <c r="I45" s="4">
         <v>9</v>
       </c>
-      <c r="J45" s="9">
+      <c r="J45" s="4">
         <v>491</v>
       </c>
-      <c r="K45" s="9">
-[...7 lines deleted...]
-      <c r="W45" s="7"/>
+      <c r="K45" s="4">
+        <v>17</v>
+      </c>
+      <c r="L45" s="4"/>
+      <c r="M45" s="4"/>
+      <c r="N45" s="4"/>
+      <c r="O45" s="4"/>
+      <c r="T45" s="5"/>
+      <c r="W45" s="5"/>
       <c r="AJ45" s="8"/>
       <c r="AM45" s="8"/>
     </row>
-    <row r="46" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A46" s="9" t="s">
+    <row r="46" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="B46" s="9">
-[...5 lines deleted...]
-      <c r="D46" s="9">
+      <c r="B46" s="4">
+        <v>6728</v>
+      </c>
+      <c r="C46" s="4">
+        <v>6728</v>
+      </c>
+      <c r="D46" s="4">
         <v>1440</v>
       </c>
-      <c r="E46" s="10">
+      <c r="E46" s="9">
         <v>0.214</v>
       </c>
-      <c r="F46" s="9"/>
-[...3 lines deleted...]
-      <c r="J46" s="9">
+      <c r="F46" s="4"/>
+      <c r="G46" s="4"/>
+      <c r="H46" s="4"/>
+      <c r="I46" s="4"/>
+      <c r="J46" s="4">
         <v>1329</v>
       </c>
-      <c r="K46" s="9">
-[...11 lines deleted...]
-      <c r="W46" s="7"/>
+      <c r="K46" s="4">
+        <v>115</v>
+      </c>
+      <c r="L46" s="4">
+        <v>5399</v>
+      </c>
+      <c r="M46" s="4">
+        <v>1325</v>
+      </c>
+      <c r="N46" s="4"/>
+      <c r="O46" s="4"/>
+      <c r="T46" s="5"/>
+      <c r="W46" s="5"/>
       <c r="AJ46" s="8"/>
       <c r="AM46" s="8"/>
     </row>
-    <row r="47" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A47" s="9" t="s">
+    <row r="47" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="B47" s="9">
+      <c r="B47" s="4">
         <v>2366</v>
       </c>
-      <c r="C47" s="9">
+      <c r="C47" s="4">
         <v>2366</v>
       </c>
-      <c r="D47" s="9">
-[...24 lines deleted...]
-      <c r="W47" s="7"/>
+      <c r="D47" s="4">
+        <v>280</v>
+      </c>
+      <c r="E47" s="9">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="F47" s="4"/>
+      <c r="G47" s="4"/>
+      <c r="H47" s="4"/>
+      <c r="I47" s="4"/>
+      <c r="J47" s="4">
+        <v>352</v>
+      </c>
+      <c r="K47" s="4">
+        <v>18</v>
+      </c>
+      <c r="L47" s="4">
+        <v>2014</v>
+      </c>
+      <c r="M47" s="4">
+        <v>262</v>
+      </c>
+      <c r="N47" s="4"/>
+      <c r="O47" s="4"/>
+      <c r="T47" s="5"/>
+      <c r="W47" s="5"/>
       <c r="AJ47" s="8"/>
       <c r="AM47" s="8"/>
     </row>
-    <row r="48" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A48" s="9" t="s">
+    <row r="48" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B48" s="9">
-[...15 lines deleted...]
-      <c r="J48" s="9">
+      <c r="B48" s="4">
+        <v>3181</v>
+      </c>
+      <c r="C48" s="4">
+        <v>3181</v>
+      </c>
+      <c r="D48" s="4">
+        <v>149</v>
+      </c>
+      <c r="E48" s="9">
+        <v>4.7E-2</v>
+      </c>
+      <c r="F48" s="4"/>
+      <c r="G48" s="4"/>
+      <c r="H48" s="4"/>
+      <c r="I48" s="4"/>
+      <c r="J48" s="4">
         <v>196</v>
       </c>
-      <c r="K48" s="9">
+      <c r="K48" s="4">
         <v>11</v>
       </c>
-      <c r="L48" s="9">
-[...8 lines deleted...]
-      <c r="W48" s="7"/>
+      <c r="L48" s="4">
+        <v>2985</v>
+      </c>
+      <c r="M48" s="4">
+        <v>138</v>
+      </c>
+      <c r="N48" s="4"/>
+      <c r="O48" s="4"/>
+      <c r="T48" s="5"/>
+      <c r="W48" s="5"/>
       <c r="AJ48" s="8"/>
       <c r="AM48" s="8"/>
     </row>
-    <row r="49" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A49" s="9" t="s">
+    <row r="49" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="B49" s="9">
-[...15 lines deleted...]
-      <c r="J49" s="9">
+      <c r="B49" s="4">
+        <v>97</v>
+      </c>
+      <c r="C49" s="4">
+        <v>97</v>
+      </c>
+      <c r="D49" s="4">
+        <v>4</v>
+      </c>
+      <c r="E49" s="9">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="F49" s="4"/>
+      <c r="G49" s="4"/>
+      <c r="H49" s="4"/>
+      <c r="I49" s="4"/>
+      <c r="J49" s="4">
         <v>17</v>
       </c>
-      <c r="K49" s="9">
+      <c r="K49" s="4">
         <v>1</v>
       </c>
-      <c r="L49" s="9">
-[...8 lines deleted...]
-      <c r="W49" s="7"/>
+      <c r="L49" s="4">
+        <v>80</v>
+      </c>
+      <c r="M49" s="4">
+        <v>3</v>
+      </c>
+      <c r="N49" s="4"/>
+      <c r="O49" s="4"/>
+      <c r="T49" s="5"/>
+      <c r="W49" s="5"/>
       <c r="AJ49" s="8"/>
       <c r="AM49" s="8"/>
     </row>
-    <row r="50" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A50" s="9" t="s">
+    <row r="50" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="B50" s="9">
+      <c r="B50" s="4">
         <v>600</v>
       </c>
-      <c r="C50" s="9">
+      <c r="C50" s="4">
         <v>600</v>
       </c>
-      <c r="D50" s="9">
+      <c r="D50" s="4">
         <v>19</v>
       </c>
-      <c r="E50" s="10">
+      <c r="E50" s="9">
         <v>3.2000000000000001E-2</v>
       </c>
-      <c r="F50" s="9"/>
-[...3 lines deleted...]
-      <c r="J50" s="9">
+      <c r="F50" s="4"/>
+      <c r="G50" s="4"/>
+      <c r="H50" s="4"/>
+      <c r="I50" s="4"/>
+      <c r="J50" s="4">
         <v>102</v>
       </c>
-      <c r="K50" s="9">
-[...2 lines deleted...]
-      <c r="L50" s="9">
+      <c r="K50" s="4">
+        <v>7</v>
+      </c>
+      <c r="L50" s="4">
         <v>498</v>
       </c>
-      <c r="M50" s="9">
-[...5 lines deleted...]
-      <c r="W50" s="7"/>
+      <c r="M50" s="4">
+        <v>12</v>
+      </c>
+      <c r="N50" s="4"/>
+      <c r="O50" s="4"/>
+      <c r="T50" s="5"/>
+      <c r="W50" s="5"/>
       <c r="AJ50" s="8"/>
       <c r="AM50" s="8"/>
     </row>
-    <row r="51" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A51" s="9" t="s">
+    <row r="51" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B51" s="9">
+      <c r="B51" s="4">
         <v>331</v>
       </c>
-      <c r="C51" s="9">
+      <c r="C51" s="4">
         <v>331</v>
       </c>
-      <c r="D51" s="9">
+      <c r="D51" s="4">
+        <v>31</v>
+      </c>
+      <c r="E51" s="9">
+        <v>9.4E-2</v>
+      </c>
+      <c r="F51" s="4"/>
+      <c r="G51" s="4"/>
+      <c r="H51" s="4"/>
+      <c r="I51" s="4"/>
+      <c r="J51" s="4">
+        <v>81</v>
+      </c>
+      <c r="K51" s="4">
+        <v>4</v>
+      </c>
+      <c r="L51" s="4">
+        <v>250</v>
+      </c>
+      <c r="M51" s="4">
         <v>27</v>
       </c>
-      <c r="E51" s="10">
-[...21 lines deleted...]
-      <c r="W51" s="7"/>
+      <c r="N51" s="4"/>
+      <c r="O51" s="4"/>
+      <c r="T51" s="5"/>
+      <c r="W51" s="5"/>
       <c r="AJ51" s="8"/>
       <c r="AM51" s="8"/>
     </row>
-    <row r="52" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A52" s="5" t="s">
+    <row r="52" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A52" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B52" s="5">
-[...6 lines deleted...]
-        <v>281.99400000000003</v>
+      <c r="B52" s="3">
+        <v>2527</v>
+      </c>
+      <c r="C52" s="3">
+        <v>2368.0479999999998</v>
+      </c>
+      <c r="D52" s="3">
+        <v>255.3</v>
       </c>
       <c r="E52" s="6">
-        <v>0.11899999999999999</v>
-[...1 lines deleted...]
-      <c r="F52" s="5">
+        <v>0.108</v>
+      </c>
+      <c r="F52" s="3">
         <v>378.5</v>
       </c>
-      <c r="G52" s="5">
-[...19 lines deleted...]
-      <c r="W52" s="7"/>
+      <c r="G52" s="3">
+        <v>53.5</v>
+      </c>
+      <c r="H52" s="3">
+        <v>277</v>
+      </c>
+      <c r="I52" s="3">
+        <v>40</v>
+      </c>
+      <c r="J52" s="3">
+        <v>1703.9380000000001</v>
+      </c>
+      <c r="K52" s="3">
+        <v>161.80000000000001</v>
+      </c>
+      <c r="L52" s="3"/>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3"/>
+      <c r="O52" s="3"/>
+      <c r="T52" s="5"/>
+      <c r="W52" s="5"/>
       <c r="AJ52" s="8"/>
       <c r="AM52" s="8"/>
     </row>
-    <row r="53" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A53" s="9" t="s">
+    <row r="53" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B53" s="9">
+      <c r="B53" s="4">
         <v>283</v>
       </c>
-      <c r="C53" s="9">
+      <c r="C53" s="4">
         <v>278.05</v>
       </c>
-      <c r="D53" s="9">
-[...5 lines deleted...]
-      <c r="F53" s="9">
+      <c r="D53" s="4">
+        <v>46.5</v>
+      </c>
+      <c r="E53" s="9">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="F53" s="4">
         <v>76.05</v>
       </c>
-      <c r="G53" s="9">
-[...2 lines deleted...]
-      <c r="H53" s="9">
+      <c r="G53" s="4">
+        <v>22</v>
+      </c>
+      <c r="H53" s="4">
         <v>141</v>
       </c>
-      <c r="I53" s="9">
-[...2 lines deleted...]
-      <c r="J53" s="9">
+      <c r="I53" s="4">
+        <v>19</v>
+      </c>
+      <c r="J53" s="4">
         <v>53.5</v>
       </c>
-      <c r="K53" s="9">
-[...7 lines deleted...]
-      <c r="W53" s="7"/>
+      <c r="K53" s="4">
+        <v>5.5</v>
+      </c>
+      <c r="L53" s="4"/>
+      <c r="M53" s="4"/>
+      <c r="N53" s="4"/>
+      <c r="O53" s="4"/>
+      <c r="T53" s="5"/>
+      <c r="W53" s="5"/>
       <c r="AJ53" s="8"/>
       <c r="AM53" s="8"/>
     </row>
-    <row r="54" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A54" s="9" t="s">
+    <row r="54" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="B54" s="9">
+      <c r="B54" s="4">
         <v>17</v>
       </c>
-      <c r="C54" s="9">
+      <c r="C54" s="4">
         <v>5.61</v>
       </c>
-      <c r="D54" s="9">
+      <c r="D54" s="4">
         <v>1.5</v>
       </c>
-      <c r="E54" s="10">
+      <c r="E54" s="9">
         <v>0.26700000000000002</v>
       </c>
-      <c r="F54" s="9"/>
-[...3 lines deleted...]
-      <c r="J54" s="9">
+      <c r="F54" s="4"/>
+      <c r="G54" s="4"/>
+      <c r="H54" s="4"/>
+      <c r="I54" s="4"/>
+      <c r="J54" s="4">
         <v>4.5</v>
       </c>
-      <c r="K54" s="9">
+      <c r="K54" s="4">
         <v>1.5</v>
       </c>
-      <c r="L54" s="9"/>
-[...4 lines deleted...]
-      <c r="W54" s="7"/>
+      <c r="L54" s="4"/>
+      <c r="M54" s="4"/>
+      <c r="N54" s="4"/>
+      <c r="O54" s="4"/>
+      <c r="T54" s="5"/>
+      <c r="W54" s="5"/>
       <c r="AJ54" s="8"/>
       <c r="AM54" s="8"/>
     </row>
-    <row r="55" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A55" s="9" t="s">
+    <row r="55" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="B55" s="9">
-[...2 lines deleted...]
-      <c r="C55" s="9">
+      <c r="B55" s="4">
         <v>72</v>
       </c>
-      <c r="D55" s="9">
-[...5 lines deleted...]
-      <c r="F55" s="9">
+      <c r="C55" s="4">
+        <v>72</v>
+      </c>
+      <c r="D55" s="4">
+        <v>21</v>
+      </c>
+      <c r="E55" s="9">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="F55" s="4">
         <v>10</v>
       </c>
-      <c r="G55" s="9"/>
-      <c r="H55" s="9">
+      <c r="G55" s="4"/>
+      <c r="H55" s="4">
         <v>34</v>
       </c>
-      <c r="I55" s="9">
+      <c r="I55" s="4">
         <v>14</v>
       </c>
-      <c r="J55" s="9">
+      <c r="J55" s="4">
         <v>28</v>
       </c>
-      <c r="K55" s="9">
-[...7 lines deleted...]
-      <c r="W55" s="7"/>
+      <c r="K55" s="4">
+        <v>7</v>
+      </c>
+      <c r="L55" s="4"/>
+      <c r="M55" s="4"/>
+      <c r="N55" s="4"/>
+      <c r="O55" s="4"/>
+      <c r="T55" s="5"/>
+      <c r="W55" s="5"/>
       <c r="AJ55" s="8"/>
       <c r="AM55" s="8"/>
     </row>
-    <row r="56" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A56" s="9" t="s">
+    <row r="56" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="9">
+      <c r="B56" s="4">
         <v>55</v>
       </c>
-      <c r="C56" s="9">
+      <c r="C56" s="4">
         <v>55</v>
       </c>
-      <c r="D56" s="9"/>
-[...3 lines deleted...]
-      <c r="H56" s="9">
+      <c r="D56" s="4"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+      <c r="H56" s="4">
         <v>35</v>
       </c>
-      <c r="I56" s="9"/>
-      <c r="J56" s="9">
+      <c r="I56" s="4"/>
+      <c r="J56" s="4">
         <v>20</v>
       </c>
-      <c r="K56" s="9"/>
-[...5 lines deleted...]
-      <c r="W56" s="7"/>
+      <c r="K56" s="4"/>
+      <c r="L56" s="4"/>
+      <c r="M56" s="4"/>
+      <c r="N56" s="4"/>
+      <c r="O56" s="4"/>
+      <c r="T56" s="5"/>
+      <c r="W56" s="5"/>
       <c r="AJ56" s="8"/>
       <c r="AM56" s="8"/>
     </row>
-    <row r="57" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A57" s="9" t="s">
+    <row r="57" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="B57" s="9">
+      <c r="B57" s="4">
         <v>39</v>
       </c>
-      <c r="C57" s="9">
+      <c r="C57" s="4">
         <v>38.049999999999997</v>
       </c>
-      <c r="D57" s="9"/>
-[...1 lines deleted...]
-      <c r="F57" s="9">
+      <c r="D57" s="4"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="4">
         <v>11.05</v>
       </c>
-      <c r="G57" s="9"/>
-[...2 lines deleted...]
-      <c r="J57" s="9">
+      <c r="G57" s="4"/>
+      <c r="H57" s="4"/>
+      <c r="I57" s="4"/>
+      <c r="J57" s="4">
         <v>27</v>
       </c>
-      <c r="K57" s="9"/>
-[...5 lines deleted...]
-      <c r="W57" s="7"/>
+      <c r="K57" s="4"/>
+      <c r="L57" s="4"/>
+      <c r="M57" s="4"/>
+      <c r="N57" s="4"/>
+      <c r="O57" s="4"/>
+      <c r="T57" s="5"/>
+      <c r="W57" s="5"/>
       <c r="AJ57" s="8"/>
       <c r="AM57" s="8"/>
     </row>
-    <row r="58" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A58" s="9" t="s">
+    <row r="58" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="B58" s="9">
+      <c r="B58" s="4">
         <v>7</v>
       </c>
-      <c r="C58" s="9">
+      <c r="C58" s="4">
         <v>6</v>
       </c>
-      <c r="D58" s="9">
+      <c r="D58" s="4">
         <v>0.5</v>
       </c>
-      <c r="E58" s="10">
+      <c r="E58" s="9">
         <v>8.3000000000000004E-2</v>
       </c>
-      <c r="F58" s="9"/>
-[...3 lines deleted...]
-      <c r="J58" s="9">
+      <c r="F58" s="4"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="4"/>
+      <c r="I58" s="4"/>
+      <c r="J58" s="4">
         <v>6</v>
       </c>
-      <c r="K58" s="9">
+      <c r="K58" s="4">
         <v>0.5</v>
       </c>
-      <c r="L58" s="9"/>
-[...4 lines deleted...]
-      <c r="W58" s="7"/>
+      <c r="L58" s="4"/>
+      <c r="M58" s="4"/>
+      <c r="N58" s="4"/>
+      <c r="O58" s="4"/>
+      <c r="T58" s="5"/>
+      <c r="W58" s="5"/>
       <c r="AJ58" s="8"/>
       <c r="AM58" s="8"/>
     </row>
-    <row r="59" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A59" s="9" t="s">
+    <row r="59" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="B59" s="9">
+      <c r="B59" s="4">
         <v>91</v>
       </c>
-      <c r="C59" s="9">
+      <c r="C59" s="4">
         <v>90.5</v>
       </c>
-      <c r="D59" s="9">
+      <c r="D59" s="4">
         <v>10</v>
       </c>
-      <c r="E59" s="10">
+      <c r="E59" s="9">
         <v>0.11</v>
       </c>
-      <c r="F59" s="9">
+      <c r="F59" s="4">
         <v>39</v>
       </c>
-      <c r="G59" s="9">
+      <c r="G59" s="4">
         <v>5</v>
       </c>
-      <c r="H59" s="9">
+      <c r="H59" s="4">
         <v>24</v>
       </c>
-      <c r="I59" s="9">
+      <c r="I59" s="4">
         <v>2</v>
       </c>
-      <c r="J59" s="9">
+      <c r="J59" s="4">
         <v>27.5</v>
       </c>
-      <c r="K59" s="9">
+      <c r="K59" s="4">
         <v>3</v>
       </c>
-      <c r="L59" s="9"/>
-[...4 lines deleted...]
-      <c r="W59" s="7"/>
+      <c r="L59" s="4"/>
+      <c r="M59" s="4"/>
+      <c r="N59" s="4"/>
+      <c r="O59" s="4"/>
+      <c r="T59" s="5"/>
+      <c r="W59" s="5"/>
       <c r="AJ59" s="8"/>
       <c r="AM59" s="8"/>
     </row>
-    <row r="60" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A60" s="9" t="s">
+    <row r="60" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="B60" s="9">
-[...11 lines deleted...]
-      <c r="F60" s="9">
+      <c r="B60" s="4">
+        <v>388</v>
+      </c>
+      <c r="C60" s="4">
+        <v>383.8</v>
+      </c>
+      <c r="D60" s="4">
+        <v>46.8</v>
+      </c>
+      <c r="E60" s="9">
+        <v>0.122</v>
+      </c>
+      <c r="F60" s="4">
         <v>240.5</v>
       </c>
-      <c r="G60" s="9">
-[...5 lines deleted...]
-      <c r="I60" s="9">
+      <c r="G60" s="4">
+        <v>26.5</v>
+      </c>
+      <c r="H60" s="4">
+        <v>43</v>
+      </c>
+      <c r="I60" s="4">
         <v>5</v>
       </c>
-      <c r="J60" s="9">
-[...10 lines deleted...]
-      <c r="W60" s="7"/>
+      <c r="J60" s="4">
+        <v>100.3</v>
+      </c>
+      <c r="K60" s="4">
+        <v>15.3</v>
+      </c>
+      <c r="L60" s="4"/>
+      <c r="M60" s="4"/>
+      <c r="N60" s="4"/>
+      <c r="O60" s="4"/>
+      <c r="T60" s="5"/>
+      <c r="W60" s="5"/>
       <c r="AJ60" s="8"/>
       <c r="AM60" s="8"/>
     </row>
-    <row r="61" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A61" s="9" t="s">
+    <row r="61" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="B61" s="9">
+      <c r="B61" s="4">
         <v>23</v>
       </c>
-      <c r="C61" s="9">
+      <c r="C61" s="4">
         <v>23</v>
       </c>
-      <c r="D61" s="9">
+      <c r="D61" s="4">
         <v>3</v>
       </c>
-      <c r="E61" s="10">
+      <c r="E61" s="9">
         <v>0.13</v>
       </c>
-      <c r="F61" s="9"/>
-[...3 lines deleted...]
-      <c r="J61" s="9">
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+      <c r="I61" s="4"/>
+      <c r="J61" s="4">
         <v>23</v>
       </c>
-      <c r="K61" s="9">
+      <c r="K61" s="4">
         <v>3</v>
       </c>
-      <c r="L61" s="9"/>
-[...4 lines deleted...]
-      <c r="W61" s="7"/>
+      <c r="L61" s="4"/>
+      <c r="M61" s="4"/>
+      <c r="N61" s="4"/>
+      <c r="O61" s="4"/>
+      <c r="T61" s="5"/>
+      <c r="W61" s="5"/>
       <c r="AJ61" s="8"/>
       <c r="AM61" s="8"/>
     </row>
-    <row r="62" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A62" s="9" t="s">
+    <row r="62" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="B62" s="9">
-[...26 lines deleted...]
-      <c r="W62" s="7"/>
+      <c r="B62" s="4">
+        <v>211</v>
+      </c>
+      <c r="C62" s="4">
+        <v>177.738</v>
+      </c>
+      <c r="D62" s="4">
+        <v>0.75</v>
+      </c>
+      <c r="E62" s="9">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+      <c r="I62" s="4"/>
+      <c r="J62" s="4">
+        <v>177.738</v>
+      </c>
+      <c r="K62" s="4">
+        <v>0.75</v>
+      </c>
+      <c r="L62" s="4"/>
+      <c r="M62" s="4"/>
+      <c r="N62" s="4"/>
+      <c r="O62" s="4"/>
+      <c r="T62" s="5"/>
+      <c r="W62" s="5"/>
       <c r="AJ62" s="8"/>
       <c r="AM62" s="8"/>
     </row>
-    <row r="63" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A63" s="9" t="s">
+    <row r="63" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="B63" s="9">
+      <c r="B63" s="4">
         <v>43</v>
       </c>
-      <c r="C63" s="9">
+      <c r="C63" s="4">
         <v>41</v>
       </c>
-      <c r="D63" s="9">
-[...9 lines deleted...]
-      <c r="J63" s="9">
+      <c r="D63" s="4"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
+      <c r="I63" s="4"/>
+      <c r="J63" s="4">
         <v>41</v>
       </c>
-      <c r="K63" s="9">
-[...7 lines deleted...]
-      <c r="W63" s="7"/>
+      <c r="K63" s="4"/>
+      <c r="L63" s="4"/>
+      <c r="M63" s="4"/>
+      <c r="N63" s="4"/>
+      <c r="O63" s="4"/>
+      <c r="T63" s="5"/>
+      <c r="W63" s="5"/>
       <c r="AJ63" s="8"/>
       <c r="AM63" s="8"/>
     </row>
-    <row r="64" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A64" s="9" t="s">
+    <row r="64" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="B64" s="9">
+      <c r="B64" s="4">
         <v>47</v>
       </c>
-      <c r="C64" s="9">
+      <c r="C64" s="4">
         <v>42.75</v>
       </c>
-      <c r="D64" s="9">
+      <c r="D64" s="4">
         <v>1.75</v>
       </c>
-      <c r="E64" s="10">
+      <c r="E64" s="9">
         <v>4.1000000000000002E-2</v>
       </c>
-      <c r="F64" s="9"/>
-[...3 lines deleted...]
-      <c r="J64" s="9">
+      <c r="F64" s="4"/>
+      <c r="G64" s="4"/>
+      <c r="H64" s="4"/>
+      <c r="I64" s="4"/>
+      <c r="J64" s="4">
         <v>42.75</v>
       </c>
-      <c r="K64" s="9">
+      <c r="K64" s="4">
         <v>1.75</v>
       </c>
-      <c r="L64" s="9"/>
-[...4 lines deleted...]
-      <c r="W64" s="7"/>
+      <c r="L64" s="4"/>
+      <c r="M64" s="4"/>
+      <c r="N64" s="4"/>
+      <c r="O64" s="4"/>
+      <c r="T64" s="5"/>
+      <c r="W64" s="5"/>
       <c r="AJ64" s="8"/>
       <c r="AM64" s="8"/>
     </row>
-    <row r="65" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A65" s="9" t="s">
+    <row r="65" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="B65" s="9">
+      <c r="B65" s="4">
         <v>110</v>
       </c>
-      <c r="C65" s="9">
+      <c r="C65" s="4">
         <v>90.1</v>
       </c>
-      <c r="D65" s="9">
-[...9 lines deleted...]
-      <c r="J65" s="9">
+      <c r="D65" s="4">
+        <v>2.8</v>
+      </c>
+      <c r="E65" s="9">
+        <v>3.1E-2</v>
+      </c>
+      <c r="F65" s="4"/>
+      <c r="G65" s="4"/>
+      <c r="H65" s="4"/>
+      <c r="I65" s="4"/>
+      <c r="J65" s="4">
         <v>90.1</v>
       </c>
-      <c r="K65" s="9">
-[...7 lines deleted...]
-      <c r="W65" s="7"/>
+      <c r="K65" s="4">
+        <v>2.8</v>
+      </c>
+      <c r="L65" s="4"/>
+      <c r="M65" s="4"/>
+      <c r="N65" s="4"/>
+      <c r="O65" s="4"/>
+      <c r="T65" s="5"/>
+      <c r="W65" s="5"/>
       <c r="AJ65" s="8"/>
       <c r="AM65" s="8"/>
     </row>
-    <row r="66" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A66" s="9" t="s">
+    <row r="66" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="B66" s="9">
+      <c r="B66" s="4">
         <v>34</v>
       </c>
-      <c r="C66" s="9">
+      <c r="C66" s="4">
         <v>33.25</v>
       </c>
-      <c r="D66" s="9">
+      <c r="D66" s="4">
         <v>13.25</v>
       </c>
-      <c r="E66" s="10">
+      <c r="E66" s="9">
         <v>0.39800000000000002</v>
       </c>
-      <c r="F66" s="9"/>
-[...3 lines deleted...]
-      <c r="J66" s="9">
+      <c r="F66" s="4"/>
+      <c r="G66" s="4"/>
+      <c r="H66" s="4"/>
+      <c r="I66" s="4"/>
+      <c r="J66" s="4">
         <v>33.25</v>
       </c>
-      <c r="K66" s="9">
+      <c r="K66" s="4">
         <v>13.25</v>
       </c>
-      <c r="L66" s="9"/>
-[...4 lines deleted...]
-      <c r="W66" s="7"/>
+      <c r="L66" s="4"/>
+      <c r="M66" s="4"/>
+      <c r="N66" s="4"/>
+      <c r="O66" s="4"/>
+      <c r="T66" s="5"/>
+      <c r="W66" s="5"/>
       <c r="AJ66" s="8"/>
       <c r="AM66" s="8"/>
     </row>
-    <row r="67" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A67" s="9" t="s">
+    <row r="67" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="B67" s="9">
+      <c r="B67" s="4">
         <v>75</v>
       </c>
-      <c r="C67" s="9">
+      <c r="C67" s="4">
         <v>70.599999999999994</v>
       </c>
-      <c r="D67" s="9">
-[...5 lines deleted...]
-      <c r="F67" s="9">
+      <c r="D67" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="E67" s="9">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="F67" s="4">
         <v>1.9</v>
       </c>
-      <c r="G67" s="9"/>
-[...2 lines deleted...]
-      <c r="J67" s="9">
+      <c r="G67" s="4"/>
+      <c r="H67" s="4"/>
+      <c r="I67" s="4"/>
+      <c r="J67" s="4">
         <v>68.7</v>
       </c>
-      <c r="K67" s="9">
-[...7 lines deleted...]
-      <c r="W67" s="7"/>
+      <c r="K67" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="L67" s="4"/>
+      <c r="M67" s="4"/>
+      <c r="N67" s="4"/>
+      <c r="O67" s="4"/>
+      <c r="T67" s="5"/>
+      <c r="W67" s="5"/>
       <c r="AJ67" s="8"/>
       <c r="AM67" s="8"/>
     </row>
-    <row r="68" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A68" s="9" t="s">
+    <row r="68" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="B68" s="9">
+      <c r="B68" s="4">
         <v>74</v>
       </c>
-      <c r="C68" s="9">
+      <c r="C68" s="4">
         <v>73</v>
       </c>
-      <c r="D68" s="9"/>
-[...5 lines deleted...]
-      <c r="J68" s="9">
+      <c r="D68" s="4"/>
+      <c r="E68" s="9"/>
+      <c r="F68" s="4"/>
+      <c r="G68" s="4"/>
+      <c r="H68" s="4"/>
+      <c r="I68" s="4"/>
+      <c r="J68" s="4">
         <v>73</v>
       </c>
-      <c r="K68" s="9"/>
-[...5 lines deleted...]
-      <c r="W68" s="7"/>
+      <c r="K68" s="4"/>
+      <c r="L68" s="4"/>
+      <c r="M68" s="4"/>
+      <c r="N68" s="4"/>
+      <c r="O68" s="4"/>
+      <c r="T68" s="5"/>
+      <c r="W68" s="5"/>
       <c r="AJ68" s="8"/>
       <c r="AM68" s="8"/>
     </row>
-    <row r="69" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A69" s="9" t="s">
+    <row r="69" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="B69" s="9">
+      <c r="B69" s="4">
         <v>66</v>
       </c>
-      <c r="C69" s="9">
-[...23 lines deleted...]
-      <c r="W69" s="7"/>
+      <c r="C69" s="4">
+        <v>60.95</v>
+      </c>
+      <c r="D69" s="4">
+        <v>7.25</v>
+      </c>
+      <c r="E69" s="9">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F69" s="4"/>
+      <c r="G69" s="4"/>
+      <c r="H69" s="4"/>
+      <c r="I69" s="4"/>
+      <c r="J69" s="4">
+        <v>60.95</v>
+      </c>
+      <c r="K69" s="4">
+        <v>7.25</v>
+      </c>
+      <c r="L69" s="4"/>
+      <c r="M69" s="4"/>
+      <c r="N69" s="4"/>
+      <c r="O69" s="4"/>
+      <c r="T69" s="5"/>
+      <c r="W69" s="5"/>
       <c r="AJ69" s="8"/>
       <c r="AM69" s="8"/>
     </row>
-    <row r="70" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A70" s="9" t="s">
+    <row r="70" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="B70" s="9">
+      <c r="B70" s="4">
         <v>63</v>
       </c>
-      <c r="C70" s="9">
+      <c r="C70" s="4">
         <v>63</v>
       </c>
-      <c r="D70" s="9">
-[...9 lines deleted...]
-      <c r="J70" s="9">
+      <c r="D70" s="4">
+        <v>9</v>
+      </c>
+      <c r="E70" s="9">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="F70" s="4"/>
+      <c r="G70" s="4"/>
+      <c r="H70" s="4"/>
+      <c r="I70" s="4"/>
+      <c r="J70" s="4">
         <v>63</v>
       </c>
-      <c r="K70" s="9">
-[...7 lines deleted...]
-      <c r="W70" s="7"/>
+      <c r="K70" s="4">
+        <v>9</v>
+      </c>
+      <c r="L70" s="4"/>
+      <c r="M70" s="4"/>
+      <c r="N70" s="4"/>
+      <c r="O70" s="4"/>
+      <c r="T70" s="5"/>
+      <c r="W70" s="5"/>
       <c r="AJ70" s="8"/>
       <c r="AM70" s="8"/>
     </row>
-    <row r="71" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A71" s="9" t="s">
+    <row r="71" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="B71" s="9">
+      <c r="B71" s="4">
         <v>82</v>
       </c>
-      <c r="C71" s="9">
+      <c r="C71" s="4">
         <v>72.5</v>
       </c>
-      <c r="D71" s="9">
+      <c r="D71" s="4">
         <v>18.2</v>
       </c>
-      <c r="E71" s="10">
+      <c r="E71" s="9">
         <v>0.251</v>
       </c>
-      <c r="F71" s="9"/>
-[...3 lines deleted...]
-      <c r="J71" s="9">
+      <c r="F71" s="4"/>
+      <c r="G71" s="4"/>
+      <c r="H71" s="4"/>
+      <c r="I71" s="4"/>
+      <c r="J71" s="4">
         <v>72.5</v>
       </c>
-      <c r="K71" s="9">
+      <c r="K71" s="4">
         <v>18.2</v>
       </c>
-      <c r="L71" s="9"/>
-[...4 lines deleted...]
-      <c r="W71" s="7"/>
+      <c r="L71" s="4"/>
+      <c r="M71" s="4"/>
+      <c r="N71" s="4"/>
+      <c r="O71" s="4"/>
+      <c r="T71" s="5"/>
+      <c r="W71" s="5"/>
       <c r="AJ71" s="8"/>
       <c r="AM71" s="8"/>
     </row>
-    <row r="72" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A72" s="9" t="s">
+    <row r="72" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="B72" s="9">
-[...26 lines deleted...]
-      <c r="W72" s="7"/>
+      <c r="B72" s="4">
+        <v>56</v>
+      </c>
+      <c r="C72" s="4">
+        <v>53.5</v>
+      </c>
+      <c r="D72" s="4">
+        <v>3</v>
+      </c>
+      <c r="E72" s="9">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="F72" s="4"/>
+      <c r="G72" s="4"/>
+      <c r="H72" s="4"/>
+      <c r="I72" s="4"/>
+      <c r="J72" s="4">
+        <v>53.5</v>
+      </c>
+      <c r="K72" s="4">
+        <v>3</v>
+      </c>
+      <c r="L72" s="4"/>
+      <c r="M72" s="4"/>
+      <c r="N72" s="4"/>
+      <c r="O72" s="4"/>
+      <c r="T72" s="5"/>
+      <c r="W72" s="5"/>
       <c r="AJ72" s="8"/>
       <c r="AM72" s="8"/>
     </row>
-    <row r="73" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A73" s="9" t="s">
+    <row r="73" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="B73" s="9">
+      <c r="B73" s="4">
         <v>45</v>
       </c>
-      <c r="C73" s="9">
-[...23 lines deleted...]
-      <c r="W73" s="7"/>
+      <c r="C73" s="4">
+        <v>41.41</v>
+      </c>
+      <c r="D73" s="4">
+        <v>1.66</v>
+      </c>
+      <c r="E73" s="9">
+        <v>0.04</v>
+      </c>
+      <c r="F73" s="4"/>
+      <c r="G73" s="4"/>
+      <c r="H73" s="4"/>
+      <c r="I73" s="4"/>
+      <c r="J73" s="4">
+        <v>41.41</v>
+      </c>
+      <c r="K73" s="4">
+        <v>1.66</v>
+      </c>
+      <c r="L73" s="4"/>
+      <c r="M73" s="4"/>
+      <c r="N73" s="4"/>
+      <c r="O73" s="4"/>
+      <c r="T73" s="5"/>
+      <c r="W73" s="5"/>
       <c r="AJ73" s="8"/>
       <c r="AM73" s="8"/>
     </row>
-    <row r="74" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A74" s="9" t="s">
+    <row r="74" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="B74" s="9">
+      <c r="B74" s="4">
         <v>19</v>
       </c>
-      <c r="C74" s="9">
+      <c r="C74" s="4">
         <v>18.399999999999999</v>
       </c>
-      <c r="D74" s="9">
+      <c r="D74" s="4">
         <v>1</v>
       </c>
-      <c r="E74" s="10">
+      <c r="E74" s="9">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="F74" s="9"/>
-[...3 lines deleted...]
-      <c r="J74" s="9">
+      <c r="F74" s="4"/>
+      <c r="G74" s="4"/>
+      <c r="H74" s="4"/>
+      <c r="I74" s="4"/>
+      <c r="J74" s="4">
         <v>18.399999999999999</v>
       </c>
-      <c r="K74" s="9">
+      <c r="K74" s="4">
         <v>1</v>
       </c>
-      <c r="L74" s="9"/>
-[...4 lines deleted...]
-      <c r="W74" s="7"/>
+      <c r="L74" s="4"/>
+      <c r="M74" s="4"/>
+      <c r="N74" s="4"/>
+      <c r="O74" s="4"/>
+      <c r="T74" s="5"/>
+      <c r="W74" s="5"/>
       <c r="AJ74" s="8"/>
       <c r="AM74" s="8"/>
     </row>
-    <row r="75" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A75" s="9" t="s">
+    <row r="75" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="B75" s="9">
+      <c r="B75" s="4">
         <v>47</v>
       </c>
-      <c r="C75" s="9">
+      <c r="C75" s="4">
         <v>46</v>
       </c>
-      <c r="D75" s="9">
+      <c r="D75" s="4">
         <v>4.5</v>
       </c>
-      <c r="E75" s="10">
+      <c r="E75" s="9">
         <v>9.8000000000000004E-2</v>
       </c>
-      <c r="F75" s="9"/>
-[...3 lines deleted...]
-      <c r="J75" s="9">
+      <c r="F75" s="4"/>
+      <c r="G75" s="4"/>
+      <c r="H75" s="4"/>
+      <c r="I75" s="4"/>
+      <c r="J75" s="4">
         <v>46</v>
       </c>
-      <c r="K75" s="9">
+      <c r="K75" s="4">
         <v>4.5</v>
       </c>
-      <c r="L75" s="9"/>
-[...4 lines deleted...]
-      <c r="W75" s="7"/>
+      <c r="L75" s="4"/>
+      <c r="M75" s="4"/>
+      <c r="N75" s="4"/>
+      <c r="O75" s="4"/>
+      <c r="T75" s="5"/>
+      <c r="W75" s="5"/>
       <c r="AJ75" s="8"/>
       <c r="AM75" s="8"/>
     </row>
-    <row r="76" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A76" s="9" t="s">
+    <row r="76" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="B76" s="9">
-[...26 lines deleted...]
-      <c r="W76" s="7"/>
+      <c r="B76" s="4">
+        <v>101</v>
+      </c>
+      <c r="C76" s="4">
+        <v>82.4</v>
+      </c>
+      <c r="D76" s="4">
+        <v>3</v>
+      </c>
+      <c r="E76" s="9">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="F76" s="4"/>
+      <c r="G76" s="4"/>
+      <c r="H76" s="4"/>
+      <c r="I76" s="4"/>
+      <c r="J76" s="4">
+        <v>82.4</v>
+      </c>
+      <c r="K76" s="4">
+        <v>3</v>
+      </c>
+      <c r="L76" s="4"/>
+      <c r="M76" s="4"/>
+      <c r="N76" s="4"/>
+      <c r="O76" s="4"/>
+      <c r="T76" s="5"/>
+      <c r="W76" s="5"/>
       <c r="AJ76" s="8"/>
       <c r="AM76" s="8"/>
     </row>
-    <row r="77" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A77" s="9" t="s">
+    <row r="77" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="B77" s="9">
+      <c r="B77" s="4">
         <v>23</v>
       </c>
-      <c r="C77" s="9">
+      <c r="C77" s="4">
         <v>23</v>
       </c>
-      <c r="D77" s="9"/>
-[...5 lines deleted...]
-      <c r="J77" s="9">
+      <c r="D77" s="4"/>
+      <c r="E77" s="9"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="4">
         <v>23</v>
       </c>
-      <c r="K77" s="9"/>
-[...5 lines deleted...]
-      <c r="W77" s="7"/>
+      <c r="K77" s="4"/>
+      <c r="L77" s="4"/>
+      <c r="M77" s="4"/>
+      <c r="N77" s="4"/>
+      <c r="O77" s="4"/>
+      <c r="T77" s="5"/>
+      <c r="W77" s="5"/>
       <c r="AJ77" s="8"/>
       <c r="AM77" s="8"/>
     </row>
-    <row r="78" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A78" s="9" t="s">
+    <row r="78" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="B78" s="9">
+      <c r="B78" s="4">
         <v>171</v>
       </c>
-      <c r="C78" s="9">
+      <c r="C78" s="4">
         <v>160.04</v>
       </c>
-      <c r="D78" s="9">
-[...9 lines deleted...]
-      <c r="J78" s="9">
+      <c r="D78" s="4">
+        <v>19.440000000000001</v>
+      </c>
+      <c r="E78" s="9">
+        <v>0.121</v>
+      </c>
+      <c r="F78" s="4"/>
+      <c r="G78" s="4"/>
+      <c r="H78" s="4"/>
+      <c r="I78" s="4"/>
+      <c r="J78" s="4">
         <v>160.04</v>
       </c>
-      <c r="K78" s="9">
-[...7 lines deleted...]
-      <c r="W78" s="7"/>
+      <c r="K78" s="4">
+        <v>19.440000000000001</v>
+      </c>
+      <c r="L78" s="4"/>
+      <c r="M78" s="4"/>
+      <c r="N78" s="4"/>
+      <c r="O78" s="4"/>
+      <c r="T78" s="5"/>
+      <c r="W78" s="5"/>
       <c r="AJ78" s="8"/>
       <c r="AM78" s="8"/>
     </row>
-    <row r="79" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A79" s="9" t="s">
+    <row r="79" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="B79" s="9">
+      <c r="B79" s="4">
         <v>38</v>
       </c>
-      <c r="C79" s="9">
+      <c r="C79" s="4">
         <v>38</v>
       </c>
-      <c r="D79" s="9">
-[...9 lines deleted...]
-      <c r="J79" s="9">
+      <c r="D79" s="4">
+        <v>3</v>
+      </c>
+      <c r="E79" s="9">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+      <c r="I79" s="4"/>
+      <c r="J79" s="4">
         <v>38</v>
       </c>
-      <c r="K79" s="9">
-[...7 lines deleted...]
-      <c r="W79" s="7"/>
+      <c r="K79" s="4">
+        <v>3</v>
+      </c>
+      <c r="L79" s="4"/>
+      <c r="M79" s="4"/>
+      <c r="N79" s="4"/>
+      <c r="O79" s="4"/>
+      <c r="T79" s="5"/>
+      <c r="W79" s="5"/>
       <c r="AJ79" s="8"/>
       <c r="AM79" s="8"/>
     </row>
-    <row r="80" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A80" s="9" t="s">
+    <row r="80" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="B80" s="9">
+      <c r="B80" s="4">
         <v>105</v>
       </c>
-      <c r="C80" s="9">
+      <c r="C80" s="4">
         <v>93.75</v>
       </c>
-      <c r="D80" s="9">
-[...9 lines deleted...]
-      <c r="J80" s="9">
+      <c r="D80" s="4">
+        <v>11.6</v>
+      </c>
+      <c r="E80" s="9">
+        <v>0.124</v>
+      </c>
+      <c r="F80" s="4"/>
+      <c r="G80" s="4"/>
+      <c r="H80" s="4"/>
+      <c r="I80" s="4"/>
+      <c r="J80" s="4">
         <v>93.75</v>
       </c>
-      <c r="K80" s="9">
-[...7 lines deleted...]
-      <c r="W80" s="7"/>
+      <c r="K80" s="4">
+        <v>11.6</v>
+      </c>
+      <c r="L80" s="4"/>
+      <c r="M80" s="4"/>
+      <c r="N80" s="4"/>
+      <c r="O80" s="4"/>
+      <c r="T80" s="5"/>
+      <c r="W80" s="5"/>
       <c r="AJ80" s="8"/>
       <c r="AM80" s="8"/>
     </row>
-    <row r="81" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A81" s="9" t="s">
+    <row r="81" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="B81" s="9">
+      <c r="B81" s="4">
         <v>45</v>
       </c>
-      <c r="C81" s="9">
+      <c r="C81" s="4">
         <v>43.15</v>
       </c>
-      <c r="D81" s="9">
-[...9 lines deleted...]
-      <c r="J81" s="9">
+      <c r="D81" s="4">
+        <v>5.8</v>
+      </c>
+      <c r="E81" s="9">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="F81" s="4"/>
+      <c r="G81" s="4"/>
+      <c r="H81" s="4"/>
+      <c r="I81" s="4"/>
+      <c r="J81" s="4">
         <v>43.15</v>
       </c>
-      <c r="K81" s="9">
-[...7 lines deleted...]
-      <c r="W81" s="7"/>
+      <c r="K81" s="4">
+        <v>5.8</v>
+      </c>
+      <c r="L81" s="4"/>
+      <c r="M81" s="4"/>
+      <c r="N81" s="4"/>
+      <c r="O81" s="4"/>
+      <c r="T81" s="5"/>
+      <c r="W81" s="5"/>
       <c r="AJ81" s="8"/>
       <c r="AM81" s="8"/>
     </row>
-    <row r="82" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A82" s="9" t="s">
+    <row r="82" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="B82" s="9">
-[...2 lines deleted...]
-      <c r="C82" s="9">
+      <c r="B82" s="4">
         <v>42</v>
       </c>
-      <c r="D82" s="9">
-[...20 lines deleted...]
-      <c r="W82" s="7"/>
+      <c r="C82" s="4">
+        <v>41</v>
+      </c>
+      <c r="D82" s="4">
+        <v>4</v>
+      </c>
+      <c r="E82" s="9">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="F82" s="4"/>
+      <c r="G82" s="4"/>
+      <c r="H82" s="4"/>
+      <c r="I82" s="4"/>
+      <c r="J82" s="4">
+        <v>41</v>
+      </c>
+      <c r="K82" s="4">
+        <v>4</v>
+      </c>
+      <c r="L82" s="4"/>
+      <c r="M82" s="4"/>
+      <c r="N82" s="4"/>
+      <c r="O82" s="4"/>
+      <c r="T82" s="5"/>
+      <c r="W82" s="5"/>
       <c r="AJ82" s="8"/>
       <c r="AM82" s="8"/>
     </row>
-    <row r="83" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A83" s="9" t="s">
+    <row r="83" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="B83" s="9">
+      <c r="B83" s="4">
         <v>55</v>
       </c>
-      <c r="C83" s="9">
-[...23 lines deleted...]
-      <c r="W83" s="7"/>
+      <c r="C83" s="4">
+        <v>50.5</v>
+      </c>
+      <c r="D83" s="4">
+        <v>9.5</v>
+      </c>
+      <c r="E83" s="9">
+        <v>0.188</v>
+      </c>
+      <c r="F83" s="4"/>
+      <c r="G83" s="4"/>
+      <c r="H83" s="4"/>
+      <c r="I83" s="4"/>
+      <c r="J83" s="4">
+        <v>50.5</v>
+      </c>
+      <c r="K83" s="4">
+        <v>9.5</v>
+      </c>
+      <c r="L83" s="4"/>
+      <c r="M83" s="4"/>
+      <c r="N83" s="4"/>
+      <c r="O83" s="4"/>
+      <c r="T83" s="5"/>
+      <c r="W83" s="5"/>
       <c r="AJ83" s="8"/>
       <c r="AM83" s="8"/>
     </row>
-    <row r="84" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A84" s="5" t="s">
+    <row r="84" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B84" s="5">
-[...5 lines deleted...]
-      <c r="D84" s="5">
+      <c r="B84" s="3">
+        <v>474</v>
+      </c>
+      <c r="C84" s="3">
+        <v>474</v>
+      </c>
+      <c r="D84" s="3">
         <v>48</v>
       </c>
       <c r="E84" s="6">
-        <v>0.1</v>
-[...1 lines deleted...]
-      <c r="F84" s="5">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="F84" s="3">
         <v>15</v>
       </c>
-      <c r="G84" s="5">
+      <c r="G84" s="3">
         <v>2</v>
       </c>
-      <c r="H84" s="5">
-[...16 lines deleted...]
-      <c r="W84" s="7"/>
+      <c r="H84" s="3">
+        <v>365</v>
+      </c>
+      <c r="I84" s="3">
+        <v>34</v>
+      </c>
+      <c r="J84" s="3">
+        <v>93</v>
+      </c>
+      <c r="K84" s="3">
+        <v>12</v>
+      </c>
+      <c r="L84" s="3"/>
+      <c r="M84" s="3"/>
+      <c r="N84" s="3"/>
+      <c r="O84" s="3"/>
+      <c r="T84" s="5"/>
+      <c r="W84" s="5"/>
       <c r="AJ84" s="8"/>
       <c r="AM84" s="8"/>
     </row>
-    <row r="85" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A85" s="9" t="s">
+    <row r="85" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="B85" s="9">
-[...5 lines deleted...]
-      <c r="D85" s="9">
+      <c r="B85" s="4">
+        <v>120</v>
+      </c>
+      <c r="C85" s="4">
+        <v>120</v>
+      </c>
+      <c r="D85" s="4">
+        <v>7</v>
+      </c>
+      <c r="E85" s="9">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="F85" s="4">
+        <v>15</v>
+      </c>
+      <c r="G85" s="4">
+        <v>2</v>
+      </c>
+      <c r="H85" s="4">
+        <v>95</v>
+      </c>
+      <c r="I85" s="4">
+        <v>5</v>
+      </c>
+      <c r="J85" s="4">
         <v>9</v>
       </c>
-      <c r="E85" s="10">
-[...25 lines deleted...]
-      <c r="W85" s="7"/>
+      <c r="K85" s="4"/>
+      <c r="L85" s="4"/>
+      <c r="M85" s="4"/>
+      <c r="N85" s="4"/>
+      <c r="O85" s="4"/>
+      <c r="T85" s="5"/>
+      <c r="W85" s="5"/>
       <c r="AJ85" s="8"/>
       <c r="AM85" s="8"/>
     </row>
-    <row r="86" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A86" t="s">
+    <row r="86" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="B86" s="9">
-[...28 lines deleted...]
-      <c r="W86" s="7"/>
+      <c r="B86" s="4">
+        <v>354</v>
+      </c>
+      <c r="C86" s="4">
+        <v>354</v>
+      </c>
+      <c r="D86" s="4">
+        <v>41</v>
+      </c>
+      <c r="E86" s="9">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="F86" s="4"/>
+      <c r="G86" s="4"/>
+      <c r="H86" s="4">
+        <v>270</v>
+      </c>
+      <c r="I86" s="4">
+        <v>29</v>
+      </c>
+      <c r="J86" s="4">
+        <v>84</v>
+      </c>
+      <c r="K86" s="4">
+        <v>12</v>
+      </c>
+      <c r="L86" s="4"/>
+      <c r="M86" s="4"/>
+      <c r="N86" s="4"/>
+      <c r="O86" s="4"/>
+      <c r="T86" s="5"/>
+      <c r="W86" s="5"/>
       <c r="AJ86" s="8"/>
       <c r="AM86" s="8"/>
     </row>
-    <row r="87" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A87" s="9" t="s">
+    <row r="87" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B87" s="9">
-[...30 lines deleted...]
-      <c r="W87" s="7"/>
+      <c r="B87" s="3">
+        <v>2251</v>
+      </c>
+      <c r="C87" s="3">
+        <v>2184.1999999999998</v>
+      </c>
+      <c r="D87" s="3">
+        <v>97.83</v>
+      </c>
+      <c r="E87" s="6">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F87" s="3">
+        <v>17</v>
+      </c>
+      <c r="G87" s="3"/>
+      <c r="H87" s="3">
+        <v>191</v>
+      </c>
+      <c r="I87" s="3">
+        <v>6</v>
+      </c>
+      <c r="J87" s="3">
+        <v>1944.7</v>
+      </c>
+      <c r="K87" s="3">
+        <v>90.83</v>
+      </c>
+      <c r="L87" s="3">
+        <v>1</v>
+      </c>
+      <c r="M87" s="3"/>
+      <c r="N87" s="3"/>
+      <c r="O87" s="3"/>
+      <c r="T87" s="5"/>
+      <c r="W87" s="5"/>
       <c r="AJ87" s="8"/>
       <c r="AM87" s="8"/>
     </row>
-    <row r="88" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A88" s="5" t="s">
+    <row r="88" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="B88" s="5">
-[...34 lines deleted...]
-      <c r="W88" s="7"/>
+      <c r="B88" s="4">
+        <v>116</v>
+      </c>
+      <c r="C88" s="4">
+        <v>116</v>
+      </c>
+      <c r="D88" s="4">
+        <v>2</v>
+      </c>
+      <c r="E88" s="9">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="F88" s="4">
+        <v>15</v>
+      </c>
+      <c r="G88" s="4"/>
+      <c r="H88" s="4">
+        <v>64</v>
+      </c>
+      <c r="I88" s="4"/>
+      <c r="J88" s="4">
+        <v>36</v>
+      </c>
+      <c r="K88" s="4">
+        <v>2</v>
+      </c>
+      <c r="L88" s="4"/>
+      <c r="M88" s="4"/>
+      <c r="N88" s="4"/>
+      <c r="O88" s="4"/>
+      <c r="T88" s="5"/>
+      <c r="W88" s="5"/>
       <c r="AJ88" s="8"/>
       <c r="AM88" s="8"/>
     </row>
-    <row r="89" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A89" s="9" t="s">
+    <row r="89" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="B89" s="9">
-[...28 lines deleted...]
-      <c r="W89" s="7"/>
+      <c r="B89" s="4">
+        <v>79</v>
+      </c>
+      <c r="C89" s="4">
+        <v>79</v>
+      </c>
+      <c r="D89" s="4">
+        <v>1</v>
+      </c>
+      <c r="E89" s="9">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="F89" s="4"/>
+      <c r="G89" s="4"/>
+      <c r="H89" s="4"/>
+      <c r="I89" s="4"/>
+      <c r="J89" s="4">
+        <v>77</v>
+      </c>
+      <c r="K89" s="4">
+        <v>1</v>
+      </c>
+      <c r="L89" s="4"/>
+      <c r="M89" s="4"/>
+      <c r="N89" s="4"/>
+      <c r="O89" s="4"/>
+      <c r="T89" s="5"/>
+      <c r="W89" s="5"/>
       <c r="AJ89" s="8"/>
       <c r="AM89" s="8"/>
     </row>
-    <row r="90" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A90" s="9" t="s">
+    <row r="90" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="B90" s="9">
-[...26 lines deleted...]
-      <c r="W90" s="7"/>
+      <c r="B90" s="4">
+        <v>64</v>
+      </c>
+      <c r="C90" s="4">
+        <v>62.55</v>
+      </c>
+      <c r="D90" s="4">
+        <v>8</v>
+      </c>
+      <c r="E90" s="9">
+        <v>0.128</v>
+      </c>
+      <c r="F90" s="4"/>
+      <c r="G90" s="4"/>
+      <c r="H90" s="4"/>
+      <c r="I90" s="4"/>
+      <c r="J90" s="4">
+        <v>62.55</v>
+      </c>
+      <c r="K90" s="4">
+        <v>8</v>
+      </c>
+      <c r="L90" s="4"/>
+      <c r="M90" s="4"/>
+      <c r="N90" s="4"/>
+      <c r="O90" s="4"/>
+      <c r="T90" s="5"/>
+      <c r="W90" s="5"/>
       <c r="AJ90" s="8"/>
       <c r="AM90" s="8"/>
     </row>
-    <row r="91" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A91" s="9" t="s">
+    <row r="91" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="B91" s="9">
-[...26 lines deleted...]
-      <c r="W91" s="7"/>
+      <c r="B91" s="4">
+        <v>85</v>
+      </c>
+      <c r="C91" s="4">
+        <v>83</v>
+      </c>
+      <c r="D91" s="4">
+        <v>11</v>
+      </c>
+      <c r="E91" s="9">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="F91" s="4"/>
+      <c r="G91" s="4"/>
+      <c r="H91" s="4"/>
+      <c r="I91" s="4"/>
+      <c r="J91" s="4">
+        <v>77</v>
+      </c>
+      <c r="K91" s="4">
+        <v>10</v>
+      </c>
+      <c r="L91" s="4"/>
+      <c r="M91" s="4"/>
+      <c r="N91" s="4"/>
+      <c r="O91" s="4"/>
+      <c r="T91" s="5"/>
+      <c r="W91" s="5"/>
       <c r="AJ91" s="8"/>
       <c r="AM91" s="8"/>
     </row>
-    <row r="92" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A92" s="9" t="s">
+    <row r="92" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="B92" s="9">
-[...26 lines deleted...]
-      <c r="W92" s="7"/>
+      <c r="B92" s="4">
+        <v>391</v>
+      </c>
+      <c r="C92" s="4">
+        <v>390</v>
+      </c>
+      <c r="D92" s="4">
+        <v>9</v>
+      </c>
+      <c r="E92" s="9">
+        <v>2.3E-2</v>
+      </c>
+      <c r="F92" s="4"/>
+      <c r="G92" s="4"/>
+      <c r="H92" s="4">
+        <v>79</v>
+      </c>
+      <c r="I92" s="4">
+        <v>1</v>
+      </c>
+      <c r="J92" s="4">
+        <v>311</v>
+      </c>
+      <c r="K92" s="4">
+        <v>8</v>
+      </c>
+      <c r="L92" s="4"/>
+      <c r="M92" s="4"/>
+      <c r="N92" s="4"/>
+      <c r="O92" s="4"/>
+      <c r="T92" s="5"/>
+      <c r="W92" s="5"/>
       <c r="AJ92" s="8"/>
       <c r="AM92" s="8"/>
     </row>
-    <row r="93" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A93" s="9" t="s">
+    <row r="93" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="B93" s="9">
-[...5 lines deleted...]
-      <c r="D93" s="9">
+      <c r="B93" s="4">
+        <v>36</v>
+      </c>
+      <c r="C93" s="4">
+        <v>36</v>
+      </c>
+      <c r="D93" s="4"/>
+      <c r="E93" s="9"/>
+      <c r="F93" s="4">
+        <v>2</v>
+      </c>
+      <c r="G93" s="4"/>
+      <c r="H93" s="4">
         <v>10</v>
       </c>
-      <c r="E93" s="10">
-[...21 lines deleted...]
-      <c r="W93" s="7"/>
+      <c r="I93" s="4"/>
+      <c r="J93" s="4">
+        <v>24</v>
+      </c>
+      <c r="K93" s="4"/>
+      <c r="L93" s="4"/>
+      <c r="M93" s="4"/>
+      <c r="N93" s="4"/>
+      <c r="O93" s="4"/>
+      <c r="T93" s="5"/>
+      <c r="W93" s="5"/>
       <c r="AJ93" s="8"/>
       <c r="AM93" s="8"/>
     </row>
-    <row r="94" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A94" s="9" t="s">
+    <row r="94" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="B94" s="9">
-[...22 lines deleted...]
-      <c r="W94" s="7"/>
+      <c r="B94" s="4">
+        <v>171</v>
+      </c>
+      <c r="C94" s="4">
+        <v>171</v>
+      </c>
+      <c r="D94" s="4">
+        <v>13</v>
+      </c>
+      <c r="E94" s="9">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="F94" s="4"/>
+      <c r="G94" s="4"/>
+      <c r="H94" s="4"/>
+      <c r="I94" s="4"/>
+      <c r="J94" s="4">
+        <v>171</v>
+      </c>
+      <c r="K94" s="4">
+        <v>13</v>
+      </c>
+      <c r="L94" s="4"/>
+      <c r="M94" s="4"/>
+      <c r="N94" s="4"/>
+      <c r="O94" s="4"/>
+      <c r="T94" s="5"/>
+      <c r="W94" s="5"/>
       <c r="AJ94" s="8"/>
       <c r="AM94" s="8"/>
     </row>
-    <row r="95" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A95" s="9" t="s">
+    <row r="95" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="B95" s="9">
-[...26 lines deleted...]
-      <c r="W95" s="7"/>
+      <c r="B95" s="4">
+        <v>89</v>
+      </c>
+      <c r="C95" s="4">
+        <v>83.25</v>
+      </c>
+      <c r="D95" s="4">
+        <v>3</v>
+      </c>
+      <c r="E95" s="9">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="F95" s="4"/>
+      <c r="G95" s="4"/>
+      <c r="H95" s="4"/>
+      <c r="I95" s="4"/>
+      <c r="J95" s="4">
+        <v>79.75</v>
+      </c>
+      <c r="K95" s="4">
+        <v>3</v>
+      </c>
+      <c r="L95" s="4"/>
+      <c r="M95" s="4"/>
+      <c r="N95" s="4"/>
+      <c r="O95" s="4"/>
+      <c r="T95" s="5"/>
+      <c r="W95" s="5"/>
       <c r="AJ95" s="8"/>
       <c r="AM95" s="8"/>
     </row>
-    <row r="96" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A96" s="9" t="s">
+    <row r="96" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="B96" s="9">
-[...26 lines deleted...]
-      <c r="W96" s="7"/>
+      <c r="B96" s="4">
+        <v>127</v>
+      </c>
+      <c r="C96" s="4">
+        <v>117.7</v>
+      </c>
+      <c r="D96" s="4">
+        <v>3</v>
+      </c>
+      <c r="E96" s="9">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="F96" s="4"/>
+      <c r="G96" s="4"/>
+      <c r="H96" s="4"/>
+      <c r="I96" s="4"/>
+      <c r="J96" s="4">
+        <v>113.7</v>
+      </c>
+      <c r="K96" s="4">
+        <v>3</v>
+      </c>
+      <c r="L96" s="4"/>
+      <c r="M96" s="4"/>
+      <c r="N96" s="4"/>
+      <c r="O96" s="4"/>
+      <c r="T96" s="5"/>
+      <c r="W96" s="5"/>
       <c r="AJ96" s="8"/>
       <c r="AM96" s="8"/>
     </row>
-    <row r="97" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A97" s="9" t="s">
+    <row r="97" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="B97" s="9">
-[...26 lines deleted...]
-      <c r="W97" s="7"/>
+      <c r="B97" s="4">
+        <v>374</v>
+      </c>
+      <c r="C97" s="4">
+        <v>372.5</v>
+      </c>
+      <c r="D97" s="4">
+        <v>21</v>
+      </c>
+      <c r="E97" s="9">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="F97" s="4"/>
+      <c r="G97" s="4"/>
+      <c r="H97" s="4"/>
+      <c r="I97" s="4"/>
+      <c r="J97" s="4">
+        <v>364.5</v>
+      </c>
+      <c r="K97" s="4">
+        <v>21</v>
+      </c>
+      <c r="L97" s="4"/>
+      <c r="M97" s="4"/>
+      <c r="N97" s="4"/>
+      <c r="O97" s="4"/>
+      <c r="T97" s="5"/>
+      <c r="W97" s="5"/>
       <c r="AJ97" s="8"/>
       <c r="AM97" s="8"/>
     </row>
-    <row r="98" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A98" s="9" t="s">
+    <row r="98" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="B98" s="9">
-[...28 lines deleted...]
-      <c r="W98" s="7"/>
+      <c r="B98" s="4">
+        <v>34</v>
+      </c>
+      <c r="C98" s="4">
+        <v>33</v>
+      </c>
+      <c r="D98" s="4">
+        <v>2</v>
+      </c>
+      <c r="E98" s="9">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F98" s="4"/>
+      <c r="G98" s="4"/>
+      <c r="H98" s="4"/>
+      <c r="I98" s="4"/>
+      <c r="J98" s="4">
+        <v>33</v>
+      </c>
+      <c r="K98" s="4">
+        <v>2</v>
+      </c>
+      <c r="L98" s="4"/>
+      <c r="M98" s="4"/>
+      <c r="N98" s="4"/>
+      <c r="O98" s="4"/>
+      <c r="T98" s="5"/>
+      <c r="W98" s="5"/>
       <c r="AJ98" s="8"/>
       <c r="AM98" s="8"/>
     </row>
-    <row r="99" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A99" s="9" t="s">
+    <row r="99" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="B99" s="9">
-[...26 lines deleted...]
-      <c r="W99" s="7"/>
+      <c r="B99" s="4">
+        <v>49</v>
+      </c>
+      <c r="C99" s="4">
+        <v>49</v>
+      </c>
+      <c r="D99" s="4"/>
+      <c r="E99" s="9"/>
+      <c r="F99" s="4"/>
+      <c r="G99" s="4"/>
+      <c r="H99" s="4"/>
+      <c r="I99" s="4"/>
+      <c r="J99" s="4">
+        <v>49</v>
+      </c>
+      <c r="K99" s="4"/>
+      <c r="L99" s="4"/>
+      <c r="M99" s="4"/>
+      <c r="N99" s="4"/>
+      <c r="O99" s="4"/>
+      <c r="T99" s="5"/>
+      <c r="W99" s="5"/>
       <c r="AJ99" s="8"/>
       <c r="AM99" s="8"/>
     </row>
-    <row r="100" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A100" s="9" t="s">
+    <row r="100" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="B100" s="9">
-[...20 lines deleted...]
-      <c r="W100" s="7"/>
+      <c r="B100" s="4">
+        <v>9</v>
+      </c>
+      <c r="C100" s="4">
+        <v>9</v>
+      </c>
+      <c r="D100" s="4"/>
+      <c r="E100" s="9"/>
+      <c r="F100" s="4"/>
+      <c r="G100" s="4"/>
+      <c r="H100" s="4">
+        <v>2</v>
+      </c>
+      <c r="I100" s="4"/>
+      <c r="J100" s="4">
+        <v>7</v>
+      </c>
+      <c r="K100" s="4"/>
+      <c r="L100" s="4"/>
+      <c r="M100" s="4"/>
+      <c r="N100" s="4"/>
+      <c r="O100" s="4"/>
+      <c r="T100" s="5"/>
+      <c r="W100" s="5"/>
       <c r="AJ100" s="8"/>
       <c r="AM100" s="8"/>
     </row>
-    <row r="101" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A101" s="9" t="s">
+    <row r="101" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="B101" s="9">
-[...22 lines deleted...]
-      <c r="W101" s="7"/>
+      <c r="B101" s="4">
+        <v>103</v>
+      </c>
+      <c r="C101" s="4">
+        <v>97.5</v>
+      </c>
+      <c r="D101" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="E101" s="9">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="F101" s="4"/>
+      <c r="G101" s="4"/>
+      <c r="H101" s="4">
+        <v>36</v>
+      </c>
+      <c r="I101" s="4">
+        <v>5</v>
+      </c>
+      <c r="J101" s="4">
+        <v>61.5</v>
+      </c>
+      <c r="K101" s="4">
+        <v>1.5</v>
+      </c>
+      <c r="L101" s="4"/>
+      <c r="M101" s="4"/>
+      <c r="N101" s="4"/>
+      <c r="O101" s="4"/>
+      <c r="T101" s="5"/>
+      <c r="W101" s="5"/>
       <c r="AJ101" s="8"/>
       <c r="AM101" s="8"/>
     </row>
-    <row r="102" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A102" s="9" t="s">
+    <row r="102" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="B102" s="9">
-[...30 lines deleted...]
-      <c r="W102" s="7"/>
+      <c r="B102" s="4">
+        <v>115</v>
+      </c>
+      <c r="C102" s="4">
+        <v>110.97</v>
+      </c>
+      <c r="D102" s="4">
+        <v>4.75</v>
+      </c>
+      <c r="E102" s="9">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F102" s="4"/>
+      <c r="G102" s="4"/>
+      <c r="H102" s="4"/>
+      <c r="I102" s="4"/>
+      <c r="J102" s="4">
+        <v>106.97</v>
+      </c>
+      <c r="K102" s="4">
+        <v>4.75</v>
+      </c>
+      <c r="L102" s="4">
+        <v>1</v>
+      </c>
+      <c r="M102" s="4"/>
+      <c r="N102" s="4"/>
+      <c r="O102" s="4"/>
+      <c r="T102" s="5"/>
+      <c r="W102" s="5"/>
       <c r="AJ102" s="8"/>
       <c r="AM102" s="8"/>
     </row>
-    <row r="103" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A103" s="9" t="s">
+    <row r="103" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="B103" s="9">
-[...28 lines deleted...]
-      <c r="W103" s="7"/>
+      <c r="B103" s="4">
+        <v>12</v>
+      </c>
+      <c r="C103" s="4">
+        <v>12</v>
+      </c>
+      <c r="D103" s="4"/>
+      <c r="E103" s="9"/>
+      <c r="F103" s="4"/>
+      <c r="G103" s="4"/>
+      <c r="H103" s="4"/>
+      <c r="I103" s="4"/>
+      <c r="J103" s="4">
+        <v>10</v>
+      </c>
+      <c r="K103" s="4"/>
+      <c r="L103" s="4"/>
+      <c r="M103" s="4"/>
+      <c r="N103" s="4"/>
+      <c r="O103" s="4"/>
+      <c r="T103" s="5"/>
+      <c r="W103" s="5"/>
       <c r="AJ103" s="8"/>
       <c r="AM103" s="8"/>
     </row>
-    <row r="104" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A104" s="9" t="s">
+    <row r="104" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="B104" s="9">
-[...20 lines deleted...]
-      <c r="W104" s="7"/>
+      <c r="B104" s="4">
+        <v>19</v>
+      </c>
+      <c r="C104" s="4">
+        <v>18.5</v>
+      </c>
+      <c r="D104" s="4">
+        <v>1</v>
+      </c>
+      <c r="E104" s="9">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F104" s="4"/>
+      <c r="G104" s="4"/>
+      <c r="H104" s="4"/>
+      <c r="I104" s="4"/>
+      <c r="J104" s="4">
+        <v>18.5</v>
+      </c>
+      <c r="K104" s="4">
+        <v>1</v>
+      </c>
+      <c r="L104" s="4"/>
+      <c r="M104" s="4"/>
+      <c r="N104" s="4"/>
+      <c r="O104" s="4"/>
+      <c r="T104" s="5"/>
+      <c r="W104" s="5"/>
       <c r="AJ104" s="8"/>
       <c r="AM104" s="8"/>
     </row>
-    <row r="105" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A105" s="9" t="s">
+    <row r="105" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
         <v>114</v>
       </c>
-      <c r="B105" s="9">
-[...26 lines deleted...]
-      <c r="W105" s="7"/>
+      <c r="B105" s="4">
+        <v>27</v>
+      </c>
+      <c r="C105" s="4">
+        <v>25</v>
+      </c>
+      <c r="D105" s="4"/>
+      <c r="E105" s="9"/>
+      <c r="F105" s="4"/>
+      <c r="G105" s="4"/>
+      <c r="H105" s="4"/>
+      <c r="I105" s="4"/>
+      <c r="J105" s="4">
+        <v>25</v>
+      </c>
+      <c r="K105" s="4"/>
+      <c r="L105" s="4"/>
+      <c r="M105" s="4"/>
+      <c r="N105" s="4"/>
+      <c r="O105" s="4"/>
+      <c r="T105" s="5"/>
+      <c r="W105" s="5"/>
       <c r="AJ105" s="8"/>
       <c r="AM105" s="8"/>
     </row>
-    <row r="106" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A106" s="9" t="s">
+    <row r="106" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="B106" s="9">
-[...20 lines deleted...]
-      <c r="W106" s="7"/>
+      <c r="B106" s="4">
+        <v>17</v>
+      </c>
+      <c r="C106" s="4">
+        <v>15.25</v>
+      </c>
+      <c r="D106" s="4"/>
+      <c r="E106" s="9"/>
+      <c r="F106" s="4"/>
+      <c r="G106" s="4"/>
+      <c r="H106" s="4"/>
+      <c r="I106" s="4"/>
+      <c r="J106" s="4">
+        <v>15.25</v>
+      </c>
+      <c r="K106" s="4"/>
+      <c r="L106" s="4"/>
+      <c r="M106" s="4"/>
+      <c r="N106" s="4"/>
+      <c r="O106" s="4"/>
+      <c r="T106" s="5"/>
+      <c r="W106" s="5"/>
       <c r="AJ106" s="8"/>
       <c r="AM106" s="8"/>
     </row>
-    <row r="107" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A107" s="9" t="s">
+    <row r="107" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="B107" s="9">
-[...20 lines deleted...]
-      <c r="W107" s="7"/>
+      <c r="B107" s="4">
+        <v>46</v>
+      </c>
+      <c r="C107" s="4">
+        <v>45.2</v>
+      </c>
+      <c r="D107" s="4">
+        <v>2</v>
+      </c>
+      <c r="E107" s="9">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="F107" s="4"/>
+      <c r="G107" s="4"/>
+      <c r="H107" s="4"/>
+      <c r="I107" s="4"/>
+      <c r="J107" s="4">
+        <v>45.2</v>
+      </c>
+      <c r="K107" s="4">
+        <v>2</v>
+      </c>
+      <c r="L107" s="4"/>
+      <c r="M107" s="4"/>
+      <c r="N107" s="4"/>
+      <c r="O107" s="4"/>
+      <c r="T107" s="5"/>
+      <c r="W107" s="5"/>
       <c r="AJ107" s="8"/>
       <c r="AM107" s="8"/>
     </row>
-    <row r="108" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A108" s="9" t="s">
+    <row r="108" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="B108" s="9">
-[...26 lines deleted...]
-      <c r="W108" s="7"/>
+      <c r="B108" s="4">
+        <v>65</v>
+      </c>
+      <c r="C108" s="4">
+        <v>57</v>
+      </c>
+      <c r="D108" s="4">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="E108" s="9">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F108" s="4"/>
+      <c r="G108" s="4"/>
+      <c r="H108" s="4"/>
+      <c r="I108" s="4"/>
+      <c r="J108" s="4">
+        <v>57</v>
+      </c>
+      <c r="K108" s="4">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="L108" s="4"/>
+      <c r="M108" s="4"/>
+      <c r="N108" s="4"/>
+      <c r="O108" s="4"/>
+      <c r="T108" s="5"/>
+      <c r="W108" s="5"/>
       <c r="AJ108" s="8"/>
       <c r="AM108" s="8"/>
     </row>
-    <row r="109" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A109" s="9" t="s">
+    <row r="109" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="B109" s="9">
-[...26 lines deleted...]
-      <c r="W109" s="7"/>
+      <c r="B109" s="4">
+        <v>119</v>
+      </c>
+      <c r="C109" s="4">
+        <v>106.08</v>
+      </c>
+      <c r="D109" s="4">
+        <v>4.53</v>
+      </c>
+      <c r="E109" s="9">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F109" s="4"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="4"/>
+      <c r="I109" s="4"/>
+      <c r="J109" s="4">
+        <v>106.08</v>
+      </c>
+      <c r="K109" s="4">
+        <v>4.53</v>
+      </c>
+      <c r="L109" s="4"/>
+      <c r="M109" s="4"/>
+      <c r="N109" s="4"/>
+      <c r="O109" s="4"/>
+      <c r="T109" s="5"/>
+      <c r="W109" s="5"/>
       <c r="AJ109" s="8"/>
       <c r="AM109" s="8"/>
     </row>
-    <row r="110" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A110" s="9" t="s">
+    <row r="110" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="B110" s="9">
-[...26 lines deleted...]
-      <c r="W110" s="7"/>
+      <c r="B110" s="4">
+        <v>35</v>
+      </c>
+      <c r="C110" s="4">
+        <v>35</v>
+      </c>
+      <c r="D110" s="4"/>
+      <c r="E110" s="9"/>
+      <c r="F110" s="4"/>
+      <c r="G110" s="4"/>
+      <c r="H110" s="4"/>
+      <c r="I110" s="4"/>
+      <c r="J110" s="4">
+        <v>35</v>
+      </c>
+      <c r="K110" s="4"/>
+      <c r="L110" s="4"/>
+      <c r="M110" s="4"/>
+      <c r="N110" s="4"/>
+      <c r="O110" s="4"/>
+      <c r="T110" s="5"/>
+      <c r="W110" s="5"/>
       <c r="AJ110" s="8"/>
       <c r="AM110" s="8"/>
     </row>
-    <row r="111" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A111" s="9" t="s">
+    <row r="111" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="B111" s="9">
-[...20 lines deleted...]
-      <c r="W111" s="7"/>
+      <c r="B111" s="4">
+        <v>45</v>
+      </c>
+      <c r="C111" s="4">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="D111" s="4">
+        <v>3.5</v>
+      </c>
+      <c r="E111" s="9">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="F111" s="4"/>
+      <c r="G111" s="4"/>
+      <c r="H111" s="4"/>
+      <c r="I111" s="4"/>
+      <c r="J111" s="4">
+        <v>34.700000000000003</v>
+      </c>
+      <c r="K111" s="4">
+        <v>3.5</v>
+      </c>
+      <c r="L111" s="4"/>
+      <c r="M111" s="4"/>
+      <c r="N111" s="4"/>
+      <c r="O111" s="4"/>
+      <c r="T111" s="5"/>
+      <c r="W111" s="5"/>
       <c r="AJ111" s="8"/>
       <c r="AM111" s="8"/>
     </row>
-    <row r="112" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A112" s="9" t="s">
+    <row r="112" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="B112" s="9">
-[...20 lines deleted...]
-      <c r="W112" s="7"/>
+      <c r="B112" s="4">
+        <v>24</v>
+      </c>
+      <c r="C112" s="4">
+        <v>24</v>
+      </c>
+      <c r="D112" s="4"/>
+      <c r="E112" s="9"/>
+      <c r="F112" s="4"/>
+      <c r="G112" s="4"/>
+      <c r="H112" s="4"/>
+      <c r="I112" s="4"/>
+      <c r="J112" s="4">
+        <v>24</v>
+      </c>
+      <c r="K112" s="4"/>
+      <c r="L112" s="4"/>
+      <c r="M112" s="4"/>
+      <c r="N112" s="4"/>
+      <c r="O112" s="4"/>
+      <c r="T112" s="5"/>
+      <c r="W112" s="5"/>
       <c r="AJ112" s="8"/>
       <c r="AM112" s="8"/>
     </row>
-    <row r="113" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A113" s="9" t="s">
+    <row r="113" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B113" s="9">
-[...20 lines deleted...]
-      <c r="W113" s="7"/>
+      <c r="B113" s="3">
+        <v>5527</v>
+      </c>
+      <c r="C113" s="3">
+        <v>5316.24</v>
+      </c>
+      <c r="D113" s="3">
+        <v>265.11</v>
+      </c>
+      <c r="E113" s="6">
+        <v>0.05</v>
+      </c>
+      <c r="F113" s="3">
+        <v>251.5</v>
+      </c>
+      <c r="G113" s="3">
+        <v>44.6</v>
+      </c>
+      <c r="H113" s="3">
+        <v>1359</v>
+      </c>
+      <c r="I113" s="3">
+        <v>77.010000000000005</v>
+      </c>
+      <c r="J113" s="3">
+        <v>3699.24</v>
+      </c>
+      <c r="K113" s="3">
+        <v>143.5</v>
+      </c>
+      <c r="L113" s="3"/>
+      <c r="M113" s="3"/>
+      <c r="N113" s="3"/>
+      <c r="O113" s="3"/>
+      <c r="T113" s="5"/>
+      <c r="W113" s="5"/>
       <c r="AJ113" s="8"/>
       <c r="AM113" s="8"/>
     </row>
-    <row r="114" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A114" s="5" t="s">
+    <row r="114" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="B114" s="5">
-[...34 lines deleted...]
-      <c r="W114" s="7"/>
+      <c r="B114" s="4">
+        <v>287</v>
+      </c>
+      <c r="C114" s="4">
+        <v>270.89999999999998</v>
+      </c>
+      <c r="D114" s="4">
+        <v>27.6</v>
+      </c>
+      <c r="E114" s="9">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="F114" s="4">
+        <v>103.4</v>
+      </c>
+      <c r="G114" s="4">
+        <v>21.6</v>
+      </c>
+      <c r="H114" s="4">
+        <v>127</v>
+      </c>
+      <c r="I114" s="4">
+        <v>3</v>
+      </c>
+      <c r="J114" s="4">
+        <v>34</v>
+      </c>
+      <c r="K114" s="4">
+        <v>3</v>
+      </c>
+      <c r="L114" s="4"/>
+      <c r="M114" s="4"/>
+      <c r="N114" s="4"/>
+      <c r="O114" s="4"/>
+      <c r="T114" s="5"/>
+      <c r="W114" s="5"/>
       <c r="AJ114" s="8"/>
       <c r="AM114" s="8"/>
     </row>
-    <row r="115" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A115" s="9" t="s">
+    <row r="115" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="B115" s="9">
-[...34 lines deleted...]
-      <c r="W115" s="7"/>
+      <c r="B115" s="4">
+        <v>603</v>
+      </c>
+      <c r="C115" s="4">
+        <v>598.5</v>
+      </c>
+      <c r="D115" s="4">
+        <v>71.5</v>
+      </c>
+      <c r="E115" s="9">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="F115" s="4">
+        <v>92</v>
+      </c>
+      <c r="G115" s="4">
+        <v>18.5</v>
+      </c>
+      <c r="H115" s="4">
+        <v>333</v>
+      </c>
+      <c r="I115" s="4">
+        <v>37.5</v>
+      </c>
+      <c r="J115" s="4">
+        <v>173.5</v>
+      </c>
+      <c r="K115" s="4">
+        <v>15.5</v>
+      </c>
+      <c r="L115" s="4"/>
+      <c r="M115" s="4"/>
+      <c r="N115" s="4"/>
+      <c r="O115" s="4"/>
+      <c r="T115" s="5"/>
+      <c r="W115" s="5"/>
       <c r="AJ115" s="8"/>
       <c r="AM115" s="8"/>
     </row>
-    <row r="116" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A116" s="9" t="s">
+    <row r="116" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="B116" s="9">
-[...34 lines deleted...]
-      <c r="W116" s="7"/>
+      <c r="B116" s="4">
+        <v>286</v>
+      </c>
+      <c r="C116" s="4">
+        <v>279.72000000000003</v>
+      </c>
+      <c r="D116" s="4">
+        <v>4</v>
+      </c>
+      <c r="E116" s="9">
+        <v>1.4E-2</v>
+      </c>
+      <c r="F116" s="4">
+        <v>5.5</v>
+      </c>
+      <c r="G116" s="4"/>
+      <c r="H116" s="4">
+        <v>8</v>
+      </c>
+      <c r="I116" s="4"/>
+      <c r="J116" s="4">
+        <v>266.22000000000003</v>
+      </c>
+      <c r="K116" s="4">
+        <v>4</v>
+      </c>
+      <c r="L116" s="4"/>
+      <c r="M116" s="4"/>
+      <c r="N116" s="4"/>
+      <c r="O116" s="4"/>
+      <c r="T116" s="5"/>
+      <c r="W116" s="5"/>
       <c r="AJ116" s="8"/>
       <c r="AM116" s="8"/>
     </row>
-    <row r="117" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A117" s="9" t="s">
+    <row r="117" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="B117" s="9">
-[...30 lines deleted...]
-      <c r="W117" s="7"/>
+      <c r="B117" s="4">
+        <v>139</v>
+      </c>
+      <c r="C117" s="4">
+        <v>128.75</v>
+      </c>
+      <c r="D117" s="4">
+        <v>11</v>
+      </c>
+      <c r="E117" s="9">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="F117" s="4">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="G117" s="4">
+        <v>4.2</v>
+      </c>
+      <c r="H117" s="4">
+        <v>54</v>
+      </c>
+      <c r="I117" s="4">
+        <v>5</v>
+      </c>
+      <c r="J117" s="4">
+        <v>34.049999999999997</v>
+      </c>
+      <c r="K117" s="4">
+        <v>1.8</v>
+      </c>
+      <c r="L117" s="4"/>
+      <c r="M117" s="4"/>
+      <c r="N117" s="4"/>
+      <c r="O117" s="4"/>
+      <c r="T117" s="5"/>
+      <c r="W117" s="5"/>
       <c r="AJ117" s="8"/>
       <c r="AM117" s="8"/>
     </row>
-    <row r="118" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A118" s="9" t="s">
+    <row r="118" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="B118" s="9">
-[...34 lines deleted...]
-      <c r="W118" s="7"/>
+      <c r="B118" s="4">
+        <v>183</v>
+      </c>
+      <c r="C118" s="4">
+        <v>179.6</v>
+      </c>
+      <c r="D118" s="4">
+        <v>16.3</v>
+      </c>
+      <c r="E118" s="9">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="F118" s="4">
+        <v>7.6</v>
+      </c>
+      <c r="G118" s="4">
+        <v>0.3</v>
+      </c>
+      <c r="H118" s="4">
+        <v>147</v>
+      </c>
+      <c r="I118" s="4">
+        <v>13</v>
+      </c>
+      <c r="J118" s="4">
+        <v>25</v>
+      </c>
+      <c r="K118" s="4">
+        <v>3</v>
+      </c>
+      <c r="L118" s="4"/>
+      <c r="M118" s="4"/>
+      <c r="N118" s="4"/>
+      <c r="O118" s="4"/>
+      <c r="T118" s="5"/>
+      <c r="W118" s="5"/>
       <c r="AJ118" s="8"/>
       <c r="AM118" s="8"/>
     </row>
-    <row r="119" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A119" s="9" t="s">
+    <row r="119" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="B119" s="9">
-[...34 lines deleted...]
-      <c r="W119" s="7"/>
+      <c r="B119" s="4">
+        <v>928</v>
+      </c>
+      <c r="C119" s="4">
+        <v>920</v>
+      </c>
+      <c r="D119" s="4">
+        <v>33.31</v>
+      </c>
+      <c r="E119" s="9">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="F119" s="4"/>
+      <c r="G119" s="4"/>
+      <c r="H119" s="4">
+        <v>644.75</v>
+      </c>
+      <c r="I119" s="4">
+        <v>18.010000000000002</v>
+      </c>
+      <c r="J119" s="4">
+        <v>275.25</v>
+      </c>
+      <c r="K119" s="4">
+        <v>15.3</v>
+      </c>
+      <c r="L119" s="4"/>
+      <c r="M119" s="4"/>
+      <c r="N119" s="4"/>
+      <c r="O119" s="4"/>
+      <c r="T119" s="5"/>
+      <c r="W119" s="5"/>
       <c r="AJ119" s="8"/>
       <c r="AM119" s="8"/>
     </row>
-    <row r="120" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A120" s="9" t="s">
+    <row r="120" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="B120" s="9">
-[...30 lines deleted...]
-      <c r="W120" s="7"/>
+      <c r="B120" s="4">
+        <v>168</v>
+      </c>
+      <c r="C120" s="4">
+        <v>138.94999999999999</v>
+      </c>
+      <c r="D120" s="4">
+        <v>9.0500000000000007</v>
+      </c>
+      <c r="E120" s="9">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="F120" s="4">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G120" s="4"/>
+      <c r="H120" s="4">
+        <v>45.25</v>
+      </c>
+      <c r="I120" s="4">
+        <v>0.5</v>
+      </c>
+      <c r="J120" s="4">
+        <v>91.4</v>
+      </c>
+      <c r="K120" s="4">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="L120" s="4"/>
+      <c r="M120" s="4"/>
+      <c r="N120" s="4"/>
+      <c r="O120" s="4"/>
+      <c r="T120" s="5"/>
+      <c r="W120" s="5"/>
       <c r="AJ120" s="8"/>
       <c r="AM120" s="8"/>
     </row>
-    <row r="121" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A121" s="9" t="s">
+    <row r="121" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="B121" s="9">
-[...32 lines deleted...]
-      <c r="W121" s="7"/>
+      <c r="B121" s="4">
+        <v>614</v>
+      </c>
+      <c r="C121" s="4">
+        <v>590.6</v>
+      </c>
+      <c r="D121" s="4">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="E121" s="9">
+        <v>1.4E-2</v>
+      </c>
+      <c r="F121" s="4"/>
+      <c r="G121" s="4"/>
+      <c r="H121" s="4"/>
+      <c r="I121" s="4"/>
+      <c r="J121" s="4">
+        <v>590.6</v>
+      </c>
+      <c r="K121" s="4">
+        <v>8.5500000000000007</v>
+      </c>
+      <c r="L121" s="4"/>
+      <c r="M121" s="4"/>
+      <c r="N121" s="4"/>
+      <c r="O121" s="4"/>
+      <c r="T121" s="5"/>
+      <c r="W121" s="5"/>
       <c r="AJ121" s="8"/>
       <c r="AM121" s="8"/>
     </row>
-    <row r="122" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A122" s="9" t="s">
+    <row r="122" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="B122" s="9">
-[...26 lines deleted...]
-      <c r="W122" s="7"/>
+      <c r="B122" s="4">
+        <v>633</v>
+      </c>
+      <c r="C122" s="4">
+        <v>625.72</v>
+      </c>
+      <c r="D122" s="4">
+        <v>7</v>
+      </c>
+      <c r="E122" s="9">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="F122" s="4"/>
+      <c r="G122" s="4"/>
+      <c r="H122" s="4"/>
+      <c r="I122" s="4"/>
+      <c r="J122" s="4">
+        <v>625.72</v>
+      </c>
+      <c r="K122" s="4">
+        <v>7</v>
+      </c>
+      <c r="L122" s="4"/>
+      <c r="M122" s="4"/>
+      <c r="N122" s="4"/>
+      <c r="O122" s="4"/>
+      <c r="T122" s="5"/>
+      <c r="W122" s="5"/>
       <c r="AJ122" s="8"/>
       <c r="AM122" s="8"/>
     </row>
-    <row r="123" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A123" s="9" t="s">
+    <row r="123" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="B123" s="9">
-[...26 lines deleted...]
-      <c r="W123" s="7"/>
+      <c r="B123" s="4">
+        <v>898</v>
+      </c>
+      <c r="C123" s="4">
+        <v>850.25</v>
+      </c>
+      <c r="D123" s="4">
+        <v>33.9</v>
+      </c>
+      <c r="E123" s="9">
+        <v>0.04</v>
+      </c>
+      <c r="F123" s="4"/>
+      <c r="G123" s="4"/>
+      <c r="H123" s="4"/>
+      <c r="I123" s="4"/>
+      <c r="J123" s="4">
+        <v>850.25</v>
+      </c>
+      <c r="K123" s="4">
+        <v>33.9</v>
+      </c>
+      <c r="L123" s="4"/>
+      <c r="M123" s="4"/>
+      <c r="N123" s="4"/>
+      <c r="O123" s="4"/>
+      <c r="T123" s="5"/>
+      <c r="W123" s="5"/>
       <c r="AJ123" s="8"/>
       <c r="AM123" s="8"/>
     </row>
-    <row r="124" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A124" s="9" t="s">
+    <row r="124" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="B124" s="9">
-[...26 lines deleted...]
-      <c r="W124" s="7"/>
+      <c r="B124" s="4">
+        <v>788</v>
+      </c>
+      <c r="C124" s="4">
+        <v>733.25</v>
+      </c>
+      <c r="D124" s="4">
+        <v>42.9</v>
+      </c>
+      <c r="E124" s="9">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="F124" s="4"/>
+      <c r="G124" s="4"/>
+      <c r="H124" s="4"/>
+      <c r="I124" s="4"/>
+      <c r="J124" s="4">
+        <v>733.25</v>
+      </c>
+      <c r="K124" s="4">
+        <v>42.9</v>
+      </c>
+      <c r="L124" s="4"/>
+      <c r="M124" s="4"/>
+      <c r="N124" s="4"/>
+      <c r="O124" s="4"/>
+      <c r="T124" s="5"/>
+      <c r="W124" s="5"/>
       <c r="AJ124" s="8"/>
       <c r="AM124" s="8"/>
     </row>
-    <row r="125" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A125" s="9" t="s">
+    <row r="125" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A125" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B125" s="9">
-[...26 lines deleted...]
-      <c r="W125" s="7"/>
+      <c r="B125" s="3">
+        <v>198</v>
+      </c>
+      <c r="C125" s="3">
+        <v>198</v>
+      </c>
+      <c r="D125" s="3">
+        <v>10</v>
+      </c>
+      <c r="E125" s="6">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="F125" s="3">
+        <v>42</v>
+      </c>
+      <c r="G125" s="3">
+        <v>3</v>
+      </c>
+      <c r="H125" s="3">
+        <v>89</v>
+      </c>
+      <c r="I125" s="3">
+        <v>3</v>
+      </c>
+      <c r="J125" s="3">
+        <v>54</v>
+      </c>
+      <c r="K125" s="3">
+        <v>3</v>
+      </c>
+      <c r="L125" s="3"/>
+      <c r="M125" s="3"/>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3"/>
+      <c r="T125" s="5"/>
+      <c r="W125" s="5"/>
       <c r="AJ125" s="8"/>
       <c r="AM125" s="8"/>
     </row>
-    <row r="126" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A126" s="5" t="s">
+    <row r="126" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="B126" s="5">
-[...5 lines deleted...]
-      <c r="D126" s="5">
+      <c r="B126" s="4">
+        <v>34</v>
+      </c>
+      <c r="C126" s="4">
+        <v>34</v>
+      </c>
+      <c r="D126" s="4">
+        <v>2</v>
+      </c>
+      <c r="E126" s="9">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="F126" s="4">
+        <v>21</v>
+      </c>
+      <c r="G126" s="4">
+        <v>2</v>
+      </c>
+      <c r="H126" s="4">
+        <v>2</v>
+      </c>
+      <c r="I126" s="4"/>
+      <c r="J126" s="4">
         <v>11</v>
       </c>
-      <c r="E126" s="6">
-[...25 lines deleted...]
-      <c r="W126" s="7"/>
+      <c r="K126" s="4"/>
+      <c r="L126" s="4"/>
+      <c r="M126" s="4"/>
+      <c r="N126" s="4"/>
+      <c r="O126" s="4"/>
+      <c r="T126" s="5"/>
+      <c r="W126" s="5"/>
       <c r="AJ126" s="8"/>
       <c r="AM126" s="8"/>
     </row>
-    <row r="127" spans="1:39" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D127" s="9">
+    <row r="127" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B127" s="4">
+        <v>164</v>
+      </c>
+      <c r="C127" s="4">
+        <v>164</v>
+      </c>
+      <c r="D127" s="4">
+        <v>8</v>
+      </c>
+      <c r="E127" s="9">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="F127" s="4">
+        <v>21</v>
+      </c>
+      <c r="G127" s="4">
         <v>1</v>
       </c>
-      <c r="E127" s="10">
-[...21 lines deleted...]
-      <c r="W127" s="7"/>
+      <c r="H127" s="4">
+        <v>87</v>
+      </c>
+      <c r="I127" s="4">
+        <v>3</v>
+      </c>
+      <c r="J127" s="4">
+        <v>43</v>
+      </c>
+      <c r="K127" s="4">
+        <v>3</v>
+      </c>
+      <c r="L127" s="4"/>
+      <c r="M127" s="4"/>
+      <c r="N127" s="4"/>
+      <c r="O127" s="4"/>
+      <c r="T127" s="5"/>
+      <c r="W127" s="5"/>
       <c r="AJ127" s="8"/>
       <c r="AM127" s="8"/>
     </row>
-    <row r="128" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A128" s="9" t="s">
+    <row r="128" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B128" s="3">
+        <v>2160</v>
+      </c>
+      <c r="C128" s="3">
+        <v>2146.1</v>
+      </c>
+      <c r="D128" s="3">
+        <v>121</v>
+      </c>
+      <c r="E128" s="6">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="F128" s="3"/>
+      <c r="G128" s="3"/>
+      <c r="H128" s="3"/>
+      <c r="I128" s="3"/>
+      <c r="J128" s="3">
+        <v>1393.1</v>
+      </c>
+      <c r="K128" s="3">
+        <v>52</v>
+      </c>
+      <c r="L128" s="3"/>
+      <c r="M128" s="3"/>
+      <c r="N128" s="3">
         <v>0</v>
       </c>
-      <c r="B128" s="9">
-[...34 lines deleted...]
-      <c r="W128" s="7"/>
+      <c r="O128" s="3">
+        <v>0</v>
+      </c>
+      <c r="T128" s="5"/>
+      <c r="W128" s="5"/>
       <c r="AJ128" s="8"/>
       <c r="AM128" s="8"/>
     </row>
-    <row r="129" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A129" s="5" t="s">
+    <row r="129" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="B129" s="5">
-[...23 lines deleted...]
-      <c r="N129" s="5">
+      <c r="B129" s="4">
+        <v>152</v>
+      </c>
+      <c r="C129" s="4">
+        <v>151.5</v>
+      </c>
+      <c r="D129" s="4">
+        <v>4</v>
+      </c>
+      <c r="E129" s="9">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="F129" s="4"/>
+      <c r="G129" s="4"/>
+      <c r="H129" s="4"/>
+      <c r="I129" s="4"/>
+      <c r="J129" s="4">
+        <v>115.5</v>
+      </c>
+      <c r="K129" s="4">
+        <v>2</v>
+      </c>
+      <c r="L129" s="4"/>
+      <c r="M129" s="4"/>
+      <c r="N129" s="4">
         <v>0</v>
       </c>
-      <c r="O129" s="5">
+      <c r="O129" s="4">
         <v>0</v>
       </c>
-      <c r="T129" s="7"/>
-      <c r="W129" s="7"/>
+      <c r="T129" s="5"/>
+      <c r="W129" s="5"/>
       <c r="AJ129" s="8"/>
       <c r="AM129" s="8"/>
     </row>
-    <row r="130" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A130" s="9" t="s">
+    <row r="130" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="B130" s="9">
-[...23 lines deleted...]
-      <c r="N130" s="9">
+      <c r="B130" s="4">
+        <v>19</v>
+      </c>
+      <c r="C130" s="4">
+        <v>19</v>
+      </c>
+      <c r="D130" s="4"/>
+      <c r="E130" s="9"/>
+      <c r="F130" s="4"/>
+      <c r="G130" s="4"/>
+      <c r="H130" s="4"/>
+      <c r="I130" s="4"/>
+      <c r="J130" s="4">
+        <v>12</v>
+      </c>
+      <c r="K130" s="4"/>
+      <c r="L130" s="4"/>
+      <c r="M130" s="4"/>
+      <c r="N130" s="4">
         <v>0</v>
       </c>
-      <c r="O130" s="9">
+      <c r="O130" s="4">
         <v>0</v>
       </c>
-      <c r="T130" s="7"/>
-      <c r="W130" s="7"/>
+      <c r="T130" s="5"/>
+      <c r="W130" s="5"/>
       <c r="AJ130" s="8"/>
       <c r="AM130" s="8"/>
     </row>
-    <row r="131" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A131" s="9" t="s">
+    <row r="131" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
         <v>139</v>
       </c>
-      <c r="B131" s="9">
-[...17 lines deleted...]
-      <c r="N131" s="9">
+      <c r="B131" s="4">
+        <v>61</v>
+      </c>
+      <c r="C131" s="4">
+        <v>61</v>
+      </c>
+      <c r="D131" s="4">
+        <v>4</v>
+      </c>
+      <c r="E131" s="9">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F131" s="4"/>
+      <c r="G131" s="4"/>
+      <c r="H131" s="4"/>
+      <c r="I131" s="4"/>
+      <c r="J131" s="4">
+        <v>50</v>
+      </c>
+      <c r="K131" s="4">
+        <v>3</v>
+      </c>
+      <c r="L131" s="4"/>
+      <c r="M131" s="4"/>
+      <c r="N131" s="4">
         <v>0</v>
       </c>
-      <c r="O131" s="9">
+      <c r="O131" s="4">
         <v>0</v>
       </c>
-      <c r="T131" s="7"/>
-      <c r="W131" s="7"/>
+      <c r="T131" s="5"/>
+      <c r="W131" s="5"/>
       <c r="AJ131" s="8"/>
       <c r="AM131" s="8"/>
     </row>
-    <row r="132" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A132" s="9" t="s">
+    <row r="132" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="B132" s="9">
-[...23 lines deleted...]
-      <c r="N132" s="9">
+      <c r="B132" s="4">
+        <v>26</v>
+      </c>
+      <c r="C132" s="4">
+        <v>26</v>
+      </c>
+      <c r="D132" s="4"/>
+      <c r="E132" s="9"/>
+      <c r="F132" s="4"/>
+      <c r="G132" s="4"/>
+      <c r="H132" s="4"/>
+      <c r="I132" s="4"/>
+      <c r="J132" s="4">
+        <v>21</v>
+      </c>
+      <c r="K132" s="4"/>
+      <c r="L132" s="4"/>
+      <c r="M132" s="4"/>
+      <c r="N132" s="4">
         <v>0</v>
       </c>
-      <c r="O132" s="9">
+      <c r="O132" s="4">
         <v>0</v>
       </c>
-      <c r="T132" s="7"/>
-      <c r="W132" s="7"/>
+      <c r="T132" s="5"/>
+      <c r="W132" s="5"/>
       <c r="AJ132" s="8"/>
       <c r="AM132" s="8"/>
     </row>
-    <row r="133" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A133" s="9" t="s">
+    <row r="133" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
         <v>141</v>
       </c>
-      <c r="B133" s="9">
-[...17 lines deleted...]
-      <c r="N133" s="9">
+      <c r="B133" s="4">
+        <v>905</v>
+      </c>
+      <c r="C133" s="4">
+        <v>894</v>
+      </c>
+      <c r="D133" s="4">
+        <v>76.5</v>
+      </c>
+      <c r="E133" s="9">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="F133" s="4"/>
+      <c r="G133" s="4"/>
+      <c r="H133" s="4"/>
+      <c r="I133" s="4"/>
+      <c r="J133" s="4">
+        <v>424</v>
+      </c>
+      <c r="K133" s="4">
+        <v>13.5</v>
+      </c>
+      <c r="L133" s="4"/>
+      <c r="M133" s="4"/>
+      <c r="N133" s="4">
         <v>0</v>
       </c>
-      <c r="O133" s="9">
+      <c r="O133" s="4">
         <v>0</v>
       </c>
-      <c r="T133" s="7"/>
-      <c r="W133" s="7"/>
+      <c r="T133" s="5"/>
+      <c r="W133" s="5"/>
       <c r="AJ133" s="8"/>
       <c r="AM133" s="8"/>
     </row>
-    <row r="134" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A134" s="9" t="s">
+    <row r="134" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
         <v>142</v>
       </c>
-      <c r="B134" s="9">
-[...23 lines deleted...]
-      <c r="N134" s="9">
+      <c r="B134" s="4">
+        <v>11</v>
+      </c>
+      <c r="C134" s="4">
+        <v>10.5</v>
+      </c>
+      <c r="D134" s="4">
+        <v>1</v>
+      </c>
+      <c r="E134" s="9">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="F134" s="4"/>
+      <c r="G134" s="4"/>
+      <c r="H134" s="4"/>
+      <c r="I134" s="4"/>
+      <c r="J134" s="4">
+        <v>7.5</v>
+      </c>
+      <c r="K134" s="4"/>
+      <c r="L134" s="4"/>
+      <c r="M134" s="4"/>
+      <c r="N134" s="4">
         <v>0</v>
       </c>
-      <c r="O134" s="9">
+      <c r="O134" s="4">
         <v>0</v>
       </c>
-      <c r="T134" s="7"/>
-      <c r="W134" s="7"/>
+      <c r="T134" s="5"/>
+      <c r="W134" s="5"/>
       <c r="AJ134" s="8"/>
       <c r="AM134" s="8"/>
     </row>
-    <row r="135" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A135" t="s">
+    <row r="135" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="B135" s="9">
-[...5 lines deleted...]
-      <c r="D135" s="9">
+      <c r="B135" s="4">
+        <v>120</v>
+      </c>
+      <c r="C135" s="4">
+        <v>120</v>
+      </c>
+      <c r="D135" s="4">
+        <v>3</v>
+      </c>
+      <c r="E135" s="9">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="F135" s="4"/>
+      <c r="G135" s="4"/>
+      <c r="H135" s="4"/>
+      <c r="I135" s="4"/>
+      <c r="J135" s="4">
+        <v>15</v>
+      </c>
+      <c r="K135" s="4">
         <v>1</v>
       </c>
-      <c r="E135" s="10">
-[...12 lines deleted...]
-      <c r="N135" s="9">
+      <c r="L135" s="4"/>
+      <c r="M135" s="4"/>
+      <c r="N135" s="4">
         <v>0</v>
       </c>
-      <c r="O135" s="9">
+      <c r="O135" s="4">
         <v>0</v>
       </c>
-      <c r="T135" s="7"/>
-      <c r="W135" s="7"/>
+      <c r="T135" s="5"/>
+      <c r="W135" s="5"/>
       <c r="AJ135" s="8"/>
       <c r="AM135" s="8"/>
     </row>
-    <row r="136" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A136" s="9" t="s">
+    <row r="136" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="B136" s="9">
-[...21 lines deleted...]
-      <c r="N136" s="9">
+      <c r="B136" s="4">
+        <v>589</v>
+      </c>
+      <c r="C136" s="4">
+        <v>587.5</v>
+      </c>
+      <c r="D136" s="4">
+        <v>14.5</v>
+      </c>
+      <c r="E136" s="9">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="F136" s="4"/>
+      <c r="G136" s="4"/>
+      <c r="H136" s="4"/>
+      <c r="I136" s="4"/>
+      <c r="J136" s="4">
+        <v>487.5</v>
+      </c>
+      <c r="K136" s="4">
+        <v>14.5</v>
+      </c>
+      <c r="L136" s="4"/>
+      <c r="M136" s="4"/>
+      <c r="N136" s="4">
         <v>0</v>
       </c>
-      <c r="O136" s="9">
+      <c r="O136" s="4">
         <v>0</v>
       </c>
-      <c r="T136" s="7"/>
-      <c r="W136" s="7"/>
+      <c r="T136" s="5"/>
+      <c r="W136" s="5"/>
       <c r="AJ136" s="8"/>
       <c r="AM136" s="8"/>
     </row>
-    <row r="137" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A137" s="9" t="s">
+    <row r="137" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="B137" s="9">
-[...23 lines deleted...]
-      <c r="N137" s="9">
+      <c r="B137" s="4">
+        <v>55</v>
+      </c>
+      <c r="C137" s="4">
+        <v>55</v>
+      </c>
+      <c r="D137" s="4">
+        <v>1</v>
+      </c>
+      <c r="E137" s="9">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="F137" s="4"/>
+      <c r="G137" s="4"/>
+      <c r="H137" s="4"/>
+      <c r="I137" s="4"/>
+      <c r="J137" s="4">
+        <v>48</v>
+      </c>
+      <c r="K137" s="4">
+        <v>1</v>
+      </c>
+      <c r="L137" s="4"/>
+      <c r="M137" s="4"/>
+      <c r="N137" s="4">
         <v>0</v>
       </c>
-      <c r="O137" s="9">
+      <c r="O137" s="4">
         <v>0</v>
       </c>
-      <c r="T137" s="7"/>
-      <c r="W137" s="7"/>
+      <c r="T137" s="5"/>
+      <c r="W137" s="5"/>
       <c r="AJ137" s="8"/>
       <c r="AM137" s="8"/>
     </row>
-    <row r="138" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A138" s="9" t="s">
+    <row r="138" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="B138" s="9">
+      <c r="B138" s="4">
         <v>55</v>
       </c>
-      <c r="C138" s="9">
-[...20 lines deleted...]
-      <c r="N138" s="9">
+      <c r="C138" s="4">
+        <v>54.6</v>
+      </c>
+      <c r="D138" s="4"/>
+      <c r="E138" s="9"/>
+      <c r="F138" s="4"/>
+      <c r="G138" s="4"/>
+      <c r="H138" s="4"/>
+      <c r="I138" s="4"/>
+      <c r="J138" s="4">
+        <v>52.6</v>
+      </c>
+      <c r="K138" s="4"/>
+      <c r="L138" s="4"/>
+      <c r="M138" s="4"/>
+      <c r="N138" s="4">
         <v>0</v>
       </c>
-      <c r="O138" s="9">
+      <c r="O138" s="4">
         <v>0</v>
       </c>
-      <c r="T138" s="7"/>
-      <c r="W138" s="7"/>
+      <c r="T138" s="5"/>
+      <c r="W138" s="5"/>
       <c r="AJ138" s="8"/>
       <c r="AM138" s="8"/>
     </row>
-    <row r="139" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A139" s="9" t="s">
+    <row r="139" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="B139" s="9">
-[...17 lines deleted...]
-      <c r="N139" s="9">
+      <c r="B139" s="4">
+        <v>167</v>
+      </c>
+      <c r="C139" s="4">
+        <v>167</v>
+      </c>
+      <c r="D139" s="4">
+        <v>17</v>
+      </c>
+      <c r="E139" s="9">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="F139" s="4"/>
+      <c r="G139" s="4"/>
+      <c r="H139" s="4"/>
+      <c r="I139" s="4"/>
+      <c r="J139" s="4">
+        <v>160</v>
+      </c>
+      <c r="K139" s="4">
+        <v>17</v>
+      </c>
+      <c r="L139" s="4"/>
+      <c r="M139" s="4"/>
+      <c r="N139" s="4">
         <v>0</v>
       </c>
-      <c r="O139" s="9">
+      <c r="O139" s="4">
         <v>0</v>
       </c>
-      <c r="T139" s="7"/>
-      <c r="W139" s="7"/>
+      <c r="T139" s="5"/>
+      <c r="W139" s="5"/>
       <c r="AJ139" s="8"/>
       <c r="AM139" s="8"/>
     </row>
-    <row r="140" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A140" s="9" t="s">
+    <row r="140" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B140" s="9">
-[...30 lines deleted...]
-      <c r="W140" s="7"/>
+      <c r="B140" s="3">
+        <v>311</v>
+      </c>
+      <c r="C140" s="3">
+        <v>307.5</v>
+      </c>
+      <c r="D140" s="3">
+        <v>21.5</v>
+      </c>
+      <c r="E140" s="6">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F140" s="3">
+        <v>36</v>
+      </c>
+      <c r="G140" s="3">
+        <v>4</v>
+      </c>
+      <c r="H140" s="3">
+        <v>139</v>
+      </c>
+      <c r="I140" s="3">
+        <v>10</v>
+      </c>
+      <c r="J140" s="3">
+        <v>131.5</v>
+      </c>
+      <c r="K140" s="3">
+        <v>7.5</v>
+      </c>
+      <c r="L140" s="3"/>
+      <c r="M140" s="3"/>
+      <c r="N140" s="3"/>
+      <c r="O140" s="3"/>
+      <c r="T140" s="5"/>
+      <c r="W140" s="5"/>
       <c r="AJ140" s="8"/>
       <c r="AM140" s="8"/>
     </row>
-    <row r="141" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A141" s="5" t="s">
+    <row r="141" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="B141" s="5">
-[...34 lines deleted...]
-      <c r="W141" s="7"/>
+      <c r="B141" s="4">
+        <v>174</v>
+      </c>
+      <c r="C141" s="4">
+        <v>174</v>
+      </c>
+      <c r="D141" s="4">
+        <v>14</v>
+      </c>
+      <c r="E141" s="9">
+        <v>0.08</v>
+      </c>
+      <c r="F141" s="4">
+        <v>36</v>
+      </c>
+      <c r="G141" s="4">
+        <v>4</v>
+      </c>
+      <c r="H141" s="4">
+        <v>103</v>
+      </c>
+      <c r="I141" s="4">
+        <v>8</v>
+      </c>
+      <c r="J141" s="4">
+        <v>34</v>
+      </c>
+      <c r="K141" s="4">
+        <v>2</v>
+      </c>
+      <c r="L141" s="4"/>
+      <c r="M141" s="4"/>
+      <c r="N141" s="4"/>
+      <c r="O141" s="4"/>
+      <c r="T141" s="5"/>
+      <c r="W141" s="5"/>
       <c r="AJ141" s="8"/>
       <c r="AM141" s="8"/>
     </row>
-    <row r="142" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A142" s="9" t="s">
+    <row r="142" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
         <v>150</v>
       </c>
-      <c r="B142" s="9">
-[...34 lines deleted...]
-      <c r="W142" s="7"/>
+      <c r="B142" s="4">
+        <v>10</v>
+      </c>
+      <c r="C142" s="4">
+        <v>10</v>
+      </c>
+      <c r="D142" s="4"/>
+      <c r="E142" s="9"/>
+      <c r="F142" s="4"/>
+      <c r="G142" s="4"/>
+      <c r="H142" s="4">
+        <v>9</v>
+      </c>
+      <c r="I142" s="4"/>
+      <c r="J142" s="4">
+        <v>1</v>
+      </c>
+      <c r="K142" s="4"/>
+      <c r="L142" s="4"/>
+      <c r="M142" s="4"/>
+      <c r="N142" s="4"/>
+      <c r="O142" s="4"/>
+      <c r="T142" s="5"/>
+      <c r="W142" s="5"/>
       <c r="AJ142" s="8"/>
       <c r="AM142" s="8"/>
     </row>
-    <row r="143" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A143" s="9" t="s">
+    <row r="143" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="B143" s="9">
-[...13 lines deleted...]
-      <c r="J143" s="9">
+      <c r="B143" s="4">
+        <v>85</v>
+      </c>
+      <c r="C143" s="4">
+        <v>81.5</v>
+      </c>
+      <c r="D143" s="4">
+        <v>5.5</v>
+      </c>
+      <c r="E143" s="9">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="F143" s="4"/>
+      <c r="G143" s="4"/>
+      <c r="H143" s="4">
         <v>1</v>
       </c>
-      <c r="K143" s="9"/>
-[...5 lines deleted...]
-      <c r="W143" s="7"/>
+      <c r="I143" s="4"/>
+      <c r="J143" s="4">
+        <v>80.5</v>
+      </c>
+      <c r="K143" s="4">
+        <v>5.5</v>
+      </c>
+      <c r="L143" s="4"/>
+      <c r="M143" s="4"/>
+      <c r="N143" s="4"/>
+      <c r="O143" s="4"/>
+      <c r="T143" s="5"/>
+      <c r="W143" s="5"/>
       <c r="AJ143" s="8"/>
       <c r="AM143" s="8"/>
     </row>
-    <row r="144" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A144" s="9" t="s">
+    <row r="144" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="B144" s="9">
-[...13 lines deleted...]
-      <c r="H144" s="9">
+      <c r="B144" s="4">
+        <v>12</v>
+      </c>
+      <c r="C144" s="4">
+        <v>12</v>
+      </c>
+      <c r="D144" s="4">
         <v>1</v>
       </c>
-      <c r="I144" s="9"/>
-[...11 lines deleted...]
-      <c r="W144" s="7"/>
+      <c r="E144" s="9">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F144" s="4"/>
+      <c r="G144" s="4"/>
+      <c r="H144" s="4">
+        <v>8</v>
+      </c>
+      <c r="I144" s="4">
+        <v>1</v>
+      </c>
+      <c r="J144" s="4">
+        <v>4</v>
+      </c>
+      <c r="K144" s="4"/>
+      <c r="L144" s="4"/>
+      <c r="M144" s="4"/>
+      <c r="N144" s="4"/>
+      <c r="O144" s="4"/>
+      <c r="T144" s="5"/>
+      <c r="W144" s="5"/>
       <c r="AJ144" s="8"/>
       <c r="AM144" s="8"/>
     </row>
-    <row r="145" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A145" s="9" t="s">
+    <row r="145" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="B145" s="9">
+      <c r="B145" s="4">
+        <v>30</v>
+      </c>
+      <c r="C145" s="4">
+        <v>30</v>
+      </c>
+      <c r="D145" s="4">
+        <v>1</v>
+      </c>
+      <c r="E145" s="9">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="F145" s="4"/>
+      <c r="G145" s="4"/>
+      <c r="H145" s="4">
+        <v>18</v>
+      </c>
+      <c r="I145" s="4">
+        <v>1</v>
+      </c>
+      <c r="J145" s="4">
         <v>12</v>
       </c>
-      <c r="C145" s="9">
-[...25 lines deleted...]
-      <c r="W145" s="7"/>
+      <c r="K145" s="4"/>
+      <c r="L145" s="4"/>
+      <c r="M145" s="4"/>
+      <c r="N145" s="4"/>
+      <c r="O145" s="4"/>
+      <c r="T145" s="5"/>
+      <c r="W145" s="5"/>
       <c r="AJ145" s="8"/>
       <c r="AM145" s="8"/>
     </row>
-    <row r="146" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A146" s="9" t="s">
+    <row r="146" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A146" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B146" s="9">
-[...28 lines deleted...]
-      <c r="W146" s="7"/>
+      <c r="B146" s="3">
+        <v>6430</v>
+      </c>
+      <c r="C146" s="3">
+        <v>6405.25</v>
+      </c>
+      <c r="D146" s="3">
+        <v>742.75</v>
+      </c>
+      <c r="E146" s="6">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="F146" s="3">
+        <v>22.5</v>
+      </c>
+      <c r="G146" s="3">
+        <v>3.5</v>
+      </c>
+      <c r="H146" s="3">
+        <v>974.5</v>
+      </c>
+      <c r="I146" s="3">
+        <v>63</v>
+      </c>
+      <c r="J146" s="3">
+        <v>2839.25</v>
+      </c>
+      <c r="K146" s="3">
+        <v>199.25</v>
+      </c>
+      <c r="L146" s="3">
+        <v>2023</v>
+      </c>
+      <c r="M146" s="3">
+        <v>394</v>
+      </c>
+      <c r="N146" s="3"/>
+      <c r="O146" s="3"/>
+      <c r="T146" s="5"/>
+      <c r="W146" s="5"/>
       <c r="AJ146" s="8"/>
       <c r="AM146" s="8"/>
     </row>
-    <row r="147" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A147" s="5" t="s">
+    <row r="147" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="B147" s="5">
-[...38 lines deleted...]
-      <c r="W147" s="7"/>
+      <c r="B147" s="4">
+        <v>228</v>
+      </c>
+      <c r="C147" s="4">
+        <v>228</v>
+      </c>
+      <c r="D147" s="4">
+        <v>15</v>
+      </c>
+      <c r="E147" s="9">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F147" s="4"/>
+      <c r="G147" s="4"/>
+      <c r="H147" s="4">
+        <v>180</v>
+      </c>
+      <c r="I147" s="4">
+        <v>11</v>
+      </c>
+      <c r="J147" s="4">
+        <v>48</v>
+      </c>
+      <c r="K147" s="4">
+        <v>4</v>
+      </c>
+      <c r="L147" s="4"/>
+      <c r="M147" s="4"/>
+      <c r="N147" s="4"/>
+      <c r="O147" s="4"/>
+      <c r="T147" s="5"/>
+      <c r="W147" s="5"/>
       <c r="AJ147" s="8"/>
       <c r="AM147" s="8"/>
     </row>
-    <row r="148" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A148" s="9" t="s">
+    <row r="148" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
         <v>156</v>
       </c>
-      <c r="B148" s="9">
-[...22 lines deleted...]
-      <c r="K148" s="9">
+      <c r="B148" s="4">
+        <v>34</v>
+      </c>
+      <c r="C148" s="4">
+        <v>33.5</v>
+      </c>
+      <c r="D148" s="4">
+        <v>2</v>
+      </c>
+      <c r="E148" s="9">
+        <v>0.06</v>
+      </c>
+      <c r="F148" s="4"/>
+      <c r="G148" s="4"/>
+      <c r="H148" s="4">
+        <v>29.5</v>
+      </c>
+      <c r="I148" s="4">
+        <v>2</v>
+      </c>
+      <c r="J148" s="4">
         <v>4</v>
       </c>
-      <c r="L148" s="9"/>
-[...4 lines deleted...]
-      <c r="W148" s="7"/>
+      <c r="K148" s="4"/>
+      <c r="L148" s="4"/>
+      <c r="M148" s="4"/>
+      <c r="N148" s="4"/>
+      <c r="O148" s="4"/>
+      <c r="T148" s="5"/>
+      <c r="W148" s="5"/>
       <c r="AJ148" s="8"/>
       <c r="AM148" s="8"/>
     </row>
-    <row r="149" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A149" s="9" t="s">
+    <row r="149" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="B149" s="9">
-[...5 lines deleted...]
-      <c r="D149" s="9">
+      <c r="B149" s="4">
+        <v>2462</v>
+      </c>
+      <c r="C149" s="4">
+        <v>2440.75</v>
+      </c>
+      <c r="D149" s="4">
+        <v>441.75</v>
+      </c>
+      <c r="E149" s="9">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="F149" s="4">
+        <v>11.5</v>
+      </c>
+      <c r="G149" s="4">
+        <v>3.5</v>
+      </c>
+      <c r="H149" s="4">
+        <v>21</v>
+      </c>
+      <c r="I149" s="4">
         <v>2</v>
       </c>
-      <c r="E149" s="10">
-[...19 lines deleted...]
-      <c r="W149" s="7"/>
+      <c r="J149" s="4">
+        <v>385.25</v>
+      </c>
+      <c r="K149" s="4">
+        <v>42.25</v>
+      </c>
+      <c r="L149" s="4">
+        <v>2023</v>
+      </c>
+      <c r="M149" s="4">
+        <v>394</v>
+      </c>
+      <c r="N149" s="4"/>
+      <c r="O149" s="4"/>
+      <c r="T149" s="5"/>
+      <c r="W149" s="5"/>
       <c r="AJ149" s="8"/>
       <c r="AM149" s="8"/>
     </row>
-    <row r="150" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A150" s="9" t="s">
+    <row r="150" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="B150" s="9">
-[...38 lines deleted...]
-      <c r="W150" s="7"/>
+      <c r="B150" s="4">
+        <v>61</v>
+      </c>
+      <c r="C150" s="4">
+        <v>61</v>
+      </c>
+      <c r="D150" s="4">
+        <v>6</v>
+      </c>
+      <c r="E150" s="9">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="F150" s="4"/>
+      <c r="G150" s="4"/>
+      <c r="H150" s="4">
+        <v>52</v>
+      </c>
+      <c r="I150" s="4">
+        <v>6</v>
+      </c>
+      <c r="J150" s="4">
+        <v>9</v>
+      </c>
+      <c r="K150" s="4"/>
+      <c r="L150" s="4"/>
+      <c r="M150" s="4"/>
+      <c r="N150" s="4"/>
+      <c r="O150" s="4"/>
+      <c r="T150" s="5"/>
+      <c r="W150" s="5"/>
       <c r="AJ150" s="8"/>
       <c r="AM150" s="8"/>
     </row>
-    <row r="151" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A151" s="9" t="s">
+    <row r="151" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="B151" s="9">
-[...28 lines deleted...]
-      <c r="W151" s="7"/>
+      <c r="B151" s="4">
+        <v>66</v>
+      </c>
+      <c r="C151" s="4">
+        <v>66</v>
+      </c>
+      <c r="D151" s="4">
+        <v>8</v>
+      </c>
+      <c r="E151" s="9">
+        <v>0.121</v>
+      </c>
+      <c r="F151" s="4"/>
+      <c r="G151" s="4"/>
+      <c r="H151" s="4"/>
+      <c r="I151" s="4"/>
+      <c r="J151" s="4">
+        <v>66</v>
+      </c>
+      <c r="K151" s="4">
+        <v>8</v>
+      </c>
+      <c r="L151" s="4"/>
+      <c r="M151" s="4"/>
+      <c r="N151" s="4"/>
+      <c r="O151" s="4"/>
       <c r="AJ151" s="8"/>
       <c r="AM151" s="8"/>
     </row>
-    <row r="152" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A152" s="9" t="s">
+    <row r="152" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
         <v>160</v>
       </c>
-      <c r="B152" s="9">
-[...24 lines deleted...]
-      <c r="O152" s="9"/>
+      <c r="B152" s="4">
+        <v>5</v>
+      </c>
+      <c r="C152" s="4">
+        <v>5</v>
+      </c>
+      <c r="D152" s="4">
+        <v>1</v>
+      </c>
+      <c r="E152" s="9">
+        <v>0.2</v>
+      </c>
+      <c r="F152" s="4"/>
+      <c r="G152" s="4"/>
+      <c r="H152" s="4"/>
+      <c r="I152" s="4"/>
+      <c r="J152" s="4">
+        <v>4</v>
+      </c>
+      <c r="K152" s="4">
+        <v>1</v>
+      </c>
+      <c r="L152" s="4"/>
+      <c r="M152" s="4"/>
+      <c r="N152" s="4"/>
+      <c r="O152" s="4"/>
       <c r="AJ152" s="8"/>
       <c r="AM152" s="8"/>
     </row>
-    <row r="153" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A153" t="s">
+    <row r="153" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="B153" s="9">
-[...24 lines deleted...]
-      <c r="O153" s="9"/>
+      <c r="B153" s="4">
+        <v>2107</v>
+      </c>
+      <c r="C153" s="4">
+        <v>2106</v>
+      </c>
+      <c r="D153" s="4">
+        <v>173.5</v>
+      </c>
+      <c r="E153" s="9">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="F153" s="4">
+        <v>11</v>
+      </c>
+      <c r="G153" s="4"/>
+      <c r="H153" s="4">
+        <v>38</v>
+      </c>
+      <c r="I153" s="4">
+        <v>3</v>
+      </c>
+      <c r="J153" s="4">
+        <v>1514</v>
+      </c>
+      <c r="K153" s="4">
+        <v>88.5</v>
+      </c>
+      <c r="L153" s="4"/>
+      <c r="M153" s="4"/>
+      <c r="N153" s="4"/>
+      <c r="O153" s="4"/>
       <c r="AJ153" s="8"/>
       <c r="AM153" s="8"/>
     </row>
-    <row r="154" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A154" s="9" t="s">
+    <row r="154" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="B154" s="9">
-[...11 lines deleted...]
-      <c r="F154" s="9">
+      <c r="B154" s="4">
+        <v>180</v>
+      </c>
+      <c r="C154" s="4">
+        <v>180</v>
+      </c>
+      <c r="D154" s="4">
         <v>11</v>
       </c>
-      <c r="G154" s="9"/>
-[...15 lines deleted...]
-      <c r="O154" s="9"/>
+      <c r="E154" s="9">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="F154" s="4"/>
+      <c r="G154" s="4"/>
+      <c r="H154" s="4">
+        <v>104</v>
+      </c>
+      <c r="I154" s="4">
+        <v>5</v>
+      </c>
+      <c r="J154" s="4">
+        <v>74</v>
+      </c>
+      <c r="K154" s="4">
+        <v>5</v>
+      </c>
+      <c r="L154" s="4"/>
+      <c r="M154" s="4"/>
+      <c r="N154" s="4"/>
+      <c r="O154" s="4"/>
       <c r="AJ154" s="8"/>
       <c r="AM154" s="8"/>
     </row>
-    <row r="155" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A155" s="9" t="s">
+    <row r="155" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="B155" s="9">
-[...28 lines deleted...]
-      <c r="O155" s="9"/>
+      <c r="B155" s="4">
+        <v>45</v>
+      </c>
+      <c r="C155" s="4">
+        <v>45</v>
+      </c>
+      <c r="D155" s="4">
+        <v>2</v>
+      </c>
+      <c r="E155" s="9">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="F155" s="4"/>
+      <c r="G155" s="4"/>
+      <c r="H155" s="4">
+        <v>32</v>
+      </c>
+      <c r="I155" s="4">
+        <v>2</v>
+      </c>
+      <c r="J155" s="4">
+        <v>13</v>
+      </c>
+      <c r="K155" s="4"/>
+      <c r="L155" s="4"/>
+      <c r="M155" s="4"/>
+      <c r="N155" s="4"/>
+      <c r="O155" s="4"/>
       <c r="AJ155" s="8"/>
       <c r="AM155" s="8"/>
     </row>
-    <row r="156" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A156" s="9" t="s">
+    <row r="156" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="B156" s="9">
-[...26 lines deleted...]
-      <c r="O156" s="9"/>
+      <c r="B156" s="4">
+        <v>459</v>
+      </c>
+      <c r="C156" s="4">
+        <v>457</v>
+      </c>
+      <c r="D156" s="4">
+        <v>28.5</v>
+      </c>
+      <c r="E156" s="9">
+        <v>6.2E-2</v>
+      </c>
+      <c r="F156" s="4"/>
+      <c r="G156" s="4"/>
+      <c r="H156" s="4">
+        <v>395</v>
+      </c>
+      <c r="I156" s="4">
+        <v>26</v>
+      </c>
+      <c r="J156" s="4">
+        <v>62</v>
+      </c>
+      <c r="K156" s="4">
+        <v>2.5</v>
+      </c>
+      <c r="L156" s="4"/>
+      <c r="M156" s="4"/>
+      <c r="N156" s="4"/>
+      <c r="O156" s="4"/>
       <c r="AJ156" s="8"/>
       <c r="AM156" s="8"/>
     </row>
-    <row r="157" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A157" s="9" t="s">
+    <row r="157" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="B157" s="9">
-[...28 lines deleted...]
-      <c r="O157" s="9"/>
+      <c r="B157" s="4">
+        <v>54</v>
+      </c>
+      <c r="C157" s="4">
+        <v>54</v>
+      </c>
+      <c r="D157" s="4">
+        <v>4</v>
+      </c>
+      <c r="E157" s="9">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="F157" s="4"/>
+      <c r="G157" s="4"/>
+      <c r="H157" s="4">
+        <v>8</v>
+      </c>
+      <c r="I157" s="4"/>
+      <c r="J157" s="4">
+        <v>46</v>
+      </c>
+      <c r="K157" s="4">
+        <v>4</v>
+      </c>
+      <c r="L157" s="4"/>
+      <c r="M157" s="4"/>
+      <c r="N157" s="4"/>
+      <c r="O157" s="4"/>
       <c r="AJ157" s="8"/>
       <c r="AM157" s="8"/>
     </row>
-    <row r="158" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A158" s="9" t="s">
+    <row r="158" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="B158" s="9">
-[...26 lines deleted...]
-      <c r="O158" s="9"/>
+      <c r="B158" s="4">
+        <v>43</v>
+      </c>
+      <c r="C158" s="4">
+        <v>43</v>
+      </c>
+      <c r="D158" s="4">
+        <v>2</v>
+      </c>
+      <c r="E158" s="9">
+        <v>4.7E-2</v>
+      </c>
+      <c r="F158" s="4"/>
+      <c r="G158" s="4"/>
+      <c r="H158" s="4">
+        <v>27</v>
+      </c>
+      <c r="I158" s="4">
+        <v>1</v>
+      </c>
+      <c r="J158" s="4">
+        <v>16</v>
+      </c>
+      <c r="K158" s="4">
+        <v>1</v>
+      </c>
+      <c r="L158" s="4"/>
+      <c r="M158" s="4"/>
+      <c r="N158" s="4"/>
+      <c r="O158" s="4"/>
       <c r="AJ158" s="8"/>
       <c r="AM158" s="8"/>
     </row>
-    <row r="159" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A159" s="9" t="s">
+    <row r="159" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="B159" s="9">
+      <c r="B159" s="4">
+        <v>686</v>
+      </c>
+      <c r="C159" s="4">
+        <v>686</v>
+      </c>
+      <c r="D159" s="4">
+        <v>48</v>
+      </c>
+      <c r="E159" s="9">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F159" s="4"/>
+      <c r="G159" s="4"/>
+      <c r="H159" s="4">
+        <v>88</v>
+      </c>
+      <c r="I159" s="4">
+        <v>5</v>
+      </c>
+      <c r="J159" s="4">
+        <v>598</v>
+      </c>
+      <c r="K159" s="4">
         <v>43</v>
       </c>
-      <c r="C159" s="9">
-[...25 lines deleted...]
-      <c r="O159" s="9"/>
+      <c r="L159" s="4"/>
+      <c r="M159" s="4"/>
+      <c r="N159" s="4"/>
+      <c r="O159" s="4"/>
       <c r="AJ159" s="8"/>
       <c r="AM159" s="8"/>
     </row>
-    <row r="160" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A160" s="9" t="s">
+    <row r="160" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B160" s="9">
-[...28 lines deleted...]
-      <c r="O160" s="9"/>
+      <c r="B160" s="3">
+        <v>803</v>
+      </c>
+      <c r="C160" s="3">
+        <v>802.2</v>
+      </c>
+      <c r="D160" s="3">
+        <v>106.5</v>
+      </c>
+      <c r="E160" s="6">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="F160" s="3">
+        <v>79.2</v>
+      </c>
+      <c r="G160" s="3">
+        <v>21.5</v>
+      </c>
+      <c r="H160" s="3">
+        <v>309</v>
+      </c>
+      <c r="I160" s="3">
+        <v>27</v>
+      </c>
+      <c r="J160" s="3">
+        <v>411</v>
+      </c>
+      <c r="K160" s="3">
+        <v>58</v>
+      </c>
+      <c r="L160" s="3"/>
+      <c r="M160" s="3"/>
+      <c r="N160" s="3"/>
+      <c r="O160" s="3"/>
       <c r="AJ160" s="8"/>
       <c r="AM160" s="8"/>
     </row>
-    <row r="161" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A161" s="5" t="s">
+    <row r="161" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="B161" s="5">
-[...32 lines deleted...]
-      <c r="O161" s="5"/>
+      <c r="B161" s="4">
+        <v>333</v>
+      </c>
+      <c r="C161" s="4">
+        <v>332.7</v>
+      </c>
+      <c r="D161" s="4">
+        <v>43</v>
+      </c>
+      <c r="E161" s="9">
+        <v>0.129</v>
+      </c>
+      <c r="F161" s="4">
+        <v>75.7</v>
+      </c>
+      <c r="G161" s="4">
+        <v>21</v>
+      </c>
+      <c r="H161" s="4">
+        <v>199</v>
+      </c>
+      <c r="I161" s="4">
+        <v>17</v>
+      </c>
+      <c r="J161" s="4">
+        <v>57</v>
+      </c>
+      <c r="K161" s="4">
+        <v>5</v>
+      </c>
+      <c r="L161" s="4"/>
+      <c r="M161" s="4"/>
+      <c r="N161" s="4"/>
+      <c r="O161" s="4"/>
       <c r="AJ161" s="8"/>
       <c r="AM161" s="8"/>
     </row>
-    <row r="162" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A162" s="9" t="s">
+    <row r="162" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
         <v>170</v>
       </c>
-      <c r="B162" s="9">
-[...32 lines deleted...]
-      <c r="O162" s="9"/>
+      <c r="B162" s="4">
+        <v>140</v>
+      </c>
+      <c r="C162" s="4">
+        <v>140</v>
+      </c>
+      <c r="D162" s="4">
+        <v>9</v>
+      </c>
+      <c r="E162" s="9">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="F162" s="4"/>
+      <c r="G162" s="4"/>
+      <c r="H162" s="4">
+        <v>71</v>
+      </c>
+      <c r="I162" s="4">
+        <v>3</v>
+      </c>
+      <c r="J162" s="4">
+        <v>69</v>
+      </c>
+      <c r="K162" s="4">
+        <v>6</v>
+      </c>
+      <c r="L162" s="4"/>
+      <c r="M162" s="4"/>
+      <c r="N162" s="4"/>
+      <c r="O162" s="4"/>
       <c r="AJ162" s="8"/>
       <c r="AM162" s="8"/>
     </row>
-    <row r="163" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A163" s="9" t="s">
+    <row r="163" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="B163" s="9">
-[...28 lines deleted...]
-      <c r="O163" s="9"/>
+      <c r="B163" s="4">
+        <v>55</v>
+      </c>
+      <c r="C163" s="4">
+        <v>55</v>
+      </c>
+      <c r="D163" s="4">
+        <v>2</v>
+      </c>
+      <c r="E163" s="9">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="F163" s="4"/>
+      <c r="G163" s="4"/>
+      <c r="H163" s="4"/>
+      <c r="I163" s="4"/>
+      <c r="J163" s="4">
+        <v>53</v>
+      </c>
+      <c r="K163" s="4">
+        <v>2</v>
+      </c>
+      <c r="L163" s="4"/>
+      <c r="M163" s="4"/>
+      <c r="N163" s="4"/>
+      <c r="O163" s="4"/>
       <c r="AJ163" s="8"/>
       <c r="AM163" s="8"/>
     </row>
-    <row r="164" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A164" s="9" t="s">
+    <row r="164" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
         <v>172</v>
       </c>
-      <c r="B164" s="9">
-[...5 lines deleted...]
-      <c r="D164" s="9">
+      <c r="B164" s="4">
+        <v>106</v>
+      </c>
+      <c r="C164" s="4">
+        <v>106</v>
+      </c>
+      <c r="D164" s="4">
+        <v>24</v>
+      </c>
+      <c r="E164" s="9">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="F164" s="4"/>
+      <c r="G164" s="4"/>
+      <c r="H164" s="4">
         <v>2</v>
       </c>
-      <c r="E164" s="10">
-[...15 lines deleted...]
-      <c r="O164" s="9"/>
+      <c r="I164" s="4">
+        <v>1</v>
+      </c>
+      <c r="J164" s="4">
+        <v>104</v>
+      </c>
+      <c r="K164" s="4">
+        <v>23</v>
+      </c>
+      <c r="L164" s="4"/>
+      <c r="M164" s="4"/>
+      <c r="N164" s="4"/>
+      <c r="O164" s="4"/>
       <c r="AJ164" s="8"/>
       <c r="AM164" s="8"/>
     </row>
-    <row r="165" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A165" t="s">
+    <row r="165" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="B165" s="9">
-[...28 lines deleted...]
-      <c r="O165" s="9"/>
+      <c r="B165" s="4">
+        <v>169</v>
+      </c>
+      <c r="C165" s="4">
+        <v>168.5</v>
+      </c>
+      <c r="D165" s="4">
+        <v>28.5</v>
+      </c>
+      <c r="E165" s="9">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="F165" s="4">
+        <v>3.5</v>
+      </c>
+      <c r="G165" s="4">
+        <v>0.5</v>
+      </c>
+      <c r="H165" s="4">
+        <v>37</v>
+      </c>
+      <c r="I165" s="4">
+        <v>6</v>
+      </c>
+      <c r="J165" s="4">
+        <v>128</v>
+      </c>
+      <c r="K165" s="4">
+        <v>22</v>
+      </c>
+      <c r="L165" s="4"/>
+      <c r="M165" s="4"/>
+      <c r="N165" s="4"/>
+      <c r="O165" s="4"/>
       <c r="AJ165" s="8"/>
       <c r="AM165" s="8"/>
     </row>
-    <row r="166" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A166" s="9" t="s">
+    <row r="166" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A166" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B166" s="9">
-[...32 lines deleted...]
-      <c r="O166" s="9"/>
+      <c r="B166" s="3">
+        <v>5215</v>
+      </c>
+      <c r="C166" s="3">
+        <v>4539.13</v>
+      </c>
+      <c r="D166" s="3">
+        <v>238.875</v>
+      </c>
+      <c r="E166" s="6">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="F166" s="3">
+        <v>21</v>
+      </c>
+      <c r="G166" s="3">
+        <v>4</v>
+      </c>
+      <c r="H166" s="3">
+        <v>538.25</v>
+      </c>
+      <c r="I166" s="3">
+        <v>53</v>
+      </c>
+      <c r="J166" s="3">
+        <v>3974.88</v>
+      </c>
+      <c r="K166" s="3">
+        <v>181.875</v>
+      </c>
+      <c r="L166" s="3"/>
+      <c r="M166" s="3"/>
+      <c r="N166" s="3"/>
+      <c r="O166" s="3"/>
       <c r="AJ166" s="8"/>
       <c r="AM166" s="8"/>
     </row>
-    <row r="167" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A167" s="5" t="s">
+    <row r="167" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="B167" s="5">
-[...11 lines deleted...]
-      <c r="F167" s="5">
+      <c r="B167" s="4">
+        <v>185</v>
+      </c>
+      <c r="C167" s="4">
+        <v>184.5</v>
+      </c>
+      <c r="D167" s="4">
+        <v>31</v>
+      </c>
+      <c r="E167" s="9">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="F167" s="4">
         <v>21</v>
       </c>
-      <c r="G167" s="5">
+      <c r="G167" s="4">
         <v>4</v>
       </c>
-      <c r="H167" s="5">
-[...14 lines deleted...]
-      <c r="O167" s="5"/>
+      <c r="H167" s="4">
+        <v>130</v>
+      </c>
+      <c r="I167" s="4">
+        <v>24</v>
+      </c>
+      <c r="J167" s="4">
+        <v>28.5</v>
+      </c>
+      <c r="K167" s="4">
+        <v>3</v>
+      </c>
+      <c r="L167" s="4"/>
+      <c r="M167" s="4"/>
+      <c r="N167" s="4"/>
+      <c r="O167" s="4"/>
       <c r="AJ167" s="8"/>
       <c r="AM167" s="8"/>
     </row>
-    <row r="168" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A168" s="9" t="s">
+    <row r="168" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="B168" s="9">
-[...32 lines deleted...]
-      <c r="O168" s="9"/>
+      <c r="B168" s="4">
+        <v>11</v>
+      </c>
+      <c r="C168" s="4">
+        <v>10</v>
+      </c>
+      <c r="D168" s="4">
+        <v>1</v>
+      </c>
+      <c r="E168" s="9">
+        <v>0.1</v>
+      </c>
+      <c r="F168" s="4"/>
+      <c r="G168" s="4"/>
+      <c r="H168" s="4">
+        <v>5</v>
+      </c>
+      <c r="I168" s="4">
+        <v>1</v>
+      </c>
+      <c r="J168" s="4">
+        <v>5</v>
+      </c>
+      <c r="K168" s="4"/>
+      <c r="L168" s="4"/>
+      <c r="M168" s="4"/>
+      <c r="N168" s="4"/>
+      <c r="O168" s="4"/>
       <c r="AJ168" s="8"/>
       <c r="AM168" s="8"/>
     </row>
-    <row r="169" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A169" s="9" t="s">
+    <row r="169" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="B169" s="9">
-[...26 lines deleted...]
-      <c r="O169" s="9"/>
+      <c r="B169" s="4">
+        <v>209</v>
+      </c>
+      <c r="C169" s="4">
+        <v>207</v>
+      </c>
+      <c r="D169" s="4">
+        <v>16</v>
+      </c>
+      <c r="E169" s="9">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="F169" s="4"/>
+      <c r="G169" s="4"/>
+      <c r="H169" s="4">
+        <v>132</v>
+      </c>
+      <c r="I169" s="4">
+        <v>8</v>
+      </c>
+      <c r="J169" s="4">
+        <v>75</v>
+      </c>
+      <c r="K169" s="4">
+        <v>8</v>
+      </c>
+      <c r="L169" s="4"/>
+      <c r="M169" s="4"/>
+      <c r="N169" s="4"/>
+      <c r="O169" s="4"/>
       <c r="AJ169" s="8"/>
       <c r="AM169" s="8"/>
     </row>
-    <row r="170" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A170" s="9" t="s">
+    <row r="170" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="B170" s="9">
-[...28 lines deleted...]
-      <c r="O170" s="9"/>
+      <c r="B170" s="4">
+        <v>3882</v>
+      </c>
+      <c r="C170" s="4">
+        <v>3227.38</v>
+      </c>
+      <c r="D170" s="4">
+        <v>127.375</v>
+      </c>
+      <c r="E170" s="9">
+        <v>3.9E-2</v>
+      </c>
+      <c r="F170" s="4"/>
+      <c r="G170" s="4"/>
+      <c r="H170" s="4">
+        <v>14</v>
+      </c>
+      <c r="I170" s="4"/>
+      <c r="J170" s="4">
+        <v>3213.38</v>
+      </c>
+      <c r="K170" s="4">
+        <v>127.375</v>
+      </c>
+      <c r="L170" s="4"/>
+      <c r="M170" s="4"/>
+      <c r="N170" s="4"/>
+      <c r="O170" s="4"/>
       <c r="AJ170" s="8"/>
       <c r="AM170" s="8"/>
     </row>
-    <row r="171" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A171" s="9" t="s">
+    <row r="171" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="B171" s="9">
-[...26 lines deleted...]
-      <c r="O171" s="9"/>
+      <c r="B171" s="4">
+        <v>72</v>
+      </c>
+      <c r="C171" s="4">
+        <v>65</v>
+      </c>
+      <c r="D171" s="4">
+        <v>5.25</v>
+      </c>
+      <c r="E171" s="9">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="F171" s="4"/>
+      <c r="G171" s="4"/>
+      <c r="H171" s="4"/>
+      <c r="I171" s="4"/>
+      <c r="J171" s="4">
+        <v>65</v>
+      </c>
+      <c r="K171" s="4">
+        <v>5.25</v>
+      </c>
+      <c r="L171" s="4"/>
+      <c r="M171" s="4"/>
+      <c r="N171" s="4"/>
+      <c r="O171" s="4"/>
       <c r="AJ171" s="8"/>
       <c r="AM171" s="8"/>
     </row>
-    <row r="172" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A172" s="9" t="s">
+    <row r="172" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="B172" s="9">
-[...24 lines deleted...]
-      <c r="O172" s="9"/>
+      <c r="B172" s="4">
+        <v>149</v>
+      </c>
+      <c r="C172" s="4">
+        <v>147</v>
+      </c>
+      <c r="D172" s="4">
+        <v>15</v>
+      </c>
+      <c r="E172" s="9">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="F172" s="4"/>
+      <c r="G172" s="4"/>
+      <c r="H172" s="4">
+        <v>17</v>
+      </c>
+      <c r="I172" s="4">
+        <v>4</v>
+      </c>
+      <c r="J172" s="4">
+        <v>130</v>
+      </c>
+      <c r="K172" s="4">
+        <v>11</v>
+      </c>
+      <c r="L172" s="4"/>
+      <c r="M172" s="4"/>
+      <c r="N172" s="4"/>
+      <c r="O172" s="4"/>
       <c r="AJ172" s="8"/>
       <c r="AM172" s="8"/>
     </row>
-    <row r="173" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A173" s="9" t="s">
+    <row r="173" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="B173" s="9">
-[...28 lines deleted...]
-      <c r="O173" s="9"/>
+      <c r="B173" s="4">
+        <v>197</v>
+      </c>
+      <c r="C173" s="4">
+        <v>191</v>
+      </c>
+      <c r="D173" s="4">
+        <v>9.25</v>
+      </c>
+      <c r="E173" s="9">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="F173" s="4"/>
+      <c r="G173" s="4"/>
+      <c r="H173" s="4">
+        <v>5</v>
+      </c>
+      <c r="I173" s="4"/>
+      <c r="J173" s="4">
+        <v>186</v>
+      </c>
+      <c r="K173" s="4">
+        <v>9.25</v>
+      </c>
+      <c r="L173" s="4"/>
+      <c r="M173" s="4"/>
+      <c r="N173" s="4"/>
+      <c r="O173" s="4"/>
       <c r="AJ173" s="8"/>
       <c r="AM173" s="8"/>
     </row>
-    <row r="174" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A174" s="9" t="s">
+    <row r="174" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="B174" s="9">
-[...26 lines deleted...]
-      <c r="O174" s="9"/>
+      <c r="B174" s="4">
+        <v>164</v>
+      </c>
+      <c r="C174" s="4">
+        <v>164</v>
+      </c>
+      <c r="D174" s="4">
+        <v>13</v>
+      </c>
+      <c r="E174" s="9">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="F174" s="4"/>
+      <c r="G174" s="4"/>
+      <c r="H174" s="4">
+        <v>22</v>
+      </c>
+      <c r="I174" s="4">
+        <v>1</v>
+      </c>
+      <c r="J174" s="4">
+        <v>142</v>
+      </c>
+      <c r="K174" s="4">
+        <v>12</v>
+      </c>
+      <c r="L174" s="4"/>
+      <c r="M174" s="4"/>
+      <c r="N174" s="4"/>
+      <c r="O174" s="4"/>
       <c r="AJ174" s="8"/>
       <c r="AM174" s="8"/>
     </row>
-    <row r="175" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A175" s="9" t="s">
+    <row r="175" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="B175" s="9">
-[...28 lines deleted...]
-      <c r="O175" s="9"/>
+      <c r="B175" s="4">
+        <v>192</v>
+      </c>
+      <c r="C175" s="4">
+        <v>189.25</v>
+      </c>
+      <c r="D175" s="4">
+        <v>14</v>
+      </c>
+      <c r="E175" s="9">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="F175" s="4"/>
+      <c r="G175" s="4"/>
+      <c r="H175" s="4">
+        <v>117.25</v>
+      </c>
+      <c r="I175" s="4">
+        <v>9</v>
+      </c>
+      <c r="J175" s="4">
+        <v>72</v>
+      </c>
+      <c r="K175" s="4">
+        <v>5</v>
+      </c>
+      <c r="L175" s="4"/>
+      <c r="M175" s="4"/>
+      <c r="N175" s="4"/>
+      <c r="O175" s="4"/>
       <c r="AJ175" s="8"/>
       <c r="AM175" s="8"/>
     </row>
-    <row r="176" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A176" s="9" t="s">
+    <row r="176" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="B176" s="9">
-[...28 lines deleted...]
-      <c r="O176" s="9"/>
+      <c r="B176" s="4">
+        <v>154</v>
+      </c>
+      <c r="C176" s="4">
+        <v>154</v>
+      </c>
+      <c r="D176" s="4">
+        <v>7</v>
+      </c>
+      <c r="E176" s="9">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="F176" s="4"/>
+      <c r="G176" s="4"/>
+      <c r="H176" s="4">
+        <v>96</v>
+      </c>
+      <c r="I176" s="4">
+        <v>6</v>
+      </c>
+      <c r="J176" s="4">
+        <v>58</v>
+      </c>
+      <c r="K176" s="4">
+        <v>1</v>
+      </c>
+      <c r="L176" s="4"/>
+      <c r="M176" s="4"/>
+      <c r="N176" s="4"/>
+      <c r="O176" s="4"/>
       <c r="AJ176" s="8"/>
       <c r="AM176" s="8"/>
     </row>
-    <row r="177" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A177" s="9" t="s">
+    <row r="177" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A177" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B177" s="9">
-[...28 lines deleted...]
-      <c r="O177" s="9"/>
+      <c r="B177" s="3">
+        <v>2390</v>
+      </c>
+      <c r="C177" s="3">
+        <v>2383.1999999999998</v>
+      </c>
+      <c r="D177" s="3">
+        <v>129</v>
+      </c>
+      <c r="E177" s="6">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F177" s="3"/>
+      <c r="G177" s="3"/>
+      <c r="H177" s="3">
+        <v>1845</v>
+      </c>
+      <c r="I177" s="3">
+        <v>93</v>
+      </c>
+      <c r="J177" s="3">
+        <v>533.20000000000005</v>
+      </c>
+      <c r="K177" s="3">
+        <v>36</v>
+      </c>
+      <c r="L177" s="3"/>
+      <c r="M177" s="3"/>
+      <c r="N177" s="3">
+        <v>20</v>
+      </c>
+      <c r="O177" s="3">
+        <v>2</v>
+      </c>
       <c r="AJ177" s="8"/>
       <c r="AM177" s="8"/>
     </row>
-    <row r="178" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A178" s="5" t="s">
+    <row r="178" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="B178" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B178" s="4">
+        <v>240</v>
+      </c>
+      <c r="C178" s="4">
+        <v>240</v>
+      </c>
+      <c r="D178" s="4">
+        <v>15</v>
+      </c>
+      <c r="E178" s="9">
+        <v>6.3E-2</v>
+      </c>
+      <c r="F178" s="4"/>
+      <c r="G178" s="4"/>
+      <c r="H178" s="4">
+        <v>209</v>
+      </c>
+      <c r="I178" s="4">
+        <v>11</v>
+      </c>
+      <c r="J178" s="4">
+        <v>26</v>
+      </c>
+      <c r="K178" s="4">
+        <v>4</v>
+      </c>
+      <c r="L178" s="4"/>
+      <c r="M178" s="4"/>
+      <c r="N178" s="4"/>
+      <c r="O178" s="4"/>
       <c r="AJ178" s="8"/>
       <c r="AM178" s="8"/>
     </row>
-    <row r="179" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A179" s="9" t="s">
+    <row r="179" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="B179" s="9">
-[...28 lines deleted...]
-      <c r="O179" s="9"/>
+      <c r="B179" s="4">
+        <v>666</v>
+      </c>
+      <c r="C179" s="4">
+        <v>666</v>
+      </c>
+      <c r="D179" s="4">
+        <v>28</v>
+      </c>
+      <c r="E179" s="9">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="F179" s="4"/>
+      <c r="G179" s="4"/>
+      <c r="H179" s="4">
+        <v>549</v>
+      </c>
+      <c r="I179" s="4">
+        <v>19</v>
+      </c>
+      <c r="J179" s="4">
+        <v>117</v>
+      </c>
+      <c r="K179" s="4">
+        <v>9</v>
+      </c>
+      <c r="L179" s="4"/>
+      <c r="M179" s="4"/>
+      <c r="N179" s="4"/>
+      <c r="O179" s="4"/>
       <c r="AJ179" s="8"/>
       <c r="AM179" s="8"/>
     </row>
-    <row r="180" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A180" s="9" t="s">
+    <row r="180" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="B180" s="9">
-[...28 lines deleted...]
-      <c r="O180" s="9"/>
+      <c r="B180" s="4">
+        <v>606</v>
+      </c>
+      <c r="C180" s="4">
+        <v>601.20000000000005</v>
+      </c>
+      <c r="D180" s="4">
+        <v>41</v>
+      </c>
+      <c r="E180" s="9">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F180" s="4"/>
+      <c r="G180" s="4"/>
+      <c r="H180" s="4">
+        <v>425</v>
+      </c>
+      <c r="I180" s="4">
+        <v>33</v>
+      </c>
+      <c r="J180" s="4">
+        <v>176.2</v>
+      </c>
+      <c r="K180" s="4">
+        <v>8</v>
+      </c>
+      <c r="L180" s="4"/>
+      <c r="M180" s="4"/>
+      <c r="N180" s="4"/>
+      <c r="O180" s="4"/>
       <c r="AJ180" s="8"/>
       <c r="AM180" s="8"/>
     </row>
-    <row r="181" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A181" s="9" t="s">
+    <row r="181" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="B181" s="9">
-[...28 lines deleted...]
-      <c r="O181" s="9"/>
+      <c r="B181" s="4">
+        <v>216</v>
+      </c>
+      <c r="C181" s="4">
+        <v>219</v>
+      </c>
+      <c r="D181" s="4">
+        <v>15</v>
+      </c>
+      <c r="E181" s="9">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="F181" s="4"/>
+      <c r="G181" s="4"/>
+      <c r="H181" s="4">
+        <v>152</v>
+      </c>
+      <c r="I181" s="4">
+        <v>10</v>
+      </c>
+      <c r="J181" s="4">
+        <v>67</v>
+      </c>
+      <c r="K181" s="4">
+        <v>5</v>
+      </c>
+      <c r="L181" s="4"/>
+      <c r="M181" s="4"/>
+      <c r="N181" s="4"/>
+      <c r="O181" s="4"/>
       <c r="AJ181" s="8"/>
       <c r="AM181" s="8"/>
     </row>
-    <row r="182" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A182" s="9" t="s">
+    <row r="182" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="B182" s="9">
-[...28 lines deleted...]
-      <c r="O182" s="9"/>
+      <c r="B182" s="4">
+        <v>583</v>
+      </c>
+      <c r="C182" s="4">
+        <v>578</v>
+      </c>
+      <c r="D182" s="4">
+        <v>30</v>
+      </c>
+      <c r="E182" s="9">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="F182" s="4"/>
+      <c r="G182" s="4"/>
+      <c r="H182" s="4">
+        <v>454</v>
+      </c>
+      <c r="I182" s="4">
+        <v>20</v>
+      </c>
+      <c r="J182" s="4">
+        <v>124</v>
+      </c>
+      <c r="K182" s="4">
+        <v>10</v>
+      </c>
+      <c r="L182" s="4"/>
+      <c r="M182" s="4"/>
+      <c r="N182" s="4">
+        <v>20</v>
+      </c>
+      <c r="O182" s="4">
+        <v>2</v>
+      </c>
       <c r="AJ182" s="8"/>
       <c r="AM182" s="8"/>
     </row>
-    <row r="183" spans="1:39" x14ac:dyDescent="0.3">
-      <c r="A183" s="9" t="s">
+    <row r="183" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="B183" s="9">
-[...32 lines deleted...]
-      </c>
+      <c r="B183" s="4">
+        <v>79</v>
+      </c>
+      <c r="C183" s="4">
+        <v>79</v>
+      </c>
+      <c r="D183" s="4"/>
+      <c r="E183" s="9"/>
+      <c r="F183" s="4"/>
+      <c r="G183" s="4"/>
+      <c r="H183" s="4">
+        <v>56</v>
+      </c>
+      <c r="I183" s="4"/>
+      <c r="J183" s="4">
+        <v>23</v>
+      </c>
+      <c r="K183" s="4"/>
+      <c r="L183" s="4"/>
+      <c r="M183" s="4"/>
+      <c r="N183" s="4"/>
+      <c r="O183" s="4"/>
       <c r="AJ183" s="8"/>
       <c r="AM183" s="8"/>
     </row>
-    <row r="184" spans="1:39" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="O184" s="9"/>
+    <row r="184" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A184" s="4"/>
+      <c r="B184" s="3">
+        <f>SUM(B8:B183)/2</f>
+        <v>52260</v>
+      </c>
+      <c r="C184" s="3">
+        <f>SUM(C8:C183)/2</f>
+        <v>51088.818000000007</v>
+      </c>
+      <c r="D184" s="3">
+        <f>SUM(D8:D183)/2</f>
+        <v>4695.4650000000001</v>
+      </c>
+      <c r="E184" s="6">
+        <f>D184/C184</f>
+        <v>9.1907880898712505E-2</v>
+      </c>
+      <c r="F184" s="3">
+        <f t="shared" ref="F184:M184" si="0">SUM(F8:F183)/2</f>
+        <v>1076.7</v>
+      </c>
+      <c r="G184" s="3">
+        <f t="shared" si="0"/>
+        <v>162.6</v>
+      </c>
+      <c r="H184" s="3">
+        <f t="shared" si="0"/>
+        <v>12429.75</v>
+      </c>
+      <c r="I184" s="3">
+        <f t="shared" si="0"/>
+        <v>818.01</v>
+      </c>
+      <c r="J184" s="3">
+        <f t="shared" si="0"/>
+        <v>22231.907999999996</v>
+      </c>
+      <c r="K184" s="3">
+        <f t="shared" si="0"/>
+        <v>1334.855</v>
+      </c>
+      <c r="L184" s="3">
+        <f t="shared" si="0"/>
+        <v>13320</v>
+      </c>
+      <c r="M184" s="3">
+        <f t="shared" si="0"/>
+        <v>2171</v>
+      </c>
+      <c r="N184" s="3">
+        <f>SUM(N8:N182)/2</f>
+        <v>20</v>
+      </c>
+      <c r="O184" s="3">
+        <f>SUM(O8:O182)/2</f>
+        <v>2</v>
+      </c>
       <c r="AJ184" s="8"/>
       <c r="AM184" s="8"/>
     </row>
-    <row r="185" spans="1:39" x14ac:dyDescent="0.3">
-[...58 lines deleted...]
-      <c r="W185" s="7"/>
+    <row r="185" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L185" s="5"/>
+      <c r="T185" s="5"/>
+      <c r="W185" s="5"/>
       <c r="AI185" s="8"/>
     </row>
-    <row r="186" spans="1:39" x14ac:dyDescent="0.3">
-[...175 lines deleted...]
-      <c r="O220" s="7"/>
+    <row r="186" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>192</v>
+      </c>
+      <c r="L186" s="5"/>
+      <c r="T186" s="5"/>
+      <c r="W186" s="5"/>
+    </row>
+    <row r="187" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L187" s="5"/>
+      <c r="T187" s="5"/>
+      <c r="W187" s="5"/>
+    </row>
+    <row r="188" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L188" s="5"/>
+      <c r="T188" s="5"/>
+      <c r="W188" s="5"/>
+    </row>
+    <row r="189" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L189" s="5"/>
+      <c r="T189" s="5"/>
+      <c r="W189" s="5"/>
+    </row>
+    <row r="190" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L190" s="5"/>
+      <c r="T190" s="5"/>
+      <c r="W190" s="5"/>
+    </row>
+    <row r="191" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L191" s="5"/>
+      <c r="T191" s="5"/>
+      <c r="W191" s="5"/>
+    </row>
+    <row r="192" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="L192" s="5"/>
+      <c r="T192" s="5"/>
+      <c r="W192" s="5"/>
+    </row>
+    <row r="193" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L193" s="5"/>
+      <c r="T193" s="5"/>
+      <c r="W193" s="5"/>
+    </row>
+    <row r="194" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L194" s="5"/>
+      <c r="T194" s="5"/>
+      <c r="W194" s="5"/>
+    </row>
+    <row r="195" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L195" s="5"/>
+      <c r="T195" s="5"/>
+      <c r="W195" s="5"/>
+    </row>
+    <row r="196" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L196" s="5"/>
+      <c r="T196" s="5"/>
+      <c r="W196" s="5"/>
+    </row>
+    <row r="197" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L197" s="5"/>
+      <c r="T197" s="5"/>
+      <c r="W197" s="5"/>
+    </row>
+    <row r="198" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L198" s="5"/>
+      <c r="T198" s="5"/>
+      <c r="W198" s="5"/>
+    </row>
+    <row r="199" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L199" s="5"/>
+      <c r="T199" s="5"/>
+      <c r="W199" s="5"/>
+    </row>
+    <row r="200" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L200" s="5"/>
+      <c r="T200" s="5"/>
+      <c r="W200" s="5"/>
+    </row>
+    <row r="201" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L201" s="5"/>
+      <c r="T201" s="5"/>
+      <c r="W201" s="5"/>
+    </row>
+    <row r="202" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L202" s="5"/>
+      <c r="T202" s="5"/>
+      <c r="W202" s="5"/>
+    </row>
+    <row r="203" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L203" s="5"/>
+      <c r="T203" s="5"/>
+      <c r="W203" s="5"/>
+    </row>
+    <row r="204" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L204" s="5"/>
+      <c r="T204" s="5"/>
+      <c r="W204" s="5"/>
+    </row>
+    <row r="205" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L205" s="5"/>
+      <c r="T205" s="5"/>
+      <c r="W205" s="5"/>
+    </row>
+    <row r="206" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L206" s="5"/>
+      <c r="T206" s="5"/>
+      <c r="W206" s="5"/>
+    </row>
+    <row r="207" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L207" s="5"/>
+      <c r="T207" s="5"/>
+      <c r="W207" s="5"/>
+    </row>
+    <row r="208" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L208" s="5"/>
+      <c r="T208" s="5"/>
+      <c r="W208" s="5"/>
+    </row>
+    <row r="209" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L209" s="5"/>
+      <c r="T209" s="5"/>
+      <c r="W209" s="5"/>
+    </row>
+    <row r="210" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L210" s="5"/>
+      <c r="T210" s="5"/>
+      <c r="W210" s="5"/>
+    </row>
+    <row r="211" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L211" s="5"/>
+      <c r="T211" s="5"/>
+      <c r="W211" s="5"/>
+    </row>
+    <row r="212" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L212" s="5"/>
+      <c r="T212" s="5"/>
+      <c r="W212" s="5"/>
+    </row>
+    <row r="213" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L213" s="5"/>
+      <c r="T213" s="5"/>
+      <c r="W213" s="5"/>
+    </row>
+    <row r="214" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L214" s="5"/>
+      <c r="T214" s="5"/>
+      <c r="W214" s="5"/>
+    </row>
+    <row r="215" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L215" s="5"/>
+      <c r="T215" s="5"/>
+      <c r="W215" s="5"/>
+    </row>
+    <row r="216" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L216" s="5"/>
+      <c r="T216" s="5"/>
+      <c r="W216" s="5"/>
+    </row>
+    <row r="217" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L217" s="5"/>
+      <c r="O217" s="5"/>
+      <c r="T217" s="5"/>
+      <c r="W217" s="5"/>
+    </row>
+    <row r="218" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L218" s="5"/>
+      <c r="O218" s="5"/>
+    </row>
+    <row r="219" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L219" s="5"/>
+      <c r="O219" s="5"/>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A136:E144">
+    <sortCondition ref="A136:A144"/>
+  </sortState>
   <mergeCells count="6">
     <mergeCell ref="E6:E7"/>
-    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A2:E2"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
-  <conditionalFormatting sqref="E8:E185">
-    <cfRule type="dataBar" priority="2">
+  <conditionalFormatting sqref="E8:E184">
+    <cfRule type="dataBar" priority="296">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
-          <x14:id>{A36217AB-38A0-4F83-9ECC-98D39E2B6389}</x14:id>
+          <x14:id>{90BE72F1-0197-40C4-9CF6-65664247F9A4}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="portrait" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="dataBar" id="{A36217AB-38A0-4F83-9ECC-98D39E2B6389}">
+          <x14:cfRule type="dataBar" id="{90BE72F1-0197-40C4-9CF6-65664247F9A4}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF638EC6"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
-          <xm:sqref>E8:E185</xm:sqref>
+          <xm:sqref>E8:E184</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="033a67f2-3785-426e-bf85-e3f672621421" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12328f90-f97d-423e-a295-a81045c704af">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100756704CBF31F2F488F60B08AD63FE996" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="619ab1aac2bb61437f7302914a3dbb69">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="12328f90-f97d-423e-a295-a81045c704af" xmlns:ns3="033a67f2-3785-426e-bf85-e3f672621421" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b8d1e888bf515ef87b954493a558fd0a" ns2:_="" ns3:_="">
+    <xsd:import namespace="12328f90-f97d-423e-a295-a81045c704af"/>
+    <xsd:import namespace="033a67f2-3785-426e-bf85-e3f672621421"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12328f90-f97d-423e-a295-a81045c704af" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="64c26a82-2b24-45e5-89b7-c1f884b4c02f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="033a67f2-3785-426e-bf85-e3f672621421" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d392f7af-b8e4-4b16-8fac-c1b10716838e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="033a67f2-3785-426e-bf85-e3f672621421">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B13552D7-FD6C-44FF-A41A-6F1B6F3AC76B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9540AB2B-E16C-477A-8539-A2CF51E05412}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="033a67f2-3785-426e-bf85-e3f672621421"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="12328f90-f97d-423e-a295-a81045c704af"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1FCBEE1-9DB2-4143-AA2D-A50519EE6A61}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="12328f90-f97d-423e-a295-a81045c704af"/>
+    <ds:schemaRef ds:uri="033a67f2-3785-426e-bf85-e3f672621421"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c9e176a8-1567-403a-861e-2ddcf9359962}" enabled="0" method="" siteId="{c9e176a8-1567-403a-861e-2ddcf9359962}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>info</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Valsts kanceleja</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Laila Ruskule</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100756704CBF31F2F488F60B08AD63FE996</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>