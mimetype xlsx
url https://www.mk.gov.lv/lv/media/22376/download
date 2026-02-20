--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -6,111 +6,108 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{19CFB8AE-1DA7-4558-8E92-003C95998A70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1E7FD636-D533-4D0E-AF24-A95AE216706C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="info" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">info!$A$8:$AK$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">info!$A$8:$AK$182</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="O184" i="3" l="1"/>
   <c r="N184" i="3"/>
   <c r="M184" i="3"/>
   <c r="L184" i="3"/>
   <c r="K184" i="3"/>
   <c r="J184" i="3"/>
   <c r="I184" i="3"/>
   <c r="H184" i="3"/>
   <c r="G184" i="3"/>
   <c r="F184" i="3"/>
   <c r="D184" i="3"/>
   <c r="C184" i="3"/>
   <c r="B184" i="3"/>
   <c r="E184" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="198">
   <si>
     <t>Valsts kanceleja</t>
   </si>
   <si>
-    <t>Informācija par vakantajiem amatiem valsts budžeta iestādēs</t>
-[...1 lines deleted...]
-  <si>
     <t>Pārskata periods</t>
   </si>
   <si>
     <t>uz</t>
   </si>
   <si>
     <t>Institūcija</t>
   </si>
   <si>
     <t>Amatu skaits kopā</t>
   </si>
   <si>
     <t>Amatu slodzes kopā</t>
   </si>
   <si>
     <t>Vakanto amatu slodžu summa</t>
   </si>
   <si>
     <t>Vakantās slodzes procentos no kopējās slodžu summas</t>
   </si>
   <si>
     <t>Ierēdņu amatu slodzes (S un I)</t>
   </si>
   <si>
     <t>Vakantās ierēdņu amatu slodzes (S un I)</t>
@@ -647,50 +644,59 @@
     <t>Lauku atbalsta dienests</t>
   </si>
   <si>
     <t>Pārtikas un veterinārais dienests</t>
   </si>
   <si>
     <t>Valsts augu aizsardzības dienests</t>
   </si>
   <si>
     <t>Valsts meža dienests</t>
   </si>
   <si>
     <t>Valsts tehniskās uzraudzības aģentūra</t>
   </si>
   <si>
     <t>Datu avots: Iestāžu sniegtās atskaites Atlīdzības uzskaites sistēmas datu bāzē</t>
   </si>
   <si>
     <t>tai skaitā</t>
   </si>
   <si>
     <t>Amatu slodzes uz laiku (t.sk. PI, PD)</t>
   </si>
   <si>
     <t>Vakanto amatu uz laiku slodžu summa (t.sk. PI, PD)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IZM un KM resora izglītības iestādēs - tikai tehniskais personāls (netiek ietvertas pedagogu amata vietas) </t>
+  </si>
+  <si>
+    <t>Par sniegto datu kvalitāti un patiesumu atbild iestādes vadītājs par kuru dati ir sniegti</t>
+  </si>
+  <si>
+    <t>Informācija par amata vietām un vakantajiem amatiem valsts budžeta iestādēs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
@@ -1182,6804 +1188,6891 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AM219"/>
+  <dimension ref="A1:AM220"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G3" sqref="G3"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="58.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="10.6640625" customWidth="1"/>
     <col min="7" max="7" width="11" customWidth="1"/>
     <col min="10" max="11" width="10.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A2" s="10" t="s">
-        <v>1</v>
+        <v>197</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
     </row>
     <row r="3" spans="1:39" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>1</v>
+      </c>
+      <c r="J4" t="s">
         <v>2</v>
       </c>
-      <c r="I4" t="s">
+      <c r="K4" s="7">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="6" spans="1:39" ht="13.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="J4" s="7">
-[...4 lines deleted...]
-      <c r="A6" s="11" t="s">
+      <c r="B6" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="C6" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="12" t="s">
+      <c r="D6" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="D6" s="12" t="s">
+      <c r="E6" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="E6" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="13" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="G6" s="14"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="14"/>
       <c r="K6" s="14"/>
       <c r="L6" s="14"/>
       <c r="M6" s="14"/>
       <c r="N6" s="14"/>
       <c r="O6" s="15"/>
     </row>
     <row r="7" spans="1:39" ht="84" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
       <c r="B7" s="11"/>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="G7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="J7" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="K7" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="1" t="s">
+      <c r="L7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="L7" s="1" t="s">
+      <c r="M7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="M7" s="1" t="s">
+      <c r="N7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N7" s="1" t="s">
+      <c r="O7" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B8" s="3">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C8" s="3">
-        <v>1888.45</v>
+        <v>1889.45</v>
       </c>
       <c r="D8" s="3">
-        <v>150.1</v>
+        <v>131.1</v>
       </c>
       <c r="E8" s="6">
-        <v>7.9000000000000001E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="F8" s="3">
         <v>7</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I8" s="3">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="J8" s="3">
-        <v>816.6</v>
+        <v>814.6</v>
       </c>
       <c r="K8" s="3">
-        <v>70.099999999999994</v>
+        <v>62.1</v>
       </c>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="T8" s="5"/>
       <c r="W8" s="5"/>
       <c r="AJ8" s="8"/>
       <c r="AM8" s="8"/>
     </row>
     <row r="9" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B9" s="4">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C9" s="4">
-        <v>440.85</v>
+        <v>442.85</v>
       </c>
       <c r="D9" s="4">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" s="9">
-        <v>6.0999999999999999E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I9" s="4">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="J9" s="4">
         <v>52</v>
       </c>
       <c r="K9" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="T9" s="5"/>
       <c r="W9" s="5"/>
       <c r="AJ9" s="8"/>
       <c r="AM9" s="8"/>
     </row>
     <row r="10" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10" s="4">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C10" s="4">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="D10" s="4">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E10" s="9">
-        <v>6.3E-2</v>
+        <v>5.0999999999999997E-2</v>
       </c>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4">
         <v>14</v>
       </c>
       <c r="I10" s="4"/>
       <c r="J10" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="4">
         <v>1</v>
       </c>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="T10" s="5"/>
       <c r="W10" s="5"/>
       <c r="AJ10" s="8"/>
       <c r="AM10" s="8"/>
     </row>
     <row r="11" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B11" s="4">
         <v>280</v>
       </c>
       <c r="C11" s="4">
         <v>278.60000000000002</v>
       </c>
       <c r="D11" s="4">
         <v>10.6</v>
       </c>
       <c r="E11" s="9">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4">
         <v>15</v>
       </c>
       <c r="I11" s="4"/>
       <c r="J11" s="4">
         <v>263.60000000000002</v>
       </c>
       <c r="K11" s="4">
         <v>10.6</v>
       </c>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="T11" s="5"/>
       <c r="W11" s="5"/>
       <c r="AJ11" s="8"/>
       <c r="AM11" s="8"/>
     </row>
     <row r="12" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B12" s="4">
         <v>67</v>
       </c>
       <c r="C12" s="4">
         <v>67</v>
       </c>
       <c r="D12" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E12" s="9">
-        <v>0.14899999999999999</v>
+        <v>0.13400000000000001</v>
       </c>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4">
         <v>67</v>
       </c>
       <c r="K12" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="T12" s="5"/>
       <c r="W12" s="5"/>
       <c r="AJ12" s="8"/>
       <c r="AM12" s="8"/>
     </row>
     <row r="13" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B13" s="4">
         <v>250</v>
       </c>
       <c r="C13" s="4">
         <v>250</v>
       </c>
       <c r="D13" s="4">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E13" s="9">
-        <v>0.12</v>
+        <v>0.104</v>
       </c>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="I13" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J13" s="4">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="K13" s="4">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="T13" s="5"/>
       <c r="W13" s="5"/>
       <c r="AJ13" s="8"/>
       <c r="AM13" s="8"/>
     </row>
     <row r="14" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B14" s="4">
         <v>396</v>
       </c>
       <c r="C14" s="4">
         <v>393</v>
       </c>
       <c r="D14" s="4">
-        <v>39.5</v>
+        <v>32.5</v>
       </c>
       <c r="E14" s="9">
-        <v>0.10100000000000001</v>
+        <v>8.3000000000000004E-2</v>
       </c>
       <c r="F14" s="4">
         <v>7</v>
       </c>
       <c r="G14" s="4">
         <v>1</v>
       </c>
       <c r="H14" s="4">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="I14" s="4">
         <v>3</v>
       </c>
       <c r="J14" s="4">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K14" s="4">
-        <v>35.5</v>
+        <v>28.5</v>
       </c>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
       <c r="O14" s="4"/>
       <c r="T14" s="5"/>
       <c r="W14" s="5"/>
       <c r="AJ14" s="8"/>
       <c r="AM14" s="8"/>
     </row>
     <row r="15" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B15" s="4">
         <v>28</v>
       </c>
       <c r="C15" s="4">
         <v>28</v>
       </c>
       <c r="D15" s="4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E15" s="9">
-        <v>0.214</v>
+        <v>0.25</v>
       </c>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4">
         <v>23</v>
       </c>
       <c r="K15" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="T15" s="5"/>
       <c r="W15" s="5"/>
       <c r="AJ15" s="8"/>
       <c r="AM15" s="8"/>
     </row>
     <row r="16" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B16" s="3">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C16" s="3">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D16" s="3">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E16" s="6">
-        <v>0.03</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="I16" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="J16" s="3">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K16" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="T16" s="5"/>
       <c r="W16" s="5"/>
       <c r="AJ16" s="8"/>
       <c r="AM16" s="8"/>
     </row>
     <row r="17" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B17" s="4">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C17" s="4">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="D17" s="4">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E17" s="9">
-        <v>3.1E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I17" s="4">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="J17" s="4">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K17" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="T17" s="5"/>
       <c r="W17" s="5"/>
       <c r="AJ17" s="8"/>
       <c r="AM17" s="8"/>
     </row>
     <row r="18" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B18" s="4">
         <v>10</v>
       </c>
       <c r="C18" s="4">
         <v>10</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="9"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4">
         <v>5</v>
       </c>
       <c r="I18" s="4"/>
       <c r="J18" s="4">
         <v>5</v>
       </c>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
       <c r="M18" s="4"/>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="T18" s="5"/>
       <c r="W18" s="5"/>
       <c r="AJ18" s="8"/>
       <c r="AM18" s="8"/>
     </row>
     <row r="19" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B19" s="3">
         <v>271</v>
       </c>
       <c r="C19" s="3">
         <v>268</v>
       </c>
       <c r="D19" s="3">
-        <v>34.5</v>
+        <v>40</v>
       </c>
       <c r="E19" s="6">
-        <v>0.129</v>
+        <v>0.14899999999999999</v>
       </c>
       <c r="F19" s="3">
         <v>61</v>
       </c>
       <c r="G19" s="3">
-        <v>7.5</v>
+        <v>12</v>
       </c>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3">
         <v>52</v>
       </c>
       <c r="K19" s="3">
         <v>3</v>
       </c>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="T19" s="5"/>
       <c r="W19" s="5"/>
       <c r="AJ19" s="8"/>
       <c r="AM19" s="8"/>
     </row>
     <row r="20" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B20" s="4">
         <v>92</v>
       </c>
       <c r="C20" s="4">
         <v>89</v>
       </c>
       <c r="D20" s="4">
-        <v>8.5</v>
+        <v>13</v>
       </c>
       <c r="E20" s="9">
-        <v>9.6000000000000002E-2</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="F20" s="4">
         <v>61</v>
       </c>
       <c r="G20" s="4">
-        <v>7.5</v>
+        <v>12</v>
       </c>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
       <c r="J20" s="4">
         <v>28</v>
       </c>
       <c r="K20" s="4">
         <v>1</v>
       </c>
       <c r="L20" s="4"/>
       <c r="M20" s="4"/>
       <c r="N20" s="4"/>
       <c r="O20" s="4"/>
       <c r="T20" s="5"/>
       <c r="W20" s="5"/>
       <c r="AJ20" s="8"/>
       <c r="AM20" s="8"/>
     </row>
     <row r="21" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B21" s="4">
         <v>179</v>
       </c>
       <c r="C21" s="4">
         <v>179</v>
       </c>
       <c r="D21" s="4">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E21" s="9">
-        <v>0.14499999999999999</v>
+        <v>0.151</v>
       </c>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
       <c r="I21" s="4"/>
       <c r="J21" s="4">
         <v>24</v>
       </c>
       <c r="K21" s="4">
         <v>2</v>
       </c>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="4"/>
       <c r="O21" s="4"/>
       <c r="T21" s="5"/>
       <c r="W21" s="5"/>
       <c r="AJ21" s="8"/>
       <c r="AM21" s="8"/>
     </row>
     <row r="22" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B22" s="3">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="C22" s="3">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="D22" s="3">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E22" s="6">
-        <v>9.8000000000000004E-2</v>
+        <v>0.1</v>
       </c>
       <c r="F22" s="3">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G22" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H22" s="3">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="I22" s="3">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="J22" s="3">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="K22" s="3">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="T22" s="5"/>
       <c r="W22" s="5"/>
       <c r="AJ22" s="8"/>
       <c r="AM22" s="8"/>
     </row>
     <row r="23" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B23" s="4">
         <v>199</v>
       </c>
       <c r="C23" s="4">
         <v>199</v>
       </c>
       <c r="D23" s="4">
         <v>17</v>
       </c>
       <c r="E23" s="9">
         <v>8.5000000000000006E-2</v>
       </c>
       <c r="F23" s="4">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G23" s="4">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H23" s="4">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I23" s="4">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J23" s="4">
         <v>33</v>
       </c>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="4"/>
       <c r="N23" s="4"/>
       <c r="O23" s="4"/>
       <c r="T23" s="5"/>
       <c r="W23" s="5"/>
       <c r="AJ23" s="8"/>
       <c r="AM23" s="8"/>
     </row>
     <row r="24" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B24" s="4">
         <v>77</v>
       </c>
       <c r="C24" s="4">
         <v>77</v>
       </c>
       <c r="D24" s="4">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E24" s="9">
-        <v>0.13</v>
+        <v>7.8E-2</v>
       </c>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4">
         <v>42</v>
       </c>
       <c r="I24" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J24" s="4">
         <v>35</v>
       </c>
       <c r="K24" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L24" s="4"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
       <c r="O24" s="4"/>
       <c r="T24" s="5"/>
       <c r="W24" s="5"/>
       <c r="AJ24" s="8"/>
       <c r="AM24" s="8"/>
     </row>
     <row r="25" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B25" s="4">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C25" s="4">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D25" s="4">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E25" s="9">
-        <v>9.2999999999999999E-2</v>
+        <v>0.112</v>
       </c>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="I25" s="4">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J25" s="4">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="K25" s="4">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="L25" s="4"/>
       <c r="M25" s="4"/>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="T25" s="5"/>
       <c r="W25" s="5"/>
       <c r="AJ25" s="8"/>
       <c r="AM25" s="8"/>
     </row>
     <row r="26" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B26" s="4">
         <v>76</v>
       </c>
       <c r="C26" s="4">
         <v>76</v>
       </c>
       <c r="D26" s="4">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E26" s="9">
-        <v>0.21099999999999999</v>
+        <v>0.23699999999999999</v>
       </c>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4">
         <v>66</v>
       </c>
       <c r="I26" s="4">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J26" s="4">
         <v>10</v>
       </c>
       <c r="K26" s="4">
         <v>2</v>
       </c>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="T26" s="5"/>
       <c r="W26" s="5"/>
       <c r="AJ26" s="8"/>
       <c r="AM26" s="8"/>
     </row>
     <row r="27" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B27" s="4">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="C27" s="4">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="D27" s="4">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E27" s="9">
-        <v>0.09</v>
+        <v>8.1000000000000003E-2</v>
       </c>
       <c r="F27" s="4">
         <v>18</v>
       </c>
-      <c r="G27" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="G27" s="4"/>
       <c r="H27" s="4">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="I27" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J27" s="4">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="K27" s="4">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
       <c r="N27" s="4"/>
       <c r="O27" s="4"/>
       <c r="T27" s="5"/>
       <c r="W27" s="5"/>
       <c r="AJ27" s="8"/>
       <c r="AM27" s="8"/>
     </row>
     <row r="28" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B28" s="4">
         <v>21</v>
       </c>
       <c r="C28" s="4">
         <v>21</v>
       </c>
       <c r="D28" s="4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E28" s="9">
-        <v>4.8000000000000001E-2</v>
+        <v>0.19</v>
       </c>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4">
         <v>19</v>
       </c>
       <c r="I28" s="4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J28" s="4">
         <v>2</v>
       </c>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
       <c r="O28" s="4"/>
       <c r="T28" s="5"/>
       <c r="W28" s="5"/>
       <c r="AJ28" s="8"/>
       <c r="AM28" s="8"/>
     </row>
     <row r="29" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B29" s="4">
         <v>121</v>
       </c>
       <c r="C29" s="4">
         <v>121</v>
       </c>
       <c r="D29" s="4">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E29" s="9">
-        <v>8.3000000000000004E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I29" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J29" s="4">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="T29" s="5"/>
       <c r="W29" s="5"/>
       <c r="AJ29" s="8"/>
       <c r="AM29" s="8"/>
     </row>
     <row r="30" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B30" s="3">
-        <v>4883</v>
+        <v>4853</v>
       </c>
       <c r="C30" s="3">
-        <v>4883</v>
+        <v>4853</v>
       </c>
       <c r="D30" s="3">
-        <v>299</v>
+        <v>456</v>
       </c>
       <c r="E30" s="6">
-        <v>6.0999999999999999E-2</v>
+        <v>9.4E-2</v>
       </c>
       <c r="F30" s="3">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="H30" s="3">
-        <v>4140</v>
+        <v>4113</v>
       </c>
       <c r="I30" s="3">
-        <v>260</v>
+        <v>373</v>
       </c>
       <c r="J30" s="3">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="K30" s="3">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="T30" s="5"/>
       <c r="W30" s="5"/>
       <c r="AJ30" s="8"/>
       <c r="AM30" s="8"/>
     </row>
     <row r="31" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B31" s="4">
         <v>418</v>
       </c>
       <c r="C31" s="4">
         <v>418</v>
       </c>
       <c r="D31" s="4">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E31" s="9">
-        <v>4.4999999999999998E-2</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4">
         <v>370</v>
       </c>
       <c r="I31" s="4">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J31" s="4">
         <v>48</v>
       </c>
       <c r="K31" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="T31" s="5"/>
       <c r="W31" s="5"/>
       <c r="AJ31" s="8"/>
       <c r="AM31" s="8"/>
     </row>
     <row r="32" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B32" s="4">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C32" s="4">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D32" s="4">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E32" s="9">
-        <v>0.03</v>
+        <v>6.3E-2</v>
       </c>
       <c r="F32" s="4">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G32" s="4">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="H32" s="4">
         <v>328</v>
       </c>
       <c r="I32" s="4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J32" s="4">
         <v>44</v>
       </c>
-      <c r="K32" s="4"/>
+      <c r="K32" s="4">
+        <v>1</v>
+      </c>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="T32" s="5"/>
       <c r="W32" s="5"/>
       <c r="AJ32" s="8"/>
       <c r="AM32" s="8"/>
     </row>
     <row r="33" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B33" s="4">
         <v>4</v>
       </c>
       <c r="C33" s="4">
         <v>4</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="9"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
       <c r="J33" s="4">
         <v>4</v>
       </c>
       <c r="K33" s="4"/>
       <c r="L33" s="4"/>
       <c r="M33" s="4"/>
       <c r="N33" s="4"/>
       <c r="O33" s="4"/>
       <c r="T33" s="5"/>
       <c r="W33" s="5"/>
       <c r="AJ33" s="8"/>
       <c r="AM33" s="8"/>
     </row>
     <row r="34" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B34" s="4">
         <v>67</v>
       </c>
       <c r="C34" s="4">
         <v>67</v>
       </c>
       <c r="D34" s="4">
         <v>4</v>
       </c>
       <c r="E34" s="9">
         <v>0.06</v>
       </c>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4">
         <v>60</v>
       </c>
       <c r="I34" s="4">
         <v>4</v>
       </c>
       <c r="J34" s="4">
         <v>7</v>
       </c>
       <c r="K34" s="4"/>
       <c r="L34" s="4"/>
       <c r="M34" s="4"/>
       <c r="N34" s="4"/>
       <c r="O34" s="4"/>
       <c r="T34" s="5"/>
       <c r="W34" s="5"/>
       <c r="AJ34" s="8"/>
       <c r="AM34" s="8"/>
     </row>
     <row r="35" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B35" s="4">
         <v>23</v>
       </c>
       <c r="C35" s="4">
         <v>23</v>
       </c>
       <c r="D35" s="4">
         <v>3</v>
       </c>
       <c r="E35" s="9">
         <v>0.13</v>
       </c>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4">
         <v>22</v>
       </c>
       <c r="I35" s="4">
         <v>2</v>
       </c>
       <c r="J35" s="4">
         <v>1</v>
       </c>
       <c r="K35" s="4">
         <v>1</v>
       </c>
       <c r="L35" s="4"/>
       <c r="M35" s="4"/>
       <c r="N35" s="4"/>
       <c r="O35" s="4"/>
       <c r="T35" s="5"/>
       <c r="W35" s="5"/>
       <c r="AJ35" s="8"/>
       <c r="AM35" s="8"/>
     </row>
     <row r="36" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B36" s="4">
-        <v>3590</v>
+        <v>3559</v>
       </c>
       <c r="C36" s="4">
-        <v>3590</v>
+        <v>3559</v>
       </c>
       <c r="D36" s="4">
-        <v>236</v>
+        <v>377</v>
       </c>
       <c r="E36" s="9">
-        <v>6.6000000000000003E-2</v>
+        <v>0.106</v>
       </c>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4">
-        <v>3193</v>
+        <v>3166</v>
       </c>
       <c r="I36" s="4">
-        <v>217</v>
+        <v>329</v>
       </c>
       <c r="J36" s="4">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="K36" s="4">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="L36" s="4"/>
       <c r="M36" s="4"/>
       <c r="N36" s="4"/>
       <c r="O36" s="4"/>
       <c r="T36" s="5"/>
       <c r="W36" s="5"/>
       <c r="AJ36" s="8"/>
       <c r="AM36" s="8"/>
     </row>
     <row r="37" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B37" s="4">
         <v>320</v>
       </c>
       <c r="C37" s="4">
         <v>320</v>
       </c>
       <c r="D37" s="4">
         <v>23</v>
       </c>
       <c r="E37" s="9">
         <v>7.1999999999999995E-2</v>
       </c>
       <c r="F37" s="4">
         <v>6</v>
       </c>
       <c r="G37" s="4">
         <v>2</v>
       </c>
       <c r="H37" s="4">
         <v>167</v>
       </c>
       <c r="I37" s="4">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J37" s="4">
         <v>147</v>
       </c>
       <c r="K37" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L37" s="4"/>
       <c r="M37" s="4"/>
       <c r="N37" s="4"/>
       <c r="O37" s="4"/>
       <c r="T37" s="5"/>
       <c r="W37" s="5"/>
       <c r="AJ37" s="8"/>
       <c r="AM37" s="8"/>
     </row>
     <row r="38" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B38" s="3">
-        <v>15033</v>
+        <v>15029</v>
       </c>
       <c r="C38" s="3">
-        <v>15032.5</v>
+        <v>15029</v>
       </c>
       <c r="D38" s="3">
-        <v>2032</v>
+        <v>2018</v>
       </c>
       <c r="E38" s="6">
-        <v>0.13500000000000001</v>
+        <v>0.13400000000000001</v>
       </c>
       <c r="F38" s="3">
         <v>6</v>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>429</v>
       </c>
       <c r="I38" s="3">
         <v>26</v>
       </c>
       <c r="J38" s="3">
-        <v>3295.5</v>
+        <v>3308</v>
       </c>
       <c r="K38" s="3">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="L38" s="3">
-        <v>11296</v>
+        <v>11280</v>
       </c>
       <c r="M38" s="3">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="T38" s="5"/>
       <c r="W38" s="5"/>
       <c r="AJ38" s="8"/>
       <c r="AM38" s="8"/>
     </row>
     <row r="39" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B39" s="4">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C39" s="4">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D39" s="4">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E39" s="9">
-        <v>8.2000000000000003E-2</v>
+        <v>6.8000000000000005E-2</v>
       </c>
       <c r="F39" s="4"/>
       <c r="G39" s="4"/>
       <c r="H39" s="4">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I39" s="4">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="J39" s="4">
         <v>27</v>
       </c>
       <c r="K39" s="4">
         <v>1</v>
       </c>
       <c r="L39" s="4"/>
       <c r="M39" s="4"/>
       <c r="N39" s="4"/>
       <c r="O39" s="4"/>
       <c r="T39" s="5"/>
       <c r="W39" s="5"/>
       <c r="AJ39" s="8"/>
       <c r="AM39" s="8"/>
     </row>
     <row r="40" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B40" s="4">
         <v>90</v>
       </c>
       <c r="C40" s="4">
         <v>90</v>
       </c>
       <c r="D40" s="4">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E40" s="9">
-        <v>7.8E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4">
         <v>21</v>
       </c>
-      <c r="I40" s="4"/>
+      <c r="I40" s="4">
+        <v>3</v>
+      </c>
       <c r="J40" s="4">
         <v>69</v>
       </c>
       <c r="K40" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L40" s="4"/>
       <c r="M40" s="4"/>
       <c r="N40" s="4"/>
       <c r="O40" s="4"/>
       <c r="T40" s="5"/>
       <c r="W40" s="5"/>
       <c r="AJ40" s="8"/>
       <c r="AM40" s="8"/>
     </row>
     <row r="41" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B41" s="4">
         <v>96</v>
       </c>
       <c r="C41" s="4">
         <v>96</v>
       </c>
       <c r="D41" s="4">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E41" s="9">
-        <v>0.125</v>
+        <v>0.104</v>
       </c>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4">
         <v>4</v>
       </c>
       <c r="I41" s="4"/>
       <c r="J41" s="4">
         <v>22</v>
       </c>
       <c r="K41" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L41" s="4">
         <v>70</v>
       </c>
       <c r="M41" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="N41" s="4"/>
       <c r="O41" s="4"/>
       <c r="T41" s="5"/>
       <c r="W41" s="5"/>
       <c r="AJ41" s="8"/>
       <c r="AM41" s="8"/>
     </row>
     <row r="42" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B42" s="4">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="C42" s="4">
-        <v>309.5</v>
+        <v>299</v>
       </c>
       <c r="D42" s="4">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E42" s="9">
-        <v>0.1</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="F42" s="4">
         <v>6</v>
       </c>
       <c r="G42" s="4"/>
       <c r="H42" s="4">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I42" s="4">
         <v>1</v>
       </c>
       <c r="J42" s="4">
-        <v>284.5</v>
+        <v>275</v>
       </c>
       <c r="K42" s="4">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L42" s="4"/>
       <c r="M42" s="4"/>
       <c r="N42" s="4"/>
       <c r="O42" s="4"/>
       <c r="T42" s="5"/>
       <c r="W42" s="5"/>
       <c r="AJ42" s="8"/>
       <c r="AM42" s="8"/>
     </row>
     <row r="43" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B43" s="4">
         <v>91</v>
       </c>
       <c r="C43" s="4">
         <v>91</v>
       </c>
       <c r="D43" s="4">
         <v>2</v>
       </c>
       <c r="E43" s="9">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4">
         <v>10</v>
       </c>
       <c r="I43" s="4"/>
       <c r="J43" s="4">
         <v>76</v>
       </c>
       <c r="K43" s="4">
         <v>2</v>
       </c>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="T43" s="5"/>
       <c r="W43" s="5"/>
       <c r="AJ43" s="8"/>
       <c r="AM43" s="8"/>
     </row>
     <row r="44" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B44" s="4">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="C44" s="4">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D44" s="4">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E44" s="9">
-        <v>6.4000000000000001E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4">
         <v>49</v>
       </c>
       <c r="I44" s="4">
         <v>5</v>
       </c>
       <c r="J44" s="4">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="K44" s="4">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L44" s="4"/>
       <c r="M44" s="4"/>
       <c r="N44" s="4"/>
       <c r="O44" s="4"/>
       <c r="T44" s="5"/>
       <c r="W44" s="5"/>
       <c r="AJ44" s="8"/>
       <c r="AM44" s="8"/>
     </row>
     <row r="45" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B45" s="4">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C45" s="4">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D45" s="4">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E45" s="9">
-        <v>3.6999999999999998E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="F45" s="4"/>
       <c r="G45" s="4"/>
       <c r="H45" s="4">
         <v>207</v>
       </c>
       <c r="I45" s="4">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="J45" s="4">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="K45" s="4">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L45" s="4"/>
       <c r="M45" s="4"/>
       <c r="N45" s="4"/>
       <c r="O45" s="4"/>
       <c r="T45" s="5"/>
       <c r="W45" s="5"/>
       <c r="AJ45" s="8"/>
       <c r="AM45" s="8"/>
     </row>
     <row r="46" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B46" s="4">
-        <v>6728</v>
+        <v>6749</v>
       </c>
       <c r="C46" s="4">
-        <v>6728</v>
+        <v>6749</v>
       </c>
       <c r="D46" s="4">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="E46" s="9">
-        <v>0.214</v>
+        <v>0.21299999999999999</v>
       </c>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
       <c r="I46" s="4"/>
       <c r="J46" s="4">
-        <v>1329</v>
+        <v>1344</v>
       </c>
       <c r="K46" s="4">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="L46" s="4">
-        <v>5399</v>
+        <v>5405</v>
       </c>
       <c r="M46" s="4">
-        <v>1325</v>
+        <v>1307</v>
       </c>
       <c r="N46" s="4"/>
       <c r="O46" s="4"/>
       <c r="T46" s="5"/>
       <c r="W46" s="5"/>
       <c r="AJ46" s="8"/>
       <c r="AM46" s="8"/>
     </row>
     <row r="47" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B47" s="4">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="C47" s="4">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="D47" s="4">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="E47" s="9">
-        <v>0.11799999999999999</v>
+        <v>0.12</v>
       </c>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
       <c r="I47" s="4"/>
       <c r="J47" s="4">
         <v>352</v>
       </c>
       <c r="K47" s="4">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="L47" s="4">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="M47" s="4">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="N47" s="4"/>
       <c r="O47" s="4"/>
       <c r="T47" s="5"/>
       <c r="W47" s="5"/>
       <c r="AJ47" s="8"/>
       <c r="AM47" s="8"/>
     </row>
     <row r="48" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B48" s="4">
         <v>3181</v>
       </c>
       <c r="C48" s="4">
         <v>3181</v>
       </c>
       <c r="D48" s="4">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="E48" s="9">
-        <v>4.7E-2</v>
+        <v>0.04</v>
       </c>
       <c r="F48" s="4"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
       <c r="I48" s="4"/>
       <c r="J48" s="4">
         <v>196</v>
       </c>
       <c r="K48" s="4">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L48" s="4">
         <v>2985</v>
       </c>
       <c r="M48" s="4">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="N48" s="4"/>
       <c r="O48" s="4"/>
       <c r="T48" s="5"/>
       <c r="W48" s="5"/>
       <c r="AJ48" s="8"/>
       <c r="AM48" s="8"/>
     </row>
     <row r="49" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B49" s="4">
         <v>97</v>
       </c>
       <c r="C49" s="4">
         <v>97</v>
       </c>
       <c r="D49" s="4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E49" s="9">
-        <v>4.1000000000000002E-2</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="4"/>
       <c r="J49" s="4">
         <v>17</v>
       </c>
       <c r="K49" s="4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L49" s="4">
         <v>80</v>
       </c>
       <c r="M49" s="4">
         <v>3</v>
       </c>
       <c r="N49" s="4"/>
       <c r="O49" s="4"/>
       <c r="T49" s="5"/>
       <c r="W49" s="5"/>
       <c r="AJ49" s="8"/>
       <c r="AM49" s="8"/>
     </row>
     <row r="50" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B50" s="4">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="C50" s="4">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="D50" s="4">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E50" s="9">
-        <v>3.2000000000000001E-2</v>
+        <v>6.6000000000000003E-2</v>
       </c>
       <c r="F50" s="4"/>
       <c r="G50" s="4"/>
       <c r="H50" s="4"/>
       <c r="I50" s="4"/>
       <c r="J50" s="4">
         <v>102</v>
       </c>
       <c r="K50" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L50" s="4">
-        <v>498</v>
+        <v>476</v>
       </c>
       <c r="M50" s="4">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="N50" s="4"/>
       <c r="O50" s="4"/>
       <c r="T50" s="5"/>
       <c r="W50" s="5"/>
       <c r="AJ50" s="8"/>
       <c r="AM50" s="8"/>
     </row>
     <row r="51" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B51" s="4">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C51" s="4">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D51" s="4">
         <v>31</v>
       </c>
       <c r="E51" s="9">
-        <v>9.4E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
       <c r="I51" s="4"/>
       <c r="J51" s="4">
         <v>81</v>
       </c>
       <c r="K51" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L51" s="4">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="M51" s="4">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N51" s="4"/>
       <c r="O51" s="4"/>
       <c r="T51" s="5"/>
       <c r="W51" s="5"/>
       <c r="AJ51" s="8"/>
       <c r="AM51" s="8"/>
     </row>
     <row r="52" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B52" s="3">
-        <v>2527</v>
+        <v>2562</v>
       </c>
       <c r="C52" s="3">
-        <v>2368.0479999999998</v>
+        <v>2382.7829999999999</v>
       </c>
       <c r="D52" s="3">
-        <v>255.3</v>
+        <v>319.52</v>
       </c>
       <c r="E52" s="6">
-        <v>0.108</v>
+        <v>0.13400000000000001</v>
       </c>
       <c r="F52" s="3">
-        <v>378.5</v>
+        <v>400.3</v>
       </c>
       <c r="G52" s="3">
-        <v>53.5</v>
+        <v>94.2</v>
       </c>
       <c r="H52" s="3">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="I52" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="J52" s="3">
-        <v>1703.9380000000001</v>
+        <v>1703.5730000000001</v>
       </c>
       <c r="K52" s="3">
-        <v>161.80000000000001</v>
+        <v>189.32</v>
       </c>
       <c r="L52" s="3"/>
       <c r="M52" s="3"/>
       <c r="N52" s="3"/>
       <c r="O52" s="3"/>
       <c r="T52" s="5"/>
       <c r="W52" s="5"/>
       <c r="AJ52" s="8"/>
       <c r="AM52" s="8"/>
     </row>
     <row r="53" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B53" s="4">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="C53" s="4">
-        <v>278.05</v>
+        <v>263.14999999999998</v>
       </c>
       <c r="D53" s="4">
-        <v>46.5</v>
+        <v>43</v>
       </c>
       <c r="E53" s="9">
-        <v>0.16700000000000001</v>
+        <v>0.16300000000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>76.05</v>
+        <v>72.349999999999994</v>
       </c>
       <c r="G53" s="4">
         <v>22</v>
       </c>
       <c r="H53" s="4">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="I53" s="4">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="J53" s="4">
-        <v>53.5</v>
+        <v>49</v>
       </c>
       <c r="K53" s="4">
-        <v>5.5</v>
+        <v>5</v>
       </c>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
       <c r="T53" s="5"/>
       <c r="W53" s="5"/>
       <c r="AJ53" s="8"/>
       <c r="AM53" s="8"/>
     </row>
     <row r="54" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B54" s="4">
         <v>17</v>
       </c>
       <c r="C54" s="4">
         <v>5.61</v>
       </c>
       <c r="D54" s="4">
         <v>1.5</v>
       </c>
       <c r="E54" s="9">
         <v>0.26700000000000002</v>
       </c>
       <c r="F54" s="4"/>
       <c r="G54" s="4"/>
       <c r="H54" s="4"/>
       <c r="I54" s="4"/>
       <c r="J54" s="4">
         <v>4.5</v>
       </c>
       <c r="K54" s="4">
         <v>1.5</v>
       </c>
       <c r="L54" s="4"/>
       <c r="M54" s="4"/>
       <c r="N54" s="4"/>
       <c r="O54" s="4"/>
       <c r="T54" s="5"/>
       <c r="W54" s="5"/>
       <c r="AJ54" s="8"/>
       <c r="AM54" s="8"/>
     </row>
     <row r="55" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B55" s="4">
         <v>72</v>
       </c>
       <c r="C55" s="4">
         <v>72</v>
       </c>
       <c r="D55" s="4">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E55" s="9">
-        <v>0.29199999999999998</v>
+        <v>0.33300000000000002</v>
       </c>
       <c r="F55" s="4">
         <v>10</v>
       </c>
-      <c r="G55" s="4"/>
+      <c r="G55" s="4">
+        <v>1</v>
+      </c>
       <c r="H55" s="4">
         <v>34</v>
       </c>
       <c r="I55" s="4">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J55" s="4">
         <v>28</v>
       </c>
       <c r="K55" s="4">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L55" s="4"/>
       <c r="M55" s="4"/>
       <c r="N55" s="4"/>
       <c r="O55" s="4"/>
       <c r="T55" s="5"/>
       <c r="W55" s="5"/>
       <c r="AJ55" s="8"/>
       <c r="AM55" s="8"/>
     </row>
     <row r="56" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B56" s="4">
         <v>55</v>
       </c>
       <c r="C56" s="4">
         <v>55</v>
       </c>
-      <c r="D56" s="4"/>
-      <c r="E56" s="9"/>
+      <c r="D56" s="4">
+        <v>1</v>
+      </c>
+      <c r="E56" s="9">
+        <v>1.7999999999999999E-2</v>
+      </c>
       <c r="F56" s="4"/>
       <c r="G56" s="4"/>
       <c r="H56" s="4">
         <v>35</v>
       </c>
       <c r="I56" s="4"/>
       <c r="J56" s="4">
         <v>20</v>
       </c>
-      <c r="K56" s="4"/>
+      <c r="K56" s="4">
+        <v>1</v>
+      </c>
       <c r="L56" s="4"/>
       <c r="M56" s="4"/>
       <c r="N56" s="4"/>
       <c r="O56" s="4"/>
       <c r="T56" s="5"/>
       <c r="W56" s="5"/>
       <c r="AJ56" s="8"/>
       <c r="AM56" s="8"/>
     </row>
     <row r="57" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B57" s="4">
         <v>39</v>
       </c>
       <c r="C57" s="4">
         <v>38.049999999999997</v>
       </c>
       <c r="D57" s="4"/>
       <c r="E57" s="9"/>
       <c r="F57" s="4">
         <v>11.05</v>
       </c>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
       <c r="I57" s="4"/>
       <c r="J57" s="4">
         <v>27</v>
       </c>
       <c r="K57" s="4"/>
       <c r="L57" s="4"/>
       <c r="M57" s="4"/>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="T57" s="5"/>
       <c r="W57" s="5"/>
       <c r="AJ57" s="8"/>
       <c r="AM57" s="8"/>
     </row>
     <row r="58" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B58" s="4">
         <v>7</v>
       </c>
       <c r="C58" s="4">
         <v>6</v>
       </c>
       <c r="D58" s="4">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="E58" s="9">
-        <v>8.3000000000000004E-2</v>
+        <v>0.25</v>
       </c>
       <c r="F58" s="4"/>
       <c r="G58" s="4"/>
       <c r="H58" s="4"/>
       <c r="I58" s="4"/>
       <c r="J58" s="4">
         <v>6</v>
       </c>
       <c r="K58" s="4">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="L58" s="4"/>
       <c r="M58" s="4"/>
       <c r="N58" s="4"/>
       <c r="O58" s="4"/>
       <c r="T58" s="5"/>
       <c r="W58" s="5"/>
       <c r="AJ58" s="8"/>
       <c r="AM58" s="8"/>
     </row>
     <row r="59" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B59" s="4">
         <v>91</v>
       </c>
       <c r="C59" s="4">
         <v>90.5</v>
       </c>
       <c r="D59" s="4">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E59" s="9">
-        <v>0.11</v>
+        <v>0.122</v>
       </c>
       <c r="F59" s="4">
         <v>39</v>
       </c>
       <c r="G59" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H59" s="4">
         <v>24</v>
       </c>
       <c r="I59" s="4">
         <v>2</v>
       </c>
       <c r="J59" s="4">
         <v>27.5</v>
       </c>
       <c r="K59" s="4">
         <v>3</v>
       </c>
       <c r="L59" s="4"/>
       <c r="M59" s="4"/>
       <c r="N59" s="4"/>
       <c r="O59" s="4"/>
       <c r="T59" s="5"/>
       <c r="W59" s="5"/>
       <c r="AJ59" s="8"/>
       <c r="AM59" s="8"/>
     </row>
     <row r="60" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B60" s="4">
-        <v>388</v>
+        <v>432</v>
       </c>
       <c r="C60" s="4">
-        <v>383.8</v>
+        <v>410.3</v>
       </c>
       <c r="D60" s="4">
-        <v>46.8</v>
+        <v>86.5</v>
       </c>
       <c r="E60" s="9">
-        <v>0.122</v>
+        <v>0.21099999999999999</v>
       </c>
       <c r="F60" s="4">
-        <v>240.5</v>
+        <v>266</v>
       </c>
       <c r="G60" s="4">
-        <v>26.5</v>
+        <v>65.2</v>
       </c>
       <c r="H60" s="4">
         <v>43</v>
       </c>
       <c r="I60" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J60" s="4">
-        <v>100.3</v>
+        <v>101.3</v>
       </c>
       <c r="K60" s="4">
-        <v>15.3</v>
+        <v>18.3</v>
       </c>
       <c r="L60" s="4"/>
       <c r="M60" s="4"/>
       <c r="N60" s="4"/>
       <c r="O60" s="4"/>
       <c r="T60" s="5"/>
       <c r="W60" s="5"/>
       <c r="AJ60" s="8"/>
       <c r="AM60" s="8"/>
     </row>
     <row r="61" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B61" s="4">
         <v>23</v>
       </c>
       <c r="C61" s="4">
         <v>23</v>
       </c>
       <c r="D61" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E61" s="9">
-        <v>0.13</v>
+        <v>0.17399999999999999</v>
       </c>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
       <c r="I61" s="4"/>
       <c r="J61" s="4">
         <v>23</v>
       </c>
       <c r="K61" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L61" s="4"/>
       <c r="M61" s="4"/>
       <c r="N61" s="4"/>
       <c r="O61" s="4"/>
       <c r="T61" s="5"/>
       <c r="W61" s="5"/>
       <c r="AJ61" s="8"/>
       <c r="AM61" s="8"/>
     </row>
     <row r="62" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B62" s="4">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C62" s="4">
-        <v>177.738</v>
+        <v>177.37299999999999</v>
       </c>
       <c r="D62" s="4">
-        <v>0.75</v>
+        <v>1.75</v>
       </c>
       <c r="E62" s="9">
-        <v>4.0000000000000001E-3</v>
+        <v>0.01</v>
       </c>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
       <c r="I62" s="4"/>
       <c r="J62" s="4">
-        <v>177.738</v>
+        <v>177.37299999999999</v>
       </c>
       <c r="K62" s="4">
-        <v>0.75</v>
+        <v>1.75</v>
       </c>
       <c r="L62" s="4"/>
       <c r="M62" s="4"/>
       <c r="N62" s="4"/>
       <c r="O62" s="4"/>
       <c r="T62" s="5"/>
       <c r="W62" s="5"/>
       <c r="AJ62" s="8"/>
       <c r="AM62" s="8"/>
     </row>
     <row r="63" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B63" s="4">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C63" s="4">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D63" s="4"/>
       <c r="E63" s="9"/>
       <c r="F63" s="4"/>
       <c r="G63" s="4"/>
       <c r="H63" s="4"/>
       <c r="I63" s="4"/>
       <c r="J63" s="4">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K63" s="4"/>
       <c r="L63" s="4"/>
       <c r="M63" s="4"/>
       <c r="N63" s="4"/>
       <c r="O63" s="4"/>
       <c r="T63" s="5"/>
       <c r="W63" s="5"/>
       <c r="AJ63" s="8"/>
       <c r="AM63" s="8"/>
     </row>
     <row r="64" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B64" s="4">
         <v>47</v>
       </c>
       <c r="C64" s="4">
         <v>42.75</v>
       </c>
       <c r="D64" s="4">
-        <v>1.75</v>
+        <v>3.75</v>
       </c>
       <c r="E64" s="9">
-        <v>4.1000000000000002E-2</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="F64" s="4"/>
       <c r="G64" s="4"/>
       <c r="H64" s="4"/>
       <c r="I64" s="4"/>
       <c r="J64" s="4">
         <v>42.75</v>
       </c>
       <c r="K64" s="4">
-        <v>1.75</v>
+        <v>3.75</v>
       </c>
       <c r="L64" s="4"/>
       <c r="M64" s="4"/>
       <c r="N64" s="4"/>
       <c r="O64" s="4"/>
       <c r="T64" s="5"/>
       <c r="W64" s="5"/>
       <c r="AJ64" s="8"/>
       <c r="AM64" s="8"/>
     </row>
     <row r="65" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B65" s="4">
         <v>110</v>
       </c>
       <c r="C65" s="4">
         <v>90.1</v>
       </c>
       <c r="D65" s="4">
-        <v>2.8</v>
+        <v>4.3</v>
       </c>
       <c r="E65" s="9">
-        <v>3.1E-2</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
       <c r="J65" s="4">
         <v>90.1</v>
       </c>
       <c r="K65" s="4">
-        <v>2.8</v>
+        <v>4.3</v>
       </c>
       <c r="L65" s="4"/>
       <c r="M65" s="4"/>
       <c r="N65" s="4"/>
       <c r="O65" s="4"/>
       <c r="T65" s="5"/>
       <c r="W65" s="5"/>
       <c r="AJ65" s="8"/>
       <c r="AM65" s="8"/>
     </row>
     <row r="66" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B66" s="4">
         <v>34</v>
       </c>
       <c r="C66" s="4">
         <v>33.25</v>
       </c>
       <c r="D66" s="4">
         <v>13.25</v>
       </c>
       <c r="E66" s="9">
         <v>0.39800000000000002</v>
       </c>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="4"/>
       <c r="J66" s="4">
         <v>33.25</v>
       </c>
       <c r="K66" s="4">
         <v>13.25</v>
       </c>
       <c r="L66" s="4"/>
       <c r="M66" s="4"/>
       <c r="N66" s="4"/>
       <c r="O66" s="4"/>
       <c r="T66" s="5"/>
       <c r="W66" s="5"/>
       <c r="AJ66" s="8"/>
       <c r="AM66" s="8"/>
     </row>
     <row r="67" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B67" s="4">
         <v>75</v>
       </c>
       <c r="C67" s="4">
         <v>70.599999999999994</v>
       </c>
       <c r="D67" s="4">
-        <v>6.5</v>
+        <v>8.5</v>
       </c>
       <c r="E67" s="9">
-        <v>9.1999999999999998E-2</v>
+        <v>0.12</v>
       </c>
       <c r="F67" s="4">
         <v>1.9</v>
       </c>
       <c r="G67" s="4"/>
       <c r="H67" s="4"/>
       <c r="I67" s="4"/>
       <c r="J67" s="4">
         <v>68.7</v>
       </c>
       <c r="K67" s="4">
-        <v>6.5</v>
+        <v>8.5</v>
       </c>
       <c r="L67" s="4"/>
       <c r="M67" s="4"/>
       <c r="N67" s="4"/>
       <c r="O67" s="4"/>
       <c r="T67" s="5"/>
       <c r="W67" s="5"/>
       <c r="AJ67" s="8"/>
       <c r="AM67" s="8"/>
     </row>
     <row r="68" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B68" s="4">
         <v>74</v>
       </c>
       <c r="C68" s="4">
         <v>73</v>
       </c>
-      <c r="D68" s="4"/>
-      <c r="E68" s="9"/>
+      <c r="D68" s="4">
+        <v>3</v>
+      </c>
+      <c r="E68" s="9">
+        <v>4.1000000000000002E-2</v>
+      </c>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="4"/>
       <c r="I68" s="4"/>
       <c r="J68" s="4">
         <v>73</v>
       </c>
-      <c r="K68" s="4"/>
+      <c r="K68" s="4">
+        <v>3</v>
+      </c>
       <c r="L68" s="4"/>
       <c r="M68" s="4"/>
       <c r="N68" s="4"/>
       <c r="O68" s="4"/>
       <c r="T68" s="5"/>
       <c r="W68" s="5"/>
       <c r="AJ68" s="8"/>
       <c r="AM68" s="8"/>
     </row>
     <row r="69" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B69" s="4">
         <v>66</v>
       </c>
       <c r="C69" s="4">
         <v>60.95</v>
       </c>
       <c r="D69" s="4">
-        <v>7.25</v>
+        <v>10.25</v>
       </c>
       <c r="E69" s="9">
-        <v>0.11899999999999999</v>
+        <v>0.16800000000000001</v>
       </c>
       <c r="F69" s="4"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
       <c r="I69" s="4"/>
       <c r="J69" s="4">
         <v>60.95</v>
       </c>
       <c r="K69" s="4">
-        <v>7.25</v>
+        <v>10.25</v>
       </c>
       <c r="L69" s="4"/>
       <c r="M69" s="4"/>
       <c r="N69" s="4"/>
       <c r="O69" s="4"/>
       <c r="T69" s="5"/>
       <c r="W69" s="5"/>
       <c r="AJ69" s="8"/>
       <c r="AM69" s="8"/>
     </row>
     <row r="70" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B70" s="4">
         <v>63</v>
       </c>
       <c r="C70" s="4">
         <v>63</v>
       </c>
       <c r="D70" s="4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E70" s="9">
-        <v>0.14299999999999999</v>
+        <v>0.159</v>
       </c>
       <c r="F70" s="4"/>
       <c r="G70" s="4"/>
       <c r="H70" s="4"/>
       <c r="I70" s="4"/>
       <c r="J70" s="4">
         <v>63</v>
       </c>
       <c r="K70" s="4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L70" s="4"/>
       <c r="M70" s="4"/>
       <c r="N70" s="4"/>
       <c r="O70" s="4"/>
       <c r="T70" s="5"/>
       <c r="W70" s="5"/>
       <c r="AJ70" s="8"/>
       <c r="AM70" s="8"/>
     </row>
     <row r="71" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B71" s="4">
         <v>82</v>
       </c>
       <c r="C71" s="4">
         <v>72.5</v>
       </c>
       <c r="D71" s="4">
-        <v>18.2</v>
+        <v>17.2</v>
       </c>
       <c r="E71" s="9">
-        <v>0.251</v>
+        <v>0.23699999999999999</v>
       </c>
       <c r="F71" s="4"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
       <c r="I71" s="4"/>
       <c r="J71" s="4">
         <v>72.5</v>
       </c>
       <c r="K71" s="4">
-        <v>18.2</v>
+        <v>17.2</v>
       </c>
       <c r="L71" s="4"/>
       <c r="M71" s="4"/>
       <c r="N71" s="4"/>
       <c r="O71" s="4"/>
       <c r="T71" s="5"/>
       <c r="W71" s="5"/>
       <c r="AJ71" s="8"/>
       <c r="AM71" s="8"/>
     </row>
     <row r="72" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B72" s="4">
         <v>56</v>
       </c>
       <c r="C72" s="4">
         <v>53.5</v>
       </c>
       <c r="D72" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E72" s="9">
-        <v>5.6000000000000001E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="F72" s="4"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
       <c r="I72" s="4"/>
       <c r="J72" s="4">
         <v>53.5</v>
       </c>
       <c r="K72" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L72" s="4"/>
       <c r="M72" s="4"/>
       <c r="N72" s="4"/>
       <c r="O72" s="4"/>
       <c r="T72" s="5"/>
       <c r="W72" s="5"/>
       <c r="AJ72" s="8"/>
       <c r="AM72" s="8"/>
     </row>
     <row r="73" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B73" s="4">
         <v>45</v>
       </c>
       <c r="C73" s="4">
         <v>41.41</v>
       </c>
       <c r="D73" s="4">
-        <v>1.66</v>
+        <v>3.66</v>
       </c>
       <c r="E73" s="9">
-        <v>0.04</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="4"/>
       <c r="J73" s="4">
         <v>41.41</v>
       </c>
       <c r="K73" s="4">
-        <v>1.66</v>
+        <v>3.66</v>
       </c>
       <c r="L73" s="4"/>
       <c r="M73" s="4"/>
       <c r="N73" s="4"/>
       <c r="O73" s="4"/>
       <c r="T73" s="5"/>
       <c r="W73" s="5"/>
       <c r="AJ73" s="8"/>
       <c r="AM73" s="8"/>
     </row>
     <row r="74" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B74" s="4">
         <v>19</v>
       </c>
       <c r="C74" s="4">
         <v>18.399999999999999</v>
       </c>
       <c r="D74" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E74" s="9">
-        <v>5.3999999999999999E-2</v>
+        <v>0.109</v>
       </c>
       <c r="F74" s="4"/>
       <c r="G74" s="4"/>
       <c r="H74" s="4"/>
       <c r="I74" s="4"/>
       <c r="J74" s="4">
         <v>18.399999999999999</v>
       </c>
       <c r="K74" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L74" s="4"/>
       <c r="M74" s="4"/>
       <c r="N74" s="4"/>
       <c r="O74" s="4"/>
       <c r="T74" s="5"/>
       <c r="W74" s="5"/>
       <c r="AJ74" s="8"/>
       <c r="AM74" s="8"/>
     </row>
     <row r="75" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B75" s="4">
         <v>47</v>
       </c>
       <c r="C75" s="4">
         <v>46</v>
       </c>
       <c r="D75" s="4">
         <v>4.5</v>
       </c>
       <c r="E75" s="9">
         <v>9.8000000000000004E-2</v>
       </c>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
       <c r="I75" s="4"/>
       <c r="J75" s="4">
         <v>46</v>
       </c>
       <c r="K75" s="4">
         <v>4.5</v>
       </c>
       <c r="L75" s="4"/>
       <c r="M75" s="4"/>
       <c r="N75" s="4"/>
       <c r="O75" s="4"/>
       <c r="T75" s="5"/>
       <c r="W75" s="5"/>
       <c r="AJ75" s="8"/>
       <c r="AM75" s="8"/>
     </row>
     <row r="76" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B76" s="4">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C76" s="4">
-        <v>82.4</v>
+        <v>82.9</v>
       </c>
       <c r="D76" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E76" s="9">
-        <v>3.5999999999999997E-2</v>
+        <v>0.06</v>
       </c>
       <c r="F76" s="4"/>
       <c r="G76" s="4"/>
       <c r="H76" s="4"/>
       <c r="I76" s="4"/>
       <c r="J76" s="4">
-        <v>82.4</v>
+        <v>82.9</v>
       </c>
       <c r="K76" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L76" s="4"/>
       <c r="M76" s="4"/>
       <c r="N76" s="4"/>
       <c r="O76" s="4"/>
       <c r="T76" s="5"/>
       <c r="W76" s="5"/>
       <c r="AJ76" s="8"/>
       <c r="AM76" s="8"/>
     </row>
     <row r="77" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B77" s="4">
         <v>23</v>
       </c>
       <c r="C77" s="4">
         <v>23</v>
       </c>
-      <c r="D77" s="4"/>
-      <c r="E77" s="9"/>
+      <c r="D77" s="4">
+        <v>1</v>
+      </c>
+      <c r="E77" s="9">
+        <v>4.2999999999999997E-2</v>
+      </c>
       <c r="F77" s="4"/>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
       <c r="I77" s="4"/>
       <c r="J77" s="4">
         <v>23</v>
       </c>
-      <c r="K77" s="4"/>
+      <c r="K77" s="4">
+        <v>1</v>
+      </c>
       <c r="L77" s="4"/>
       <c r="M77" s="4"/>
       <c r="N77" s="4"/>
       <c r="O77" s="4"/>
       <c r="T77" s="5"/>
       <c r="W77" s="5"/>
       <c r="AJ77" s="8"/>
       <c r="AM77" s="8"/>
     </row>
     <row r="78" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B78" s="4">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C78" s="4">
         <v>160.04</v>
       </c>
       <c r="D78" s="4">
-        <v>19.440000000000001</v>
+        <v>18.440000000000001</v>
       </c>
       <c r="E78" s="9">
-        <v>0.121</v>
+        <v>0.115</v>
       </c>
       <c r="F78" s="4"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
       <c r="I78" s="4"/>
       <c r="J78" s="4">
         <v>160.04</v>
       </c>
       <c r="K78" s="4">
-        <v>19.440000000000001</v>
+        <v>18.440000000000001</v>
       </c>
       <c r="L78" s="4"/>
       <c r="M78" s="4"/>
       <c r="N78" s="4"/>
       <c r="O78" s="4"/>
       <c r="T78" s="5"/>
       <c r="W78" s="5"/>
       <c r="AJ78" s="8"/>
       <c r="AM78" s="8"/>
     </row>
     <row r="79" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B79" s="4">
         <v>38</v>
       </c>
       <c r="C79" s="4">
         <v>38</v>
       </c>
       <c r="D79" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E79" s="9">
-        <v>7.9000000000000001E-2</v>
+        <v>0.105</v>
       </c>
       <c r="F79" s="4"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="4"/>
       <c r="J79" s="4">
         <v>38</v>
       </c>
       <c r="K79" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
       <c r="T79" s="5"/>
       <c r="W79" s="5"/>
       <c r="AJ79" s="8"/>
       <c r="AM79" s="8"/>
     </row>
     <row r="80" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B80" s="4">
         <v>105</v>
       </c>
       <c r="C80" s="4">
         <v>93.75</v>
       </c>
       <c r="D80" s="4">
-        <v>11.6</v>
+        <v>12.6</v>
       </c>
       <c r="E80" s="9">
-        <v>0.124</v>
+        <v>0.13400000000000001</v>
       </c>
       <c r="F80" s="4"/>
       <c r="G80" s="4"/>
       <c r="H80" s="4"/>
       <c r="I80" s="4"/>
       <c r="J80" s="4">
         <v>93.75</v>
       </c>
       <c r="K80" s="4">
-        <v>11.6</v>
+        <v>12.6</v>
       </c>
       <c r="L80" s="4"/>
       <c r="M80" s="4"/>
       <c r="N80" s="4"/>
       <c r="O80" s="4"/>
       <c r="T80" s="5"/>
       <c r="W80" s="5"/>
       <c r="AJ80" s="8"/>
       <c r="AM80" s="8"/>
     </row>
     <row r="81" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B81" s="4">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C81" s="4">
         <v>43.15</v>
       </c>
       <c r="D81" s="4">
-        <v>5.8</v>
+        <v>4.32</v>
       </c>
       <c r="E81" s="9">
-        <v>0.13400000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="4"/>
       <c r="J81" s="4">
         <v>43.15</v>
       </c>
       <c r="K81" s="4">
-        <v>5.8</v>
+        <v>4.32</v>
       </c>
       <c r="L81" s="4"/>
       <c r="M81" s="4"/>
       <c r="N81" s="4"/>
       <c r="O81" s="4"/>
       <c r="T81" s="5"/>
       <c r="W81" s="5"/>
       <c r="AJ81" s="8"/>
       <c r="AM81" s="8"/>
     </row>
     <row r="82" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B82" s="4">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C82" s="4">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D82" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E82" s="9">
-        <v>9.8000000000000004E-2</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="F82" s="4"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4"/>
       <c r="I82" s="4"/>
       <c r="J82" s="4">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="K82" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L82" s="4"/>
       <c r="M82" s="4"/>
       <c r="N82" s="4"/>
       <c r="O82" s="4"/>
       <c r="T82" s="5"/>
       <c r="W82" s="5"/>
       <c r="AJ82" s="8"/>
       <c r="AM82" s="8"/>
     </row>
     <row r="83" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B83" s="4">
         <v>55</v>
       </c>
       <c r="C83" s="4">
         <v>50.5</v>
       </c>
       <c r="D83" s="4">
         <v>9.5</v>
       </c>
       <c r="E83" s="9">
         <v>0.188</v>
       </c>
       <c r="F83" s="4"/>
       <c r="G83" s="4"/>
       <c r="H83" s="4"/>
       <c r="I83" s="4"/>
       <c r="J83" s="4">
         <v>50.5</v>
       </c>
       <c r="K83" s="4">
         <v>9.5</v>
       </c>
       <c r="L83" s="4"/>
       <c r="M83" s="4"/>
       <c r="N83" s="4"/>
       <c r="O83" s="4"/>
       <c r="T83" s="5"/>
       <c r="W83" s="5"/>
       <c r="AJ83" s="8"/>
       <c r="AM83" s="8"/>
     </row>
     <row r="84" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B84" s="3">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="C84" s="3">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="D84" s="3">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E84" s="6">
-        <v>0.10100000000000001</v>
+        <v>0.121</v>
       </c>
       <c r="F84" s="3">
         <v>15</v>
       </c>
       <c r="G84" s="3">
         <v>2</v>
       </c>
       <c r="H84" s="3">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="I84" s="3">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="J84" s="3">
         <v>93</v>
       </c>
       <c r="K84" s="3">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L84" s="3"/>
       <c r="M84" s="3"/>
       <c r="N84" s="3"/>
       <c r="O84" s="3"/>
       <c r="T84" s="5"/>
       <c r="W84" s="5"/>
       <c r="AJ84" s="8"/>
       <c r="AM84" s="8"/>
     </row>
     <row r="85" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B85" s="4">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C85" s="4">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D85" s="4">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E85" s="9">
-        <v>5.8000000000000003E-2</v>
+        <v>0.08</v>
       </c>
       <c r="F85" s="4">
         <v>15</v>
       </c>
       <c r="G85" s="4">
         <v>2</v>
       </c>
       <c r="H85" s="4">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I85" s="4">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J85" s="4">
         <v>9</v>
       </c>
       <c r="K85" s="4"/>
       <c r="L85" s="4"/>
       <c r="M85" s="4"/>
       <c r="N85" s="4"/>
       <c r="O85" s="4"/>
       <c r="T85" s="5"/>
       <c r="W85" s="5"/>
       <c r="AJ85" s="8"/>
       <c r="AM85" s="8"/>
     </row>
     <row r="86" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B86" s="4">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C86" s="4">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D86" s="4">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E86" s="9">
-        <v>0.11600000000000001</v>
+        <v>0.13500000000000001</v>
       </c>
       <c r="F86" s="4"/>
       <c r="G86" s="4"/>
       <c r="H86" s="4">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I86" s="4">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="J86" s="4">
         <v>84</v>
       </c>
       <c r="K86" s="4">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L86" s="4"/>
       <c r="M86" s="4"/>
       <c r="N86" s="4"/>
       <c r="O86" s="4"/>
       <c r="T86" s="5"/>
       <c r="W86" s="5"/>
       <c r="AJ86" s="8"/>
       <c r="AM86" s="8"/>
     </row>
     <row r="87" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B87" s="3">
-        <v>2251</v>
+        <v>2260</v>
       </c>
       <c r="C87" s="3">
-        <v>2184.1999999999998</v>
+        <v>2190.38</v>
       </c>
       <c r="D87" s="3">
-        <v>97.83</v>
+        <v>138.31</v>
       </c>
       <c r="E87" s="6">
-        <v>4.4999999999999998E-2</v>
+        <v>6.3E-2</v>
       </c>
       <c r="F87" s="3">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G87" s="3"/>
+        <v>21.5</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
       <c r="H87" s="3">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I87" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J87" s="3">
-        <v>1944.7</v>
+        <v>1953.38</v>
       </c>
       <c r="K87" s="3">
-        <v>90.83</v>
+        <v>127.31</v>
       </c>
       <c r="L87" s="3">
         <v>1</v>
       </c>
       <c r="M87" s="3"/>
       <c r="N87" s="3"/>
       <c r="O87" s="3"/>
       <c r="T87" s="5"/>
       <c r="W87" s="5"/>
       <c r="AJ87" s="8"/>
       <c r="AM87" s="8"/>
     </row>
     <row r="88" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B88" s="4">
         <v>116</v>
       </c>
       <c r="C88" s="4">
         <v>116</v>
       </c>
       <c r="D88" s="4">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E88" s="9">
-        <v>1.7000000000000001E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="F88" s="4">
         <v>15</v>
       </c>
       <c r="G88" s="4"/>
       <c r="H88" s="4">
         <v>64</v>
       </c>
-      <c r="I88" s="4"/>
+      <c r="I88" s="4">
+        <v>2</v>
+      </c>
       <c r="J88" s="4">
         <v>36</v>
       </c>
       <c r="K88" s="4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L88" s="4"/>
       <c r="M88" s="4"/>
       <c r="N88" s="4"/>
       <c r="O88" s="4"/>
       <c r="T88" s="5"/>
       <c r="W88" s="5"/>
       <c r="AJ88" s="8"/>
       <c r="AM88" s="8"/>
     </row>
     <row r="89" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B89" s="4">
         <v>79</v>
       </c>
       <c r="C89" s="4">
         <v>79</v>
       </c>
       <c r="D89" s="4">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E89" s="9">
-        <v>1.2999999999999999E-2</v>
+        <v>0.20300000000000001</v>
       </c>
       <c r="F89" s="4"/>
       <c r="G89" s="4"/>
       <c r="H89" s="4"/>
       <c r="I89" s="4"/>
       <c r="J89" s="4">
         <v>77</v>
       </c>
       <c r="K89" s="4">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L89" s="4"/>
       <c r="M89" s="4"/>
       <c r="N89" s="4"/>
       <c r="O89" s="4"/>
       <c r="T89" s="5"/>
       <c r="W89" s="5"/>
       <c r="AJ89" s="8"/>
       <c r="AM89" s="8"/>
     </row>
     <row r="90" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B90" s="4">
         <v>64</v>
       </c>
       <c r="C90" s="4">
         <v>62.55</v>
       </c>
       <c r="D90" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E90" s="9">
-        <v>0.128</v>
+        <v>0.14399999999999999</v>
       </c>
       <c r="F90" s="4"/>
       <c r="G90" s="4"/>
       <c r="H90" s="4"/>
       <c r="I90" s="4"/>
       <c r="J90" s="4">
         <v>62.55</v>
       </c>
       <c r="K90" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L90" s="4"/>
       <c r="M90" s="4"/>
       <c r="N90" s="4"/>
       <c r="O90" s="4"/>
       <c r="T90" s="5"/>
       <c r="W90" s="5"/>
       <c r="AJ90" s="8"/>
       <c r="AM90" s="8"/>
     </row>
     <row r="91" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B91" s="4">
         <v>85</v>
       </c>
       <c r="C91" s="4">
         <v>83</v>
       </c>
       <c r="D91" s="4">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E91" s="9">
-        <v>0.13300000000000001</v>
+        <v>0.253</v>
       </c>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
       <c r="H91" s="4"/>
       <c r="I91" s="4"/>
       <c r="J91" s="4">
         <v>77</v>
       </c>
       <c r="K91" s="4">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="L91" s="4"/>
       <c r="M91" s="4"/>
       <c r="N91" s="4"/>
       <c r="O91" s="4"/>
       <c r="T91" s="5"/>
       <c r="W91" s="5"/>
       <c r="AJ91" s="8"/>
       <c r="AM91" s="8"/>
     </row>
     <row r="92" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B92" s="4">
         <v>391</v>
       </c>
       <c r="C92" s="4">
         <v>390</v>
       </c>
       <c r="D92" s="4">
         <v>9</v>
       </c>
       <c r="E92" s="9">
         <v>2.3E-2</v>
       </c>
       <c r="F92" s="4"/>
       <c r="G92" s="4"/>
       <c r="H92" s="4">
         <v>79</v>
       </c>
       <c r="I92" s="4">
         <v>1</v>
       </c>
       <c r="J92" s="4">
         <v>311</v>
       </c>
       <c r="K92" s="4">
         <v>8</v>
       </c>
       <c r="L92" s="4"/>
       <c r="M92" s="4"/>
       <c r="N92" s="4"/>
       <c r="O92" s="4"/>
       <c r="T92" s="5"/>
       <c r="W92" s="5"/>
       <c r="AJ92" s="8"/>
       <c r="AM92" s="8"/>
     </row>
     <row r="93" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B93" s="4">
         <v>36</v>
       </c>
       <c r="C93" s="4">
         <v>36</v>
       </c>
-      <c r="D93" s="4"/>
-      <c r="E93" s="9"/>
+      <c r="D93" s="4">
+        <v>1</v>
+      </c>
+      <c r="E93" s="9">
+        <v>2.8000000000000001E-2</v>
+      </c>
       <c r="F93" s="4">
         <v>2</v>
       </c>
       <c r="G93" s="4"/>
       <c r="H93" s="4">
         <v>10</v>
       </c>
       <c r="I93" s="4"/>
       <c r="J93" s="4">
         <v>24</v>
       </c>
-      <c r="K93" s="4"/>
+      <c r="K93" s="4">
+        <v>1</v>
+      </c>
       <c r="L93" s="4"/>
       <c r="M93" s="4"/>
       <c r="N93" s="4"/>
       <c r="O93" s="4"/>
       <c r="T93" s="5"/>
       <c r="W93" s="5"/>
       <c r="AJ93" s="8"/>
       <c r="AM93" s="8"/>
     </row>
     <row r="94" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B94" s="4">
         <v>171</v>
       </c>
       <c r="C94" s="4">
         <v>171</v>
       </c>
       <c r="D94" s="4">
         <v>13</v>
       </c>
       <c r="E94" s="9">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="F94" s="4"/>
       <c r="G94" s="4"/>
       <c r="H94" s="4"/>
       <c r="I94" s="4"/>
       <c r="J94" s="4">
         <v>171</v>
       </c>
       <c r="K94" s="4">
         <v>13</v>
       </c>
       <c r="L94" s="4"/>
       <c r="M94" s="4"/>
       <c r="N94" s="4"/>
       <c r="O94" s="4"/>
       <c r="T94" s="5"/>
       <c r="W94" s="5"/>
       <c r="AJ94" s="8"/>
       <c r="AM94" s="8"/>
     </row>
     <row r="95" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B95" s="4">
         <v>89</v>
       </c>
       <c r="C95" s="4">
         <v>83.25</v>
       </c>
       <c r="D95" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E95" s="9">
-        <v>3.5999999999999997E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="F95" s="4"/>
       <c r="G95" s="4"/>
       <c r="H95" s="4"/>
       <c r="I95" s="4"/>
       <c r="J95" s="4">
         <v>79.75</v>
       </c>
       <c r="K95" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L95" s="4"/>
       <c r="M95" s="4"/>
       <c r="N95" s="4"/>
       <c r="O95" s="4"/>
       <c r="T95" s="5"/>
       <c r="W95" s="5"/>
       <c r="AJ95" s="8"/>
       <c r="AM95" s="8"/>
     </row>
     <row r="96" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B96" s="4">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C96" s="4">
-        <v>117.7</v>
+        <v>116.7</v>
       </c>
       <c r="D96" s="4">
-        <v>3</v>
+        <v>4.8</v>
       </c>
       <c r="E96" s="9">
-        <v>2.5000000000000001E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
       <c r="F96" s="4"/>
       <c r="G96" s="4"/>
       <c r="H96" s="4"/>
       <c r="I96" s="4"/>
       <c r="J96" s="4">
-        <v>113.7</v>
+        <v>112.7</v>
       </c>
       <c r="K96" s="4">
-        <v>3</v>
+        <v>3.8</v>
       </c>
       <c r="L96" s="4"/>
       <c r="M96" s="4"/>
       <c r="N96" s="4"/>
       <c r="O96" s="4"/>
       <c r="T96" s="5"/>
       <c r="W96" s="5"/>
       <c r="AJ96" s="8"/>
       <c r="AM96" s="8"/>
     </row>
     <row r="97" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B97" s="4">
         <v>374</v>
       </c>
       <c r="C97" s="4">
         <v>372.5</v>
       </c>
       <c r="D97" s="4">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E97" s="9">
-        <v>5.6000000000000001E-2</v>
-[...2 lines deleted...]
-      <c r="G97" s="4"/>
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="F97" s="4">
+        <v>4.5</v>
+      </c>
+      <c r="G97" s="4">
+        <v>1</v>
+      </c>
       <c r="H97" s="4"/>
       <c r="I97" s="4"/>
       <c r="J97" s="4">
-        <v>364.5</v>
+        <v>368</v>
       </c>
       <c r="K97" s="4">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="L97" s="4"/>
       <c r="M97" s="4"/>
       <c r="N97" s="4"/>
       <c r="O97" s="4"/>
       <c r="T97" s="5"/>
       <c r="W97" s="5"/>
       <c r="AJ97" s="8"/>
       <c r="AM97" s="8"/>
     </row>
     <row r="98" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B98" s="4">
         <v>34</v>
       </c>
       <c r="C98" s="4">
         <v>33</v>
       </c>
       <c r="D98" s="4">
         <v>2</v>
       </c>
       <c r="E98" s="9">
         <v>6.0999999999999999E-2</v>
       </c>
       <c r="F98" s="4"/>
       <c r="G98" s="4"/>
       <c r="H98" s="4"/>
       <c r="I98" s="4"/>
       <c r="J98" s="4">
         <v>33</v>
       </c>
       <c r="K98" s="4">
         <v>2</v>
       </c>
       <c r="L98" s="4"/>
       <c r="M98" s="4"/>
       <c r="N98" s="4"/>
       <c r="O98" s="4"/>
       <c r="T98" s="5"/>
       <c r="W98" s="5"/>
       <c r="AJ98" s="8"/>
       <c r="AM98" s="8"/>
     </row>
     <row r="99" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B99" s="4">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C99" s="4">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D99" s="4"/>
       <c r="E99" s="9"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
       <c r="M99" s="4"/>
       <c r="N99" s="4"/>
       <c r="O99" s="4"/>
       <c r="T99" s="5"/>
       <c r="W99" s="5"/>
       <c r="AJ99" s="8"/>
       <c r="AM99" s="8"/>
     </row>
     <row r="100" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B100" s="4">
         <v>9</v>
       </c>
       <c r="C100" s="4">
         <v>9</v>
       </c>
       <c r="D100" s="4"/>
       <c r="E100" s="9"/>
       <c r="F100" s="4"/>
       <c r="G100" s="4"/>
       <c r="H100" s="4">
         <v>2</v>
       </c>
       <c r="I100" s="4"/>
       <c r="J100" s="4">
         <v>7</v>
       </c>
       <c r="K100" s="4"/>
       <c r="L100" s="4"/>
       <c r="M100" s="4"/>
       <c r="N100" s="4"/>
       <c r="O100" s="4"/>
       <c r="T100" s="5"/>
       <c r="W100" s="5"/>
       <c r="AJ100" s="8"/>
       <c r="AM100" s="8"/>
     </row>
     <row r="101" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B101" s="4">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C101" s="4">
-        <v>97.5</v>
+        <v>98.5</v>
       </c>
       <c r="D101" s="4">
-        <v>6.5</v>
+        <v>5.5</v>
       </c>
       <c r="E101" s="9">
-        <v>6.7000000000000004E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I101" s="4">
         <v>5</v>
       </c>
       <c r="J101" s="4">
         <v>61.5</v>
       </c>
       <c r="K101" s="4">
-        <v>1.5</v>
+        <v>0.5</v>
       </c>
       <c r="L101" s="4"/>
       <c r="M101" s="4"/>
       <c r="N101" s="4"/>
       <c r="O101" s="4"/>
       <c r="T101" s="5"/>
       <c r="W101" s="5"/>
       <c r="AJ101" s="8"/>
       <c r="AM101" s="8"/>
     </row>
     <row r="102" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B102" s="4">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C102" s="4">
-        <v>110.97</v>
+        <v>107.97</v>
       </c>
       <c r="D102" s="4">
-        <v>4.75</v>
+        <v>5.75</v>
       </c>
       <c r="E102" s="9">
-        <v>4.2999999999999997E-2</v>
+        <v>5.2999999999999999E-2</v>
       </c>
       <c r="F102" s="4"/>
       <c r="G102" s="4"/>
       <c r="H102" s="4"/>
       <c r="I102" s="4"/>
       <c r="J102" s="4">
-        <v>106.97</v>
+        <v>103.97</v>
       </c>
       <c r="K102" s="4">
-        <v>4.75</v>
+        <v>5.75</v>
       </c>
       <c r="L102" s="4">
         <v>1</v>
       </c>
       <c r="M102" s="4"/>
       <c r="N102" s="4"/>
       <c r="O102" s="4"/>
       <c r="T102" s="5"/>
       <c r="W102" s="5"/>
       <c r="AJ102" s="8"/>
       <c r="AM102" s="8"/>
     </row>
     <row r="103" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B103" s="4">
         <v>12</v>
       </c>
       <c r="C103" s="4">
         <v>12</v>
       </c>
       <c r="D103" s="4"/>
       <c r="E103" s="9"/>
       <c r="F103" s="4"/>
       <c r="G103" s="4"/>
       <c r="H103" s="4"/>
       <c r="I103" s="4"/>
       <c r="J103" s="4">
         <v>10</v>
       </c>
       <c r="K103" s="4"/>
       <c r="L103" s="4"/>
       <c r="M103" s="4"/>
       <c r="N103" s="4"/>
       <c r="O103" s="4"/>
       <c r="T103" s="5"/>
       <c r="W103" s="5"/>
       <c r="AJ103" s="8"/>
       <c r="AM103" s="8"/>
     </row>
     <row r="104" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B104" s="4">
         <v>19</v>
       </c>
       <c r="C104" s="4">
         <v>18.5</v>
       </c>
       <c r="D104" s="4">
         <v>1</v>
       </c>
       <c r="E104" s="9">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="F104" s="4"/>
       <c r="G104" s="4"/>
       <c r="H104" s="4"/>
       <c r="I104" s="4"/>
       <c r="J104" s="4">
         <v>18.5</v>
       </c>
       <c r="K104" s="4">
         <v>1</v>
       </c>
       <c r="L104" s="4"/>
       <c r="M104" s="4"/>
       <c r="N104" s="4"/>
       <c r="O104" s="4"/>
       <c r="T104" s="5"/>
       <c r="W104" s="5"/>
       <c r="AJ104" s="8"/>
       <c r="AM104" s="8"/>
     </row>
     <row r="105" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B105" s="4">
         <v>27</v>
       </c>
       <c r="C105" s="4">
         <v>25</v>
       </c>
       <c r="D105" s="4"/>
       <c r="E105" s="9"/>
       <c r="F105" s="4"/>
       <c r="G105" s="4"/>
       <c r="H105" s="4"/>
       <c r="I105" s="4"/>
       <c r="J105" s="4">
         <v>25</v>
       </c>
       <c r="K105" s="4"/>
       <c r="L105" s="4"/>
       <c r="M105" s="4"/>
       <c r="N105" s="4"/>
       <c r="O105" s="4"/>
       <c r="T105" s="5"/>
       <c r="W105" s="5"/>
       <c r="AJ105" s="8"/>
       <c r="AM105" s="8"/>
     </row>
     <row r="106" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B106" s="4">
         <v>17</v>
       </c>
       <c r="C106" s="4">
         <v>15.25</v>
       </c>
-      <c r="D106" s="4"/>
-      <c r="E106" s="9"/>
+      <c r="D106" s="4">
+        <v>1</v>
+      </c>
+      <c r="E106" s="9">
+        <v>6.6000000000000003E-2</v>
+      </c>
       <c r="F106" s="4"/>
       <c r="G106" s="4"/>
       <c r="H106" s="4"/>
       <c r="I106" s="4"/>
       <c r="J106" s="4">
         <v>15.25</v>
       </c>
-      <c r="K106" s="4"/>
+      <c r="K106" s="4">
+        <v>1</v>
+      </c>
       <c r="L106" s="4"/>
       <c r="M106" s="4"/>
       <c r="N106" s="4"/>
       <c r="O106" s="4"/>
       <c r="T106" s="5"/>
       <c r="W106" s="5"/>
       <c r="AJ106" s="8"/>
       <c r="AM106" s="8"/>
     </row>
     <row r="107" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B107" s="4">
         <v>46</v>
       </c>
       <c r="C107" s="4">
-        <v>45.2</v>
-[...6 lines deleted...]
-      </c>
+        <v>43.5</v>
+      </c>
+      <c r="D107" s="4"/>
+      <c r="E107" s="9"/>
       <c r="F107" s="4"/>
       <c r="G107" s="4"/>
       <c r="H107" s="4"/>
       <c r="I107" s="4"/>
       <c r="J107" s="4">
-        <v>45.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>43.5</v>
+      </c>
+      <c r="K107" s="4"/>
       <c r="L107" s="4"/>
       <c r="M107" s="4"/>
       <c r="N107" s="4"/>
       <c r="O107" s="4"/>
       <c r="T107" s="5"/>
       <c r="W107" s="5"/>
       <c r="AJ107" s="8"/>
       <c r="AM107" s="8"/>
     </row>
     <row r="108" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B108" s="4">
         <v>65</v>
       </c>
       <c r="C108" s="4">
         <v>57</v>
       </c>
       <c r="D108" s="4">
-        <v>2.5499999999999998</v>
+        <v>2.85</v>
       </c>
       <c r="E108" s="9">
-        <v>4.4999999999999998E-2</v>
+        <v>0.05</v>
       </c>
       <c r="F108" s="4"/>
       <c r="G108" s="4"/>
       <c r="H108" s="4"/>
       <c r="I108" s="4"/>
       <c r="J108" s="4">
         <v>57</v>
       </c>
       <c r="K108" s="4">
-        <v>2.5499999999999998</v>
+        <v>2.85</v>
       </c>
       <c r="L108" s="4"/>
       <c r="M108" s="4"/>
       <c r="N108" s="4"/>
       <c r="O108" s="4"/>
       <c r="T108" s="5"/>
       <c r="W108" s="5"/>
       <c r="AJ108" s="8"/>
       <c r="AM108" s="8"/>
     </row>
     <row r="109" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B109" s="4">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C109" s="4">
-        <v>106.08</v>
+        <v>109.46</v>
       </c>
       <c r="D109" s="4">
-        <v>4.53</v>
+        <v>3.41</v>
       </c>
       <c r="E109" s="9">
-        <v>4.2999999999999997E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="F109" s="4"/>
       <c r="G109" s="4"/>
       <c r="H109" s="4"/>
       <c r="I109" s="4"/>
       <c r="J109" s="4">
-        <v>106.08</v>
+        <v>109.46</v>
       </c>
       <c r="K109" s="4">
-        <v>4.53</v>
+        <v>3.41</v>
       </c>
       <c r="L109" s="4"/>
       <c r="M109" s="4"/>
       <c r="N109" s="4"/>
       <c r="O109" s="4"/>
       <c r="T109" s="5"/>
       <c r="W109" s="5"/>
       <c r="AJ109" s="8"/>
       <c r="AM109" s="8"/>
     </row>
     <row r="110" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B110" s="4">
         <v>35</v>
       </c>
       <c r="C110" s="4">
         <v>35</v>
       </c>
-      <c r="D110" s="4"/>
-      <c r="E110" s="9"/>
+      <c r="D110" s="4">
+        <v>1</v>
+      </c>
+      <c r="E110" s="9">
+        <v>2.9000000000000001E-2</v>
+      </c>
       <c r="F110" s="4"/>
       <c r="G110" s="4"/>
       <c r="H110" s="4"/>
       <c r="I110" s="4"/>
       <c r="J110" s="4">
         <v>35</v>
       </c>
-      <c r="K110" s="4"/>
+      <c r="K110" s="4">
+        <v>1</v>
+      </c>
       <c r="L110" s="4"/>
       <c r="M110" s="4"/>
       <c r="N110" s="4"/>
       <c r="O110" s="4"/>
       <c r="T110" s="5"/>
       <c r="W110" s="5"/>
       <c r="AJ110" s="8"/>
       <c r="AM110" s="8"/>
     </row>
     <row r="111" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B111" s="4">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C111" s="4">
-        <v>35.700000000000003</v>
+        <v>34.200000000000003</v>
       </c>
       <c r="D111" s="4">
-        <v>3.5</v>
+        <v>4</v>
       </c>
       <c r="E111" s="9">
-        <v>9.8000000000000004E-2</v>
+        <v>0.11700000000000001</v>
       </c>
       <c r="F111" s="4"/>
       <c r="G111" s="4"/>
       <c r="H111" s="4"/>
       <c r="I111" s="4"/>
       <c r="J111" s="4">
-        <v>34.700000000000003</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="K111" s="4">
-        <v>3.5</v>
+        <v>4</v>
       </c>
       <c r="L111" s="4"/>
       <c r="M111" s="4"/>
       <c r="N111" s="4"/>
       <c r="O111" s="4"/>
       <c r="T111" s="5"/>
       <c r="W111" s="5"/>
       <c r="AJ111" s="8"/>
       <c r="AM111" s="8"/>
     </row>
     <row r="112" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B112" s="4">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C112" s="4">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D112" s="4"/>
       <c r="E112" s="9"/>
       <c r="F112" s="4"/>
       <c r="G112" s="4"/>
       <c r="H112" s="4"/>
       <c r="I112" s="4"/>
       <c r="J112" s="4">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K112" s="4"/>
       <c r="L112" s="4"/>
       <c r="M112" s="4"/>
       <c r="N112" s="4"/>
       <c r="O112" s="4"/>
       <c r="T112" s="5"/>
       <c r="W112" s="5"/>
       <c r="AJ112" s="8"/>
       <c r="AM112" s="8"/>
     </row>
     <row r="113" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B113" s="3">
-        <v>5527</v>
+        <v>5515</v>
       </c>
       <c r="C113" s="3">
-        <v>5316.24</v>
+        <v>5301.71</v>
       </c>
       <c r="D113" s="3">
-        <v>265.11</v>
+        <v>251.86</v>
       </c>
       <c r="E113" s="6">
-        <v>0.05</v>
+        <v>4.8000000000000001E-2</v>
       </c>
       <c r="F113" s="3">
-        <v>251.5</v>
+        <v>256.5</v>
       </c>
       <c r="G113" s="3">
-        <v>44.6</v>
+        <v>46.1</v>
       </c>
       <c r="H113" s="3">
-        <v>1359</v>
+        <v>1343.5</v>
       </c>
       <c r="I113" s="3">
-        <v>77.010000000000005</v>
+        <v>70.510000000000005</v>
       </c>
       <c r="J113" s="3">
-        <v>3699.24</v>
+        <v>3695.21</v>
       </c>
       <c r="K113" s="3">
-        <v>143.5</v>
+        <v>135.25</v>
       </c>
       <c r="L113" s="3"/>
       <c r="M113" s="3"/>
       <c r="N113" s="3"/>
       <c r="O113" s="3"/>
       <c r="T113" s="5"/>
       <c r="W113" s="5"/>
       <c r="AJ113" s="8"/>
       <c r="AM113" s="8"/>
     </row>
     <row r="114" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B114" s="4">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C114" s="4">
-        <v>270.89999999999998</v>
+        <v>274.89999999999998</v>
       </c>
       <c r="D114" s="4">
-        <v>27.6</v>
+        <v>32.6</v>
       </c>
       <c r="E114" s="9">
-        <v>0.10199999999999999</v>
+        <v>0.11899999999999999</v>
       </c>
       <c r="F114" s="4">
-        <v>103.4</v>
+        <v>107.4</v>
       </c>
       <c r="G114" s="4">
-        <v>21.6</v>
+        <v>25.6</v>
       </c>
       <c r="H114" s="4">
         <v>127</v>
       </c>
       <c r="I114" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J114" s="4">
         <v>34</v>
       </c>
       <c r="K114" s="4">
         <v>3</v>
       </c>
       <c r="L114" s="4"/>
       <c r="M114" s="4"/>
       <c r="N114" s="4"/>
       <c r="O114" s="4"/>
       <c r="T114" s="5"/>
       <c r="W114" s="5"/>
       <c r="AJ114" s="8"/>
       <c r="AM114" s="8"/>
     </row>
     <row r="115" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B115" s="4">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="C115" s="4">
-        <v>598.5</v>
+        <v>582.5</v>
       </c>
       <c r="D115" s="4">
-        <v>71.5</v>
+        <v>62</v>
       </c>
       <c r="E115" s="9">
-        <v>0.11899999999999999</v>
+        <v>0.106</v>
       </c>
       <c r="F115" s="4">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G115" s="4">
-        <v>18.5</v>
+        <v>16</v>
       </c>
       <c r="H115" s="4">
-        <v>333</v>
+        <v>318.5</v>
       </c>
       <c r="I115" s="4">
-        <v>37.5</v>
+        <v>31</v>
       </c>
       <c r="J115" s="4">
-        <v>173.5</v>
+        <v>171</v>
       </c>
       <c r="K115" s="4">
-        <v>15.5</v>
+        <v>15</v>
       </c>
       <c r="L115" s="4"/>
       <c r="M115" s="4"/>
       <c r="N115" s="4"/>
       <c r="O115" s="4"/>
       <c r="T115" s="5"/>
       <c r="W115" s="5"/>
       <c r="AJ115" s="8"/>
       <c r="AM115" s="8"/>
     </row>
     <row r="116" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B116" s="4">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C116" s="4">
-        <v>279.72000000000003</v>
+        <v>280.94</v>
       </c>
       <c r="D116" s="4">
-        <v>4</v>
+        <v>7.5</v>
       </c>
       <c r="E116" s="9">
-        <v>1.4E-2</v>
+        <v>2.7E-2</v>
       </c>
       <c r="F116" s="4">
         <v>5.5</v>
       </c>
-      <c r="G116" s="4"/>
+      <c r="G116" s="4">
+        <v>1</v>
+      </c>
       <c r="H116" s="4">
         <v>8</v>
       </c>
-      <c r="I116" s="4"/>
+      <c r="I116" s="4">
+        <v>1</v>
+      </c>
       <c r="J116" s="4">
-        <v>266.22000000000003</v>
+        <v>267.44</v>
       </c>
       <c r="K116" s="4">
-        <v>4</v>
+        <v>5.5</v>
       </c>
       <c r="L116" s="4"/>
       <c r="M116" s="4"/>
       <c r="N116" s="4"/>
       <c r="O116" s="4"/>
       <c r="T116" s="5"/>
       <c r="W116" s="5"/>
       <c r="AJ116" s="8"/>
       <c r="AM116" s="8"/>
     </row>
     <row r="117" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B117" s="4">
         <v>139</v>
       </c>
       <c r="C117" s="4">
         <v>128.75</v>
       </c>
       <c r="D117" s="4">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E117" s="9">
-        <v>8.5000000000000006E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="F117" s="4">
         <v>40.700000000000003</v>
       </c>
       <c r="G117" s="4">
-        <v>4.2</v>
+        <v>3.2</v>
       </c>
       <c r="H117" s="4">
         <v>54</v>
       </c>
       <c r="I117" s="4">
         <v>5</v>
       </c>
       <c r="J117" s="4">
         <v>34.049999999999997</v>
       </c>
       <c r="K117" s="4">
-        <v>1.8</v>
+        <v>0.8</v>
       </c>
       <c r="L117" s="4"/>
       <c r="M117" s="4"/>
       <c r="N117" s="4"/>
       <c r="O117" s="4"/>
       <c r="T117" s="5"/>
       <c r="W117" s="5"/>
       <c r="AJ117" s="8"/>
       <c r="AM117" s="8"/>
     </row>
     <row r="118" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B118" s="4">
         <v>183</v>
       </c>
       <c r="C118" s="4">
         <v>179.6</v>
       </c>
       <c r="D118" s="4">
-        <v>16.3</v>
+        <v>14.3</v>
       </c>
       <c r="E118" s="9">
-        <v>9.0999999999999998E-2</v>
+        <v>0.08</v>
       </c>
       <c r="F118" s="4">
         <v>7.6</v>
       </c>
       <c r="G118" s="4">
         <v>0.3</v>
       </c>
       <c r="H118" s="4">
         <v>147</v>
       </c>
       <c r="I118" s="4">
         <v>13</v>
       </c>
       <c r="J118" s="4">
         <v>25</v>
       </c>
       <c r="K118" s="4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L118" s="4"/>
       <c r="M118" s="4"/>
       <c r="N118" s="4"/>
       <c r="O118" s="4"/>
       <c r="T118" s="5"/>
       <c r="W118" s="5"/>
       <c r="AJ118" s="8"/>
       <c r="AM118" s="8"/>
     </row>
     <row r="119" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B119" s="4">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="C119" s="4">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="D119" s="4">
-        <v>33.31</v>
+        <v>31.31</v>
       </c>
       <c r="E119" s="9">
-        <v>3.5999999999999997E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="F119" s="4"/>
       <c r="G119" s="4"/>
       <c r="H119" s="4">
-        <v>644.75</v>
+        <v>643.75</v>
       </c>
       <c r="I119" s="4">
-        <v>18.010000000000002</v>
+        <v>16.010000000000002</v>
       </c>
       <c r="J119" s="4">
         <v>275.25</v>
       </c>
       <c r="K119" s="4">
         <v>15.3</v>
       </c>
       <c r="L119" s="4"/>
       <c r="M119" s="4"/>
       <c r="N119" s="4"/>
       <c r="O119" s="4"/>
       <c r="T119" s="5"/>
       <c r="W119" s="5"/>
       <c r="AJ119" s="8"/>
       <c r="AM119" s="8"/>
     </row>
     <row r="120" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B120" s="4">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C120" s="4">
-        <v>138.94999999999999</v>
+        <v>138.44999999999999</v>
       </c>
       <c r="D120" s="4">
-        <v>9.0500000000000007</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="E120" s="9">
-        <v>6.5000000000000002E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="F120" s="4">
         <v>2.2999999999999998</v>
       </c>
       <c r="G120" s="4"/>
       <c r="H120" s="4">
         <v>45.25</v>
       </c>
       <c r="I120" s="4">
         <v>0.5</v>
       </c>
       <c r="J120" s="4">
-        <v>91.4</v>
+        <v>90.9</v>
       </c>
       <c r="K120" s="4">
-        <v>8.5500000000000007</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="L120" s="4"/>
       <c r="M120" s="4"/>
       <c r="N120" s="4"/>
       <c r="O120" s="4"/>
       <c r="T120" s="5"/>
       <c r="W120" s="5"/>
       <c r="AJ120" s="8"/>
       <c r="AM120" s="8"/>
     </row>
     <row r="121" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B121" s="4">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="C121" s="4">
-        <v>590.6</v>
+        <v>589.6</v>
       </c>
       <c r="D121" s="4">
-        <v>8.5500000000000007</v>
+        <v>6.55</v>
       </c>
       <c r="E121" s="9">
-        <v>1.4E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="F121" s="4"/>
       <c r="G121" s="4"/>
       <c r="H121" s="4"/>
       <c r="I121" s="4"/>
       <c r="J121" s="4">
-        <v>590.6</v>
+        <v>589.6</v>
       </c>
       <c r="K121" s="4">
-        <v>8.5500000000000007</v>
+        <v>6.55</v>
       </c>
       <c r="L121" s="4"/>
       <c r="M121" s="4"/>
       <c r="N121" s="4"/>
       <c r="O121" s="4"/>
       <c r="T121" s="5"/>
       <c r="W121" s="5"/>
       <c r="AJ121" s="8"/>
       <c r="AM121" s="8"/>
     </row>
     <row r="122" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B122" s="4">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="C122" s="4">
-        <v>625.72</v>
+        <v>624.72</v>
       </c>
       <c r="D122" s="4">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E122" s="9">
-        <v>1.0999999999999999E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="F122" s="4"/>
       <c r="G122" s="4"/>
       <c r="H122" s="4"/>
       <c r="I122" s="4"/>
       <c r="J122" s="4">
-        <v>625.72</v>
+        <v>624.72</v>
       </c>
       <c r="K122" s="4">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L122" s="4"/>
       <c r="M122" s="4"/>
       <c r="N122" s="4"/>
       <c r="O122" s="4"/>
       <c r="T122" s="5"/>
       <c r="W122" s="5"/>
       <c r="AJ122" s="8"/>
       <c r="AM122" s="8"/>
     </row>
     <row r="123" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B123" s="4">
         <v>898</v>
       </c>
       <c r="C123" s="4">
-        <v>850.25</v>
+        <v>850</v>
       </c>
       <c r="D123" s="4">
-        <v>33.9</v>
+        <v>31.4</v>
       </c>
       <c r="E123" s="9">
-        <v>0.04</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
       <c r="I123" s="4"/>
       <c r="J123" s="4">
-        <v>850.25</v>
+        <v>850</v>
       </c>
       <c r="K123" s="4">
-        <v>33.9</v>
+        <v>31.4</v>
       </c>
       <c r="L123" s="4"/>
       <c r="M123" s="4"/>
       <c r="N123" s="4"/>
       <c r="O123" s="4"/>
       <c r="T123" s="5"/>
       <c r="W123" s="5"/>
       <c r="AJ123" s="8"/>
       <c r="AM123" s="8"/>
     </row>
     <row r="124" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B124" s="4">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C124" s="4">
         <v>733.25</v>
       </c>
       <c r="D124" s="4">
-        <v>42.9</v>
+        <v>40.4</v>
       </c>
       <c r="E124" s="9">
-        <v>5.8999999999999997E-2</v>
+        <v>5.5E-2</v>
       </c>
       <c r="F124" s="4"/>
       <c r="G124" s="4"/>
       <c r="H124" s="4"/>
       <c r="I124" s="4"/>
       <c r="J124" s="4">
         <v>733.25</v>
       </c>
       <c r="K124" s="4">
-        <v>42.9</v>
+        <v>40.4</v>
       </c>
       <c r="L124" s="4"/>
       <c r="M124" s="4"/>
       <c r="N124" s="4"/>
       <c r="O124" s="4"/>
       <c r="T124" s="5"/>
       <c r="W124" s="5"/>
       <c r="AJ124" s="8"/>
       <c r="AM124" s="8"/>
     </row>
     <row r="125" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B125" s="3">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C125" s="3">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D125" s="3">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E125" s="6">
-        <v>5.0999999999999997E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="F125" s="3">
         <v>42</v>
       </c>
       <c r="G125" s="3">
         <v>3</v>
       </c>
       <c r="H125" s="3">
         <v>89</v>
       </c>
       <c r="I125" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J125" s="3">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K125" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
       <c r="N125" s="3"/>
       <c r="O125" s="3"/>
       <c r="T125" s="5"/>
       <c r="W125" s="5"/>
       <c r="AJ125" s="8"/>
       <c r="AM125" s="8"/>
     </row>
     <row r="126" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B126" s="4">
         <v>34</v>
       </c>
       <c r="C126" s="4">
         <v>34</v>
       </c>
       <c r="D126" s="4">
         <v>2</v>
       </c>
       <c r="E126" s="9">
         <v>5.8999999999999997E-2</v>
       </c>
       <c r="F126" s="4">
         <v>21</v>
       </c>
       <c r="G126" s="4">
         <v>2</v>
       </c>
       <c r="H126" s="4">
         <v>2</v>
       </c>
       <c r="I126" s="4"/>
       <c r="J126" s="4">
         <v>11</v>
       </c>
       <c r="K126" s="4"/>
       <c r="L126" s="4"/>
       <c r="M126" s="4"/>
       <c r="N126" s="4"/>
       <c r="O126" s="4"/>
       <c r="T126" s="5"/>
       <c r="W126" s="5"/>
       <c r="AJ126" s="8"/>
       <c r="AM126" s="8"/>
     </row>
     <row r="127" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B127" s="4">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C127" s="4">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D127" s="4">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E127" s="9">
-        <v>4.9000000000000002E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="F127" s="4">
         <v>21</v>
       </c>
       <c r="G127" s="4">
         <v>1</v>
       </c>
       <c r="H127" s="4">
         <v>87</v>
       </c>
       <c r="I127" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J127" s="4">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K127" s="4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L127" s="4"/>
       <c r="M127" s="4"/>
       <c r="N127" s="4"/>
       <c r="O127" s="4"/>
       <c r="T127" s="5"/>
       <c r="W127" s="5"/>
       <c r="AJ127" s="8"/>
       <c r="AM127" s="8"/>
     </row>
     <row r="128" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B128" s="3">
-        <v>2160</v>
+        <v>2142</v>
       </c>
       <c r="C128" s="3">
-        <v>2146.1</v>
+        <v>2128.1</v>
       </c>
       <c r="D128" s="3">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="E128" s="6">
-        <v>5.6000000000000001E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3">
-        <v>1393.1</v>
+        <v>1389.1</v>
       </c>
       <c r="K128" s="3">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="L128" s="3"/>
       <c r="M128" s="3"/>
-      <c r="N128" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="N128" s="3"/>
+      <c r="O128" s="3"/>
       <c r="T128" s="5"/>
       <c r="W128" s="5"/>
       <c r="AJ128" s="8"/>
       <c r="AM128" s="8"/>
     </row>
     <row r="129" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B129" s="4">
         <v>152</v>
       </c>
       <c r="C129" s="4">
         <v>151.5</v>
       </c>
       <c r="D129" s="4">
         <v>4</v>
       </c>
       <c r="E129" s="9">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="F129" s="4"/>
       <c r="G129" s="4"/>
       <c r="H129" s="4"/>
       <c r="I129" s="4"/>
       <c r="J129" s="4">
         <v>115.5</v>
       </c>
       <c r="K129" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L129" s="4"/>
       <c r="M129" s="4"/>
-      <c r="N129" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N129" s="4"/>
+      <c r="O129" s="4"/>
       <c r="T129" s="5"/>
       <c r="W129" s="5"/>
       <c r="AJ129" s="8"/>
       <c r="AM129" s="8"/>
     </row>
     <row r="130" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B130" s="4">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C130" s="4">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D130" s="4"/>
       <c r="E130" s="9"/>
       <c r="F130" s="4"/>
       <c r="G130" s="4"/>
       <c r="H130" s="4"/>
       <c r="I130" s="4"/>
       <c r="J130" s="4">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="K130" s="4"/>
       <c r="L130" s="4"/>
       <c r="M130" s="4"/>
-      <c r="N130" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N130" s="4"/>
+      <c r="O130" s="4"/>
       <c r="T130" s="5"/>
       <c r="W130" s="5"/>
       <c r="AJ130" s="8"/>
       <c r="AM130" s="8"/>
     </row>
     <row r="131" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B131" s="4">
         <v>61</v>
       </c>
       <c r="C131" s="4">
         <v>61</v>
       </c>
       <c r="D131" s="4">
         <v>4</v>
       </c>
       <c r="E131" s="9">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="F131" s="4"/>
       <c r="G131" s="4"/>
       <c r="H131" s="4"/>
       <c r="I131" s="4"/>
       <c r="J131" s="4">
         <v>50</v>
       </c>
       <c r="K131" s="4">
         <v>3</v>
       </c>
       <c r="L131" s="4"/>
       <c r="M131" s="4"/>
-      <c r="N131" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N131" s="4"/>
+      <c r="O131" s="4"/>
       <c r="T131" s="5"/>
       <c r="W131" s="5"/>
       <c r="AJ131" s="8"/>
       <c r="AM131" s="8"/>
     </row>
     <row r="132" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B132" s="4">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C132" s="4">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="E132" s="9"/>
+        <v>27</v>
+      </c>
+      <c r="D132" s="4">
+        <v>1</v>
+      </c>
+      <c r="E132" s="9">
+        <v>3.6999999999999998E-2</v>
+      </c>
       <c r="F132" s="4"/>
       <c r="G132" s="4"/>
       <c r="H132" s="4"/>
       <c r="I132" s="4"/>
       <c r="J132" s="4">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K132" s="4"/>
+        <v>22</v>
+      </c>
+      <c r="K132" s="4">
+        <v>1</v>
+      </c>
       <c r="L132" s="4"/>
       <c r="M132" s="4"/>
-      <c r="N132" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N132" s="4"/>
+      <c r="O132" s="4"/>
       <c r="T132" s="5"/>
       <c r="W132" s="5"/>
       <c r="AJ132" s="8"/>
       <c r="AM132" s="8"/>
     </row>
     <row r="133" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B133" s="4">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="C133" s="4">
-        <v>894</v>
+        <v>882</v>
       </c>
       <c r="D133" s="4">
-        <v>76.5</v>
+        <v>60.5</v>
       </c>
       <c r="E133" s="9">
-        <v>8.5999999999999993E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="F133" s="4"/>
       <c r="G133" s="4"/>
       <c r="H133" s="4"/>
       <c r="I133" s="4"/>
       <c r="J133" s="4">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="K133" s="4">
-        <v>13.5</v>
+        <v>11.5</v>
       </c>
       <c r="L133" s="4"/>
       <c r="M133" s="4"/>
-      <c r="N133" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N133" s="4"/>
+      <c r="O133" s="4"/>
       <c r="T133" s="5"/>
       <c r="W133" s="5"/>
       <c r="AJ133" s="8"/>
       <c r="AM133" s="8"/>
     </row>
     <row r="134" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B134" s="4">
         <v>11</v>
       </c>
       <c r="C134" s="4">
         <v>10.5</v>
       </c>
       <c r="D134" s="4">
         <v>1</v>
       </c>
       <c r="E134" s="9">
         <v>9.5000000000000001E-2</v>
       </c>
       <c r="F134" s="4"/>
       <c r="G134" s="4"/>
       <c r="H134" s="4"/>
       <c r="I134" s="4"/>
       <c r="J134" s="4">
         <v>7.5</v>
       </c>
       <c r="K134" s="4"/>
       <c r="L134" s="4"/>
       <c r="M134" s="4"/>
-      <c r="N134" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N134" s="4"/>
+      <c r="O134" s="4"/>
       <c r="T134" s="5"/>
       <c r="W134" s="5"/>
       <c r="AJ134" s="8"/>
       <c r="AM134" s="8"/>
     </row>
     <row r="135" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B135" s="4">
         <v>120</v>
       </c>
       <c r="C135" s="4">
         <v>120</v>
       </c>
       <c r="D135" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E135" s="9">
-        <v>2.5000000000000001E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="F135" s="4"/>
       <c r="G135" s="4"/>
       <c r="H135" s="4"/>
       <c r="I135" s="4"/>
       <c r="J135" s="4">
         <v>15</v>
       </c>
       <c r="K135" s="4">
         <v>1</v>
       </c>
       <c r="L135" s="4"/>
       <c r="M135" s="4"/>
-      <c r="N135" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N135" s="4"/>
+      <c r="O135" s="4"/>
       <c r="T135" s="5"/>
       <c r="W135" s="5"/>
       <c r="AJ135" s="8"/>
       <c r="AM135" s="8"/>
     </row>
     <row r="136" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B136" s="4">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="C136" s="4">
-        <v>587.5</v>
+        <v>585.5</v>
       </c>
       <c r="D136" s="4">
-        <v>14.5</v>
+        <v>12.5</v>
       </c>
       <c r="E136" s="9">
-        <v>2.5000000000000001E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
       <c r="I136" s="4"/>
       <c r="J136" s="4">
-        <v>487.5</v>
+        <v>486.5</v>
       </c>
       <c r="K136" s="4">
-        <v>14.5</v>
+        <v>12.5</v>
       </c>
       <c r="L136" s="4"/>
       <c r="M136" s="4"/>
-      <c r="N136" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N136" s="4"/>
+      <c r="O136" s="4"/>
       <c r="T136" s="5"/>
       <c r="W136" s="5"/>
       <c r="AJ136" s="8"/>
       <c r="AM136" s="8"/>
     </row>
     <row r="137" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B137" s="4">
         <v>55</v>
       </c>
       <c r="C137" s="4">
         <v>55</v>
       </c>
       <c r="D137" s="4">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E137" s="9">
-        <v>1.7999999999999999E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="F137" s="4"/>
       <c r="G137" s="4"/>
       <c r="H137" s="4"/>
       <c r="I137" s="4"/>
       <c r="J137" s="4">
         <v>48</v>
       </c>
       <c r="K137" s="4">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L137" s="4"/>
       <c r="M137" s="4"/>
-      <c r="N137" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N137" s="4"/>
+      <c r="O137" s="4"/>
       <c r="T137" s="5"/>
       <c r="W137" s="5"/>
       <c r="AJ137" s="8"/>
       <c r="AM137" s="8"/>
     </row>
     <row r="138" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B138" s="4">
         <v>55</v>
       </c>
       <c r="C138" s="4">
         <v>54.6</v>
       </c>
-      <c r="D138" s="4"/>
-      <c r="E138" s="9"/>
+      <c r="D138" s="4">
+        <v>1</v>
+      </c>
+      <c r="E138" s="9">
+        <v>1.7999999999999999E-2</v>
+      </c>
       <c r="F138" s="4"/>
       <c r="G138" s="4"/>
       <c r="H138" s="4"/>
       <c r="I138" s="4"/>
       <c r="J138" s="4">
         <v>52.6</v>
       </c>
-      <c r="K138" s="4"/>
+      <c r="K138" s="4">
+        <v>1</v>
+      </c>
       <c r="L138" s="4"/>
       <c r="M138" s="4"/>
-      <c r="N138" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N138" s="4"/>
+      <c r="O138" s="4"/>
       <c r="T138" s="5"/>
       <c r="W138" s="5"/>
       <c r="AJ138" s="8"/>
       <c r="AM138" s="8"/>
     </row>
     <row r="139" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B139" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C139" s="4">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D139" s="4">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E139" s="9">
-        <v>0.10199999999999999</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="F139" s="4"/>
       <c r="G139" s="4"/>
       <c r="H139" s="4"/>
       <c r="I139" s="4"/>
       <c r="J139" s="4">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="K139" s="4">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="L139" s="4"/>
       <c r="M139" s="4"/>
-      <c r="N139" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="N139" s="4"/>
+      <c r="O139" s="4"/>
       <c r="T139" s="5"/>
       <c r="W139" s="5"/>
       <c r="AJ139" s="8"/>
       <c r="AM139" s="8"/>
     </row>
     <row r="140" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B140" s="3">
         <v>311</v>
       </c>
       <c r="C140" s="3">
         <v>307.5</v>
       </c>
       <c r="D140" s="3">
-        <v>21.5</v>
+        <v>18.5</v>
       </c>
       <c r="E140" s="6">
-        <v>7.0000000000000007E-2</v>
+        <v>0.06</v>
       </c>
       <c r="F140" s="3">
         <v>36</v>
       </c>
       <c r="G140" s="3">
         <v>4</v>
       </c>
       <c r="H140" s="3">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="I140" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="J140" s="3">
-        <v>131.5</v>
+        <v>129.5</v>
       </c>
       <c r="K140" s="3">
-        <v>7.5</v>
+        <v>6.5</v>
       </c>
       <c r="L140" s="3"/>
       <c r="M140" s="3"/>
       <c r="N140" s="3"/>
       <c r="O140" s="3"/>
       <c r="T140" s="5"/>
       <c r="W140" s="5"/>
       <c r="AJ140" s="8"/>
       <c r="AM140" s="8"/>
     </row>
     <row r="141" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B141" s="4">
         <v>174</v>
       </c>
       <c r="C141" s="4">
         <v>174</v>
       </c>
       <c r="D141" s="4">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E141" s="9">
-        <v>0.08</v>
+        <v>6.3E-2</v>
       </c>
       <c r="F141" s="4">
         <v>36</v>
       </c>
       <c r="G141" s="4">
         <v>4</v>
       </c>
       <c r="H141" s="4">
         <v>103</v>
       </c>
       <c r="I141" s="4">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J141" s="4">
         <v>34</v>
       </c>
       <c r="K141" s="4">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L141" s="4"/>
       <c r="M141" s="4"/>
       <c r="N141" s="4"/>
       <c r="O141" s="4"/>
       <c r="T141" s="5"/>
       <c r="W141" s="5"/>
       <c r="AJ141" s="8"/>
       <c r="AM141" s="8"/>
     </row>
     <row r="142" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B142" s="4">
         <v>10</v>
       </c>
       <c r="C142" s="4">
         <v>10</v>
       </c>
       <c r="D142" s="4"/>
       <c r="E142" s="9"/>
       <c r="F142" s="4"/>
       <c r="G142" s="4"/>
       <c r="H142" s="4">
         <v>9</v>
       </c>
       <c r="I142" s="4"/>
       <c r="J142" s="4">
         <v>1</v>
       </c>
       <c r="K142" s="4"/>
       <c r="L142" s="4"/>
       <c r="M142" s="4"/>
       <c r="N142" s="4"/>
       <c r="O142" s="4"/>
       <c r="T142" s="5"/>
       <c r="W142" s="5"/>
       <c r="AJ142" s="8"/>
       <c r="AM142" s="8"/>
     </row>
     <row r="143" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B143" s="4">
         <v>85</v>
       </c>
       <c r="C143" s="4">
         <v>81.5</v>
       </c>
       <c r="D143" s="4">
         <v>5.5</v>
       </c>
       <c r="E143" s="9">
         <v>6.7000000000000004E-2</v>
       </c>
       <c r="F143" s="4"/>
       <c r="G143" s="4"/>
       <c r="H143" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I143" s="4"/>
       <c r="J143" s="4">
-        <v>80.5</v>
+        <v>78.5</v>
       </c>
       <c r="K143" s="4">
         <v>5.5</v>
       </c>
       <c r="L143" s="4"/>
       <c r="M143" s="4"/>
       <c r="N143" s="4"/>
       <c r="O143" s="4"/>
       <c r="T143" s="5"/>
       <c r="W143" s="5"/>
       <c r="AJ143" s="8"/>
       <c r="AM143" s="8"/>
     </row>
     <row r="144" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B144" s="4">
         <v>12</v>
       </c>
       <c r="C144" s="4">
         <v>12</v>
       </c>
       <c r="D144" s="4">
         <v>1</v>
       </c>
       <c r="E144" s="9">
         <v>8.3000000000000004E-2</v>
       </c>
       <c r="F144" s="4"/>
       <c r="G144" s="4"/>
       <c r="H144" s="4">
         <v>8</v>
       </c>
       <c r="I144" s="4">
         <v>1</v>
       </c>
       <c r="J144" s="4">
         <v>4</v>
       </c>
       <c r="K144" s="4"/>
       <c r="L144" s="4"/>
       <c r="M144" s="4"/>
       <c r="N144" s="4"/>
       <c r="O144" s="4"/>
       <c r="T144" s="5"/>
       <c r="W144" s="5"/>
       <c r="AJ144" s="8"/>
       <c r="AM144" s="8"/>
     </row>
     <row r="145" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B145" s="4">
         <v>30</v>
       </c>
       <c r="C145" s="4">
         <v>30</v>
       </c>
       <c r="D145" s="4">
         <v>1</v>
       </c>
       <c r="E145" s="9">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="F145" s="4"/>
       <c r="G145" s="4"/>
       <c r="H145" s="4">
         <v>18</v>
       </c>
       <c r="I145" s="4">
         <v>1</v>
       </c>
       <c r="J145" s="4">
         <v>12</v>
       </c>
       <c r="K145" s="4"/>
       <c r="L145" s="4"/>
       <c r="M145" s="4"/>
       <c r="N145" s="4"/>
       <c r="O145" s="4"/>
       <c r="T145" s="5"/>
       <c r="W145" s="5"/>
       <c r="AJ145" s="8"/>
       <c r="AM145" s="8"/>
     </row>
     <row r="146" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B146" s="3">
-        <v>6430</v>
+        <v>6397</v>
       </c>
       <c r="C146" s="3">
-        <v>6405.25</v>
+        <v>6371.25</v>
       </c>
       <c r="D146" s="3">
-        <v>742.75</v>
+        <v>746.5</v>
       </c>
       <c r="E146" s="6">
-        <v>0.11600000000000001</v>
+        <v>0.11700000000000001</v>
       </c>
       <c r="F146" s="3">
         <v>22.5</v>
       </c>
       <c r="G146" s="3">
         <v>3.5</v>
       </c>
       <c r="H146" s="3">
-        <v>974.5</v>
+        <v>973.5</v>
       </c>
       <c r="I146" s="3">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="J146" s="3">
-        <v>2839.25</v>
+        <v>2824.25</v>
       </c>
       <c r="K146" s="3">
-        <v>199.25</v>
+        <v>203</v>
       </c>
       <c r="L146" s="3">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="M146" s="3">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="N146" s="3"/>
       <c r="O146" s="3"/>
       <c r="T146" s="5"/>
       <c r="W146" s="5"/>
       <c r="AJ146" s="8"/>
       <c r="AM146" s="8"/>
     </row>
     <row r="147" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A147" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B147" s="4">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C147" s="4">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D147" s="4">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E147" s="9">
-        <v>6.6000000000000003E-2</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I147" s="4">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J147" s="4">
         <v>48</v>
       </c>
       <c r="K147" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L147" s="4"/>
       <c r="M147" s="4"/>
       <c r="N147" s="4"/>
       <c r="O147" s="4"/>
       <c r="T147" s="5"/>
       <c r="W147" s="5"/>
       <c r="AJ147" s="8"/>
       <c r="AM147" s="8"/>
     </row>
     <row r="148" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A148" s="4" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B148" s="4">
         <v>34</v>
       </c>
       <c r="C148" s="4">
         <v>33.5</v>
       </c>
       <c r="D148" s="4">
         <v>2</v>
       </c>
       <c r="E148" s="9">
         <v>0.06</v>
       </c>
       <c r="F148" s="4"/>
       <c r="G148" s="4"/>
       <c r="H148" s="4">
         <v>29.5</v>
       </c>
       <c r="I148" s="4">
         <v>2</v>
       </c>
       <c r="J148" s="4">
         <v>4</v>
       </c>
       <c r="K148" s="4"/>
       <c r="L148" s="4"/>
       <c r="M148" s="4"/>
       <c r="N148" s="4"/>
       <c r="O148" s="4"/>
       <c r="T148" s="5"/>
       <c r="W148" s="5"/>
       <c r="AJ148" s="8"/>
       <c r="AM148" s="8"/>
     </row>
     <row r="149" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A149" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B149" s="4">
-        <v>2462</v>
+        <v>2445</v>
       </c>
       <c r="C149" s="4">
-        <v>2440.75</v>
+        <v>2422.75</v>
       </c>
       <c r="D149" s="4">
-        <v>441.75</v>
+        <v>435.5</v>
       </c>
       <c r="E149" s="9">
-        <v>0.18099999999999999</v>
+        <v>0.18</v>
       </c>
       <c r="F149" s="4">
         <v>11.5</v>
       </c>
       <c r="G149" s="4">
         <v>3.5</v>
       </c>
       <c r="H149" s="4">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I149" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J149" s="4">
-        <v>385.25</v>
+        <v>383.25</v>
       </c>
       <c r="K149" s="4">
-        <v>42.25</v>
+        <v>48</v>
       </c>
       <c r="L149" s="4">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="M149" s="4">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="N149" s="4"/>
       <c r="O149" s="4"/>
       <c r="T149" s="5"/>
       <c r="W149" s="5"/>
       <c r="AJ149" s="8"/>
       <c r="AM149" s="8"/>
     </row>
     <row r="150" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B150" s="4">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C150" s="4">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D150" s="4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E150" s="9">
-        <v>9.8000000000000004E-2</v>
+        <v>0.11899999999999999</v>
       </c>
       <c r="F150" s="4"/>
       <c r="G150" s="4"/>
       <c r="H150" s="4">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I150" s="4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J150" s="4">
         <v>9</v>
       </c>
       <c r="K150" s="4"/>
       <c r="L150" s="4"/>
       <c r="M150" s="4"/>
       <c r="N150" s="4"/>
       <c r="O150" s="4"/>
       <c r="T150" s="5"/>
       <c r="W150" s="5"/>
       <c r="AJ150" s="8"/>
       <c r="AM150" s="8"/>
     </row>
     <row r="151" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B151" s="4">
         <v>66</v>
       </c>
       <c r="C151" s="4">
         <v>66</v>
       </c>
       <c r="D151" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E151" s="9">
-        <v>0.121</v>
+        <v>0.13600000000000001</v>
       </c>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
       <c r="I151" s="4"/>
       <c r="J151" s="4">
         <v>66</v>
       </c>
       <c r="K151" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L151" s="4"/>
       <c r="M151" s="4"/>
       <c r="N151" s="4"/>
       <c r="O151" s="4"/>
+      <c r="T151" s="5"/>
+      <c r="W151" s="5"/>
       <c r="AJ151" s="8"/>
       <c r="AM151" s="8"/>
     </row>
     <row r="152" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B152" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C152" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D152" s="4">
         <v>1</v>
       </c>
       <c r="E152" s="9">
-        <v>0.2</v>
+        <v>0.16700000000000001</v>
       </c>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
       <c r="J152" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K152" s="4">
         <v>1</v>
       </c>
       <c r="L152" s="4"/>
       <c r="M152" s="4"/>
       <c r="N152" s="4"/>
       <c r="O152" s="4"/>
+      <c r="T152" s="5"/>
+      <c r="W152" s="5"/>
       <c r="AJ152" s="8"/>
       <c r="AM152" s="8"/>
     </row>
     <row r="153" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A153" s="4" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B153" s="4">
         <v>2107</v>
       </c>
       <c r="C153" s="4">
         <v>2106</v>
       </c>
       <c r="D153" s="4">
-        <v>173.5</v>
+        <v>183.5</v>
       </c>
       <c r="E153" s="9">
-        <v>8.2000000000000003E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="F153" s="4">
         <v>11</v>
       </c>
       <c r="G153" s="4"/>
       <c r="H153" s="4">
         <v>38</v>
       </c>
       <c r="I153" s="4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J153" s="4">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="K153" s="4">
-        <v>88.5</v>
+        <v>91.5</v>
       </c>
       <c r="L153" s="4"/>
       <c r="M153" s="4"/>
       <c r="N153" s="4"/>
       <c r="O153" s="4"/>
+      <c r="T153" s="5"/>
+      <c r="W153" s="5"/>
       <c r="AJ153" s="8"/>
       <c r="AM153" s="8"/>
     </row>
     <row r="154" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A154" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B154" s="4">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C154" s="4">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D154" s="4">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E154" s="9">
-        <v>6.0999999999999999E-2</v>
+        <v>6.8000000000000005E-2</v>
       </c>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="I154" s="4">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J154" s="4">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="K154" s="4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L154" s="4"/>
       <c r="M154" s="4"/>
       <c r="N154" s="4"/>
       <c r="O154" s="4"/>
+      <c r="T154" s="5"/>
+      <c r="W154" s="5"/>
       <c r="AJ154" s="8"/>
       <c r="AM154" s="8"/>
     </row>
     <row r="155" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A155" s="4" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B155" s="4">
         <v>45</v>
       </c>
       <c r="C155" s="4">
         <v>45</v>
       </c>
       <c r="D155" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E155" s="9">
-        <v>4.3999999999999997E-2</v>
+        <v>6.7000000000000004E-2</v>
       </c>
       <c r="F155" s="4"/>
       <c r="G155" s="4"/>
       <c r="H155" s="4">
         <v>32</v>
       </c>
       <c r="I155" s="4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J155" s="4">
         <v>13</v>
       </c>
       <c r="K155" s="4"/>
       <c r="L155" s="4"/>
       <c r="M155" s="4"/>
       <c r="N155" s="4"/>
       <c r="O155" s="4"/>
+      <c r="T155" s="5"/>
+      <c r="W155" s="5"/>
       <c r="AJ155" s="8"/>
       <c r="AM155" s="8"/>
     </row>
     <row r="156" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A156" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B156" s="4">
         <v>459</v>
       </c>
       <c r="C156" s="4">
         <v>457</v>
       </c>
       <c r="D156" s="4">
-        <v>28.5</v>
+        <v>25.5</v>
       </c>
       <c r="E156" s="9">
-        <v>6.2E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="F156" s="4"/>
       <c r="G156" s="4"/>
       <c r="H156" s="4">
         <v>395</v>
       </c>
       <c r="I156" s="4">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="J156" s="4">
         <v>62</v>
       </c>
       <c r="K156" s="4">
-        <v>2.5</v>
+        <v>4.5</v>
       </c>
       <c r="L156" s="4"/>
       <c r="M156" s="4"/>
       <c r="N156" s="4"/>
       <c r="O156" s="4"/>
+      <c r="T156" s="5"/>
+      <c r="W156" s="5"/>
       <c r="AJ156" s="8"/>
       <c r="AM156" s="8"/>
     </row>
     <row r="157" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A157" s="4" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B157" s="4">
         <v>54</v>
       </c>
       <c r="C157" s="4">
         <v>54</v>
       </c>
       <c r="D157" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E157" s="9">
-        <v>7.3999999999999996E-2</v>
+        <v>0.111</v>
       </c>
       <c r="F157" s="4"/>
       <c r="G157" s="4"/>
       <c r="H157" s="4">
         <v>8</v>
       </c>
       <c r="I157" s="4"/>
       <c r="J157" s="4">
         <v>46</v>
       </c>
       <c r="K157" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L157" s="4"/>
       <c r="M157" s="4"/>
       <c r="N157" s="4"/>
       <c r="O157" s="4"/>
+      <c r="T157" s="5"/>
+      <c r="W157" s="5"/>
       <c r="AJ157" s="8"/>
       <c r="AM157" s="8"/>
     </row>
     <row r="158" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A158" s="4" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B158" s="4">
         <v>43</v>
       </c>
       <c r="C158" s="4">
         <v>43</v>
       </c>
       <c r="D158" s="4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E158" s="9">
-        <v>4.7E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="F158" s="4"/>
       <c r="G158" s="4"/>
       <c r="H158" s="4">
         <v>27</v>
       </c>
       <c r="I158" s="4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J158" s="4">
         <v>16</v>
       </c>
       <c r="K158" s="4">
         <v>1</v>
       </c>
       <c r="L158" s="4"/>
       <c r="M158" s="4"/>
       <c r="N158" s="4"/>
       <c r="O158" s="4"/>
+      <c r="T158" s="5"/>
+      <c r="W158" s="5"/>
       <c r="AJ158" s="8"/>
       <c r="AM158" s="8"/>
     </row>
     <row r="159" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A159" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B159" s="4">
-        <v>686</v>
+        <v>673</v>
       </c>
       <c r="C159" s="4">
-        <v>686</v>
+        <v>673</v>
       </c>
       <c r="D159" s="4">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E159" s="9">
-        <v>7.0000000000000007E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="F159" s="4"/>
       <c r="G159" s="4"/>
       <c r="H159" s="4">
         <v>88</v>
       </c>
       <c r="I159" s="4">
         <v>5</v>
       </c>
       <c r="J159" s="4">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="K159" s="4">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="L159" s="4"/>
       <c r="M159" s="4"/>
       <c r="N159" s="4"/>
       <c r="O159" s="4"/>
+      <c r="T159" s="5"/>
+      <c r="W159" s="5"/>
       <c r="AJ159" s="8"/>
       <c r="AM159" s="8"/>
     </row>
     <row r="160" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B160" s="3">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="C160" s="3">
-        <v>802.2</v>
+        <v>790.2</v>
       </c>
       <c r="D160" s="3">
-        <v>106.5</v>
+        <v>109.5</v>
       </c>
       <c r="E160" s="6">
-        <v>0.13300000000000001</v>
+        <v>0.13900000000000001</v>
       </c>
       <c r="F160" s="3">
-        <v>79.2</v>
+        <v>76.2</v>
       </c>
       <c r="G160" s="3">
         <v>21.5</v>
       </c>
       <c r="H160" s="3">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="I160" s="3">
         <v>27</v>
       </c>
       <c r="J160" s="3">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="K160" s="3">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="L160" s="3"/>
       <c r="M160" s="3"/>
       <c r="N160" s="3"/>
       <c r="O160" s="3"/>
+      <c r="T160" s="5"/>
+      <c r="W160" s="5"/>
       <c r="AJ160" s="8"/>
       <c r="AM160" s="8"/>
     </row>
     <row r="161" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A161" s="4" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B161" s="4">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C161" s="4">
-        <v>332.7</v>
+        <v>328.7</v>
       </c>
       <c r="D161" s="4">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E161" s="9">
-        <v>0.129</v>
+        <v>0.14299999999999999</v>
       </c>
       <c r="F161" s="4">
-        <v>75.7</v>
+        <v>72.7</v>
       </c>
       <c r="G161" s="4">
         <v>21</v>
       </c>
       <c r="H161" s="4">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="I161" s="4">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="J161" s="4">
         <v>57</v>
       </c>
       <c r="K161" s="4">
         <v>5</v>
       </c>
       <c r="L161" s="4"/>
       <c r="M161" s="4"/>
       <c r="N161" s="4"/>
       <c r="O161" s="4"/>
+      <c r="T161" s="5"/>
+      <c r="W161" s="5"/>
       <c r="AJ161" s="8"/>
       <c r="AM161" s="8"/>
     </row>
     <row r="162" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B162" s="4">
         <v>140</v>
       </c>
       <c r="C162" s="4">
         <v>140</v>
       </c>
       <c r="D162" s="4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E162" s="9">
-        <v>6.4000000000000001E-2</v>
+        <v>7.0999999999999994E-2</v>
       </c>
       <c r="F162" s="4"/>
       <c r="G162" s="4"/>
       <c r="H162" s="4">
         <v>71</v>
       </c>
       <c r="I162" s="4">
         <v>3</v>
       </c>
       <c r="J162" s="4">
         <v>69</v>
       </c>
       <c r="K162" s="4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L162" s="4"/>
       <c r="M162" s="4"/>
       <c r="N162" s="4"/>
       <c r="O162" s="4"/>
+      <c r="T162" s="5"/>
+      <c r="W162" s="5"/>
       <c r="AJ162" s="8"/>
       <c r="AM162" s="8"/>
     </row>
     <row r="163" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B163" s="4">
         <v>55</v>
       </c>
       <c r="C163" s="4">
         <v>55</v>
       </c>
       <c r="D163" s="4">
         <v>2</v>
       </c>
       <c r="E163" s="9">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="F163" s="4"/>
       <c r="G163" s="4"/>
       <c r="H163" s="4"/>
       <c r="I163" s="4"/>
       <c r="J163" s="4">
         <v>53</v>
       </c>
       <c r="K163" s="4">
         <v>2</v>
       </c>
       <c r="L163" s="4"/>
       <c r="M163" s="4"/>
       <c r="N163" s="4"/>
       <c r="O163" s="4"/>
+      <c r="T163" s="5"/>
+      <c r="W163" s="5"/>
       <c r="AJ163" s="8"/>
       <c r="AM163" s="8"/>
     </row>
     <row r="164" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B164" s="4">
         <v>106</v>
       </c>
       <c r="C164" s="4">
         <v>106</v>
       </c>
       <c r="D164" s="4">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E164" s="9">
-        <v>0.22600000000000001</v>
+        <v>0.36799999999999999</v>
       </c>
       <c r="F164" s="4"/>
       <c r="G164" s="4"/>
       <c r="H164" s="4">
         <v>2</v>
       </c>
       <c r="I164" s="4">
         <v>1</v>
       </c>
       <c r="J164" s="4">
         <v>104</v>
       </c>
       <c r="K164" s="4">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="L164" s="4"/>
       <c r="M164" s="4"/>
       <c r="N164" s="4"/>
       <c r="O164" s="4"/>
+      <c r="T164" s="5"/>
+      <c r="W164" s="5"/>
       <c r="AJ164" s="8"/>
       <c r="AM164" s="8"/>
     </row>
     <row r="165" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A165" s="4" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B165" s="4">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C165" s="4">
-        <v>168.5</v>
+        <v>160.5</v>
       </c>
       <c r="D165" s="4">
-        <v>28.5</v>
+        <v>11.5</v>
       </c>
       <c r="E165" s="9">
-        <v>0.16900000000000001</v>
+        <v>7.1999999999999995E-2</v>
       </c>
       <c r="F165" s="4">
         <v>3.5</v>
       </c>
       <c r="G165" s="4">
         <v>0.5</v>
       </c>
       <c r="H165" s="4">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I165" s="4">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J165" s="4">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="K165" s="4">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="L165" s="4"/>
       <c r="M165" s="4"/>
       <c r="N165" s="4"/>
       <c r="O165" s="4"/>
+      <c r="T165" s="5"/>
+      <c r="W165" s="5"/>
       <c r="AJ165" s="8"/>
       <c r="AM165" s="8"/>
     </row>
     <row r="166" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B166" s="3">
-        <v>5215</v>
+        <v>5238</v>
       </c>
       <c r="C166" s="3">
-        <v>4539.13</v>
+        <v>4542.3050000000003</v>
       </c>
       <c r="D166" s="3">
-        <v>238.875</v>
+        <v>263</v>
       </c>
       <c r="E166" s="6">
-        <v>5.2999999999999999E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="F166" s="3">
         <v>21</v>
       </c>
       <c r="G166" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H166" s="3">
-        <v>538.25</v>
+        <v>540.25</v>
       </c>
       <c r="I166" s="3">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J166" s="3">
-        <v>3974.88</v>
+        <v>3976.0549999999998</v>
       </c>
       <c r="K166" s="3">
-        <v>181.875</v>
+        <v>203</v>
       </c>
       <c r="L166" s="3"/>
       <c r="M166" s="3"/>
       <c r="N166" s="3"/>
       <c r="O166" s="3"/>
+      <c r="T166" s="5"/>
+      <c r="W166" s="5"/>
       <c r="AJ166" s="8"/>
       <c r="AM166" s="8"/>
     </row>
     <row r="167" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A167" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B167" s="4">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C167" s="4">
-        <v>184.5</v>
+        <v>185.5</v>
       </c>
       <c r="D167" s="4">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E167" s="9">
-        <v>0.16800000000000001</v>
+        <v>0.17799999999999999</v>
       </c>
       <c r="F167" s="4">
         <v>21</v>
       </c>
       <c r="G167" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H167" s="4">
         <v>130</v>
       </c>
       <c r="I167" s="4">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J167" s="4">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="K167" s="4">
         <v>3</v>
       </c>
       <c r="L167" s="4"/>
       <c r="M167" s="4"/>
       <c r="N167" s="4"/>
       <c r="O167" s="4"/>
+      <c r="T167" s="5"/>
+      <c r="W167" s="5"/>
       <c r="AJ167" s="8"/>
       <c r="AM167" s="8"/>
     </row>
     <row r="168" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A168" s="4" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B168" s="4">
         <v>11</v>
       </c>
       <c r="C168" s="4">
         <v>10</v>
       </c>
       <c r="D168" s="4">
         <v>1</v>
       </c>
       <c r="E168" s="9">
         <v>0.1</v>
       </c>
       <c r="F168" s="4"/>
       <c r="G168" s="4"/>
       <c r="H168" s="4">
         <v>5</v>
       </c>
       <c r="I168" s="4">
         <v>1</v>
       </c>
       <c r="J168" s="4">
         <v>5</v>
       </c>
       <c r="K168" s="4"/>
       <c r="L168" s="4"/>
       <c r="M168" s="4"/>
       <c r="N168" s="4"/>
       <c r="O168" s="4"/>
+      <c r="T168" s="5"/>
+      <c r="W168" s="5"/>
       <c r="AJ168" s="8"/>
       <c r="AM168" s="8"/>
     </row>
     <row r="169" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A169" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B169" s="4">
         <v>209</v>
       </c>
       <c r="C169" s="4">
         <v>207</v>
       </c>
       <c r="D169" s="4">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E169" s="9">
-        <v>7.6999999999999999E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="F169" s="4"/>
       <c r="G169" s="4"/>
       <c r="H169" s="4">
         <v>132</v>
       </c>
       <c r="I169" s="4">
         <v>8</v>
       </c>
       <c r="J169" s="4">
         <v>75</v>
       </c>
       <c r="K169" s="4">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L169" s="4"/>
       <c r="M169" s="4"/>
       <c r="N169" s="4"/>
       <c r="O169" s="4"/>
+      <c r="T169" s="5"/>
+      <c r="W169" s="5"/>
       <c r="AJ169" s="8"/>
       <c r="AM169" s="8"/>
     </row>
     <row r="170" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A170" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B170" s="4">
-        <v>3882</v>
+        <v>3905</v>
       </c>
       <c r="C170" s="4">
-        <v>3227.38</v>
+        <v>3229.5549999999998</v>
       </c>
       <c r="D170" s="4">
-        <v>127.375</v>
+        <v>148.25</v>
       </c>
       <c r="E170" s="9">
-        <v>3.9E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
       <c r="F170" s="4"/>
       <c r="G170" s="4"/>
       <c r="H170" s="4">
         <v>14</v>
       </c>
-      <c r="I170" s="4"/>
+      <c r="I170" s="4">
+        <v>1</v>
+      </c>
       <c r="J170" s="4">
-        <v>3213.38</v>
+        <v>3215.5549999999998</v>
       </c>
       <c r="K170" s="4">
-        <v>127.375</v>
+        <v>147.25</v>
       </c>
       <c r="L170" s="4"/>
       <c r="M170" s="4"/>
       <c r="N170" s="4"/>
       <c r="O170" s="4"/>
+      <c r="T170" s="5"/>
+      <c r="W170" s="5"/>
       <c r="AJ170" s="8"/>
       <c r="AM170" s="8"/>
     </row>
     <row r="171" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A171" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B171" s="4">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C171" s="4">
         <v>65</v>
       </c>
       <c r="D171" s="4">
         <v>5.25</v>
       </c>
       <c r="E171" s="9">
         <v>8.1000000000000003E-2</v>
       </c>
       <c r="F171" s="4"/>
       <c r="G171" s="4"/>
       <c r="H171" s="4"/>
       <c r="I171" s="4"/>
       <c r="J171" s="4">
         <v>65</v>
       </c>
       <c r="K171" s="4">
         <v>5.25</v>
       </c>
       <c r="L171" s="4"/>
       <c r="M171" s="4"/>
       <c r="N171" s="4"/>
       <c r="O171" s="4"/>
+      <c r="T171" s="5"/>
+      <c r="W171" s="5"/>
       <c r="AJ171" s="8"/>
       <c r="AM171" s="8"/>
     </row>
     <row r="172" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A172" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B172" s="4">
         <v>149</v>
       </c>
       <c r="C172" s="4">
         <v>147</v>
       </c>
       <c r="D172" s="4">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E172" s="9">
-        <v>0.10199999999999999</v>
+        <v>8.7999999999999995E-2</v>
       </c>
       <c r="F172" s="4"/>
       <c r="G172" s="4"/>
       <c r="H172" s="4">
         <v>17</v>
       </c>
       <c r="I172" s="4">
         <v>4</v>
       </c>
       <c r="J172" s="4">
         <v>130</v>
       </c>
       <c r="K172" s="4">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L172" s="4"/>
       <c r="M172" s="4"/>
       <c r="N172" s="4"/>
       <c r="O172" s="4"/>
+      <c r="T172" s="5"/>
+      <c r="W172" s="5"/>
       <c r="AJ172" s="8"/>
       <c r="AM172" s="8"/>
     </row>
     <row r="173" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A173" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B173" s="4">
         <v>197</v>
       </c>
       <c r="C173" s="4">
         <v>191</v>
       </c>
       <c r="D173" s="4">
-        <v>9.25</v>
+        <v>9.5</v>
       </c>
       <c r="E173" s="9">
-        <v>4.8000000000000001E-2</v>
+        <v>0.05</v>
       </c>
       <c r="F173" s="4"/>
       <c r="G173" s="4"/>
       <c r="H173" s="4">
         <v>5</v>
       </c>
       <c r="I173" s="4"/>
       <c r="J173" s="4">
         <v>186</v>
       </c>
       <c r="K173" s="4">
-        <v>9.25</v>
+        <v>9.5</v>
       </c>
       <c r="L173" s="4"/>
       <c r="M173" s="4"/>
       <c r="N173" s="4"/>
       <c r="O173" s="4"/>
+      <c r="T173" s="5"/>
+      <c r="W173" s="5"/>
       <c r="AJ173" s="8"/>
       <c r="AM173" s="8"/>
     </row>
     <row r="174" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B174" s="4">
         <v>164</v>
       </c>
       <c r="C174" s="4">
         <v>164</v>
       </c>
       <c r="D174" s="4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E174" s="9">
-        <v>7.9000000000000001E-2</v>
+        <v>8.5000000000000006E-2</v>
       </c>
       <c r="F174" s="4"/>
       <c r="G174" s="4"/>
       <c r="H174" s="4">
         <v>22</v>
       </c>
       <c r="I174" s="4">
         <v>1</v>
       </c>
       <c r="J174" s="4">
         <v>142</v>
       </c>
       <c r="K174" s="4">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L174" s="4"/>
       <c r="M174" s="4"/>
       <c r="N174" s="4"/>
       <c r="O174" s="4"/>
+      <c r="T174" s="5"/>
+      <c r="W174" s="5"/>
       <c r="AJ174" s="8"/>
       <c r="AM174" s="8"/>
     </row>
     <row r="175" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B175" s="4">
         <v>192</v>
       </c>
       <c r="C175" s="4">
         <v>189.25</v>
       </c>
       <c r="D175" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E175" s="9">
-        <v>7.3999999999999996E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="F175" s="4"/>
       <c r="G175" s="4"/>
       <c r="H175" s="4">
-        <v>117.25</v>
+        <v>118.25</v>
       </c>
       <c r="I175" s="4">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="J175" s="4">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K175" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L175" s="4"/>
       <c r="M175" s="4"/>
       <c r="N175" s="4"/>
       <c r="O175" s="4"/>
+      <c r="T175" s="5"/>
+      <c r="W175" s="5"/>
       <c r="AJ175" s="8"/>
       <c r="AM175" s="8"/>
     </row>
     <row r="176" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B176" s="4">
         <v>154</v>
       </c>
       <c r="C176" s="4">
         <v>154</v>
       </c>
       <c r="D176" s="4">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E176" s="9">
-        <v>4.4999999999999998E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="F176" s="4"/>
       <c r="G176" s="4"/>
       <c r="H176" s="4">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I176" s="4">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J176" s="4">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="K176" s="4"/>
       <c r="L176" s="4"/>
       <c r="M176" s="4"/>
       <c r="N176" s="4"/>
       <c r="O176" s="4"/>
+      <c r="T176" s="5"/>
+      <c r="W176" s="5"/>
       <c r="AJ176" s="8"/>
       <c r="AM176" s="8"/>
     </row>
     <row r="177" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B177" s="3">
-        <v>2390</v>
+        <v>2352</v>
       </c>
       <c r="C177" s="3">
-        <v>2383.1999999999998</v>
+        <v>2342.1999999999998</v>
       </c>
       <c r="D177" s="3">
-        <v>129</v>
+        <v>93.2</v>
       </c>
       <c r="E177" s="6">
-        <v>5.3999999999999999E-2</v>
+        <v>0.04</v>
       </c>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
-        <v>1845</v>
+        <v>1816</v>
       </c>
       <c r="I177" s="3">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="J177" s="3">
-        <v>533.20000000000005</v>
+        <v>521.20000000000005</v>
       </c>
       <c r="K177" s="3">
-        <v>36</v>
+        <v>27.2</v>
       </c>
       <c r="L177" s="3"/>
       <c r="M177" s="3"/>
       <c r="N177" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="O177" s="3">
         <v>2</v>
       </c>
+      <c r="T177" s="5"/>
+      <c r="W177" s="5"/>
       <c r="AJ177" s="8"/>
       <c r="AM177" s="8"/>
     </row>
     <row r="178" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B178" s="4">
         <v>240</v>
       </c>
       <c r="C178" s="4">
         <v>240</v>
       </c>
       <c r="D178" s="4">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E178" s="9">
-        <v>6.3E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
       <c r="F178" s="4"/>
       <c r="G178" s="4"/>
       <c r="H178" s="4">
         <v>209</v>
       </c>
       <c r="I178" s="4">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J178" s="4">
         <v>26</v>
       </c>
       <c r="K178" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L178" s="4"/>
       <c r="M178" s="4"/>
       <c r="N178" s="4"/>
       <c r="O178" s="4"/>
+      <c r="T178" s="5"/>
+      <c r="W178" s="5"/>
       <c r="AJ178" s="8"/>
       <c r="AM178" s="8"/>
     </row>
     <row r="179" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A179" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B179" s="4">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="C179" s="4">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="D179" s="4">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E179" s="9">
-        <v>4.2000000000000003E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="F179" s="4"/>
       <c r="G179" s="4"/>
       <c r="H179" s="4">
-        <v>549</v>
+        <v>537</v>
       </c>
       <c r="I179" s="4">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="J179" s="4">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="K179" s="4">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="L179" s="4"/>
       <c r="M179" s="4"/>
       <c r="N179" s="4"/>
       <c r="O179" s="4"/>
+      <c r="T179" s="5"/>
+      <c r="W179" s="5"/>
       <c r="AJ179" s="8"/>
       <c r="AM179" s="8"/>
     </row>
     <row r="180" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A180" s="4" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B180" s="4">
-        <v>606</v>
+        <v>588</v>
       </c>
       <c r="C180" s="4">
-        <v>601.20000000000005</v>
+        <v>583.20000000000005</v>
       </c>
       <c r="D180" s="4">
-        <v>41</v>
+        <v>19.2</v>
       </c>
       <c r="E180" s="9">
-        <v>6.8000000000000005E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="F180" s="4"/>
       <c r="G180" s="4"/>
       <c r="H180" s="4">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="I180" s="4">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="J180" s="4">
-        <v>176.2</v>
+        <v>175.2</v>
       </c>
       <c r="K180" s="4">
-        <v>8</v>
+        <v>7.2</v>
       </c>
       <c r="L180" s="4"/>
       <c r="M180" s="4"/>
       <c r="N180" s="4"/>
       <c r="O180" s="4"/>
+      <c r="T180" s="5"/>
+      <c r="W180" s="5"/>
       <c r="AJ180" s="8"/>
       <c r="AM180" s="8"/>
     </row>
     <row r="181" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A181" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B181" s="4">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C181" s="4">
         <v>219</v>
       </c>
       <c r="D181" s="4">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E181" s="9">
-        <v>6.8000000000000005E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="F181" s="4"/>
       <c r="G181" s="4"/>
       <c r="H181" s="4">
         <v>152</v>
       </c>
       <c r="I181" s="4">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J181" s="4">
         <v>67</v>
       </c>
       <c r="K181" s="4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L181" s="4"/>
       <c r="M181" s="4"/>
       <c r="N181" s="4"/>
       <c r="O181" s="4"/>
+      <c r="T181" s="5"/>
+      <c r="W181" s="5"/>
       <c r="AJ181" s="8"/>
       <c r="AM181" s="8"/>
     </row>
     <row r="182" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A182" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B182" s="4">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="C182" s="4">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="D182" s="4">
         <v>30</v>
       </c>
       <c r="E182" s="9">
         <v>5.1999999999999998E-2</v>
       </c>
       <c r="F182" s="4"/>
       <c r="G182" s="4"/>
       <c r="H182" s="4">
         <v>454</v>
       </c>
       <c r="I182" s="4">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J182" s="4">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="K182" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L182" s="4"/>
       <c r="M182" s="4"/>
       <c r="N182" s="4">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="O182" s="4">
         <v>2</v>
       </c>
+      <c r="T182" s="5"/>
+      <c r="W182" s="5"/>
       <c r="AJ182" s="8"/>
       <c r="AM182" s="8"/>
     </row>
     <row r="183" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A183" s="4" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B183" s="4">
         <v>79</v>
       </c>
       <c r="C183" s="4">
         <v>79</v>
       </c>
-      <c r="D183" s="4"/>
-      <c r="E183" s="9"/>
+      <c r="D183" s="4">
+        <v>1</v>
+      </c>
+      <c r="E183" s="9">
+        <v>1.2999999999999999E-2</v>
+      </c>
       <c r="F183" s="4"/>
       <c r="G183" s="4"/>
       <c r="H183" s="4">
         <v>56</v>
       </c>
-      <c r="I183" s="4"/>
+      <c r="I183" s="4">
+        <v>1</v>
+      </c>
       <c r="J183" s="4">
         <v>23</v>
       </c>
       <c r="K183" s="4"/>
       <c r="L183" s="4"/>
       <c r="M183" s="4"/>
       <c r="N183" s="4"/>
       <c r="O183" s="4"/>
+      <c r="T183" s="5"/>
+      <c r="W183" s="5"/>
       <c r="AJ183" s="8"/>
       <c r="AM183" s="8"/>
     </row>
     <row r="184" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A184" s="4"/>
       <c r="B184" s="3">
         <f>SUM(B8:B183)/2</f>
-        <v>52260</v>
+        <v>52184</v>
       </c>
       <c r="C184" s="3">
         <f>SUM(C8:C183)/2</f>
-        <v>51088.818000000007</v>
+        <v>50963.878000000012</v>
       </c>
       <c r="D184" s="3">
         <f>SUM(D8:D183)/2</f>
-        <v>4695.4650000000001</v>
+        <v>4902.4900000000007</v>
       </c>
       <c r="E184" s="6">
         <f>D184/C184</f>
-        <v>9.1907880898712505E-2</v>
+        <v>9.6195387642989016E-2</v>
       </c>
       <c r="F184" s="3">
         <f t="shared" ref="F184:M184" si="0">SUM(F8:F183)/2</f>
-        <v>1076.7</v>
+        <v>1106.9999999999998</v>
       </c>
       <c r="G184" s="3">
         <f t="shared" si="0"/>
-        <v>162.6</v>
+        <v>222.3</v>
       </c>
       <c r="H184" s="3">
         <f t="shared" si="0"/>
-        <v>12429.75</v>
+        <v>12361.25</v>
       </c>
       <c r="I184" s="3">
         <f t="shared" si="0"/>
-        <v>818.01</v>
+        <v>904.51</v>
       </c>
       <c r="J184" s="3">
         <f t="shared" si="0"/>
-        <v>22231.907999999996</v>
+        <v>22199.867999999995</v>
       </c>
       <c r="K184" s="3">
         <f t="shared" si="0"/>
-        <v>1334.855</v>
+        <v>1419.6799999999998</v>
       </c>
       <c r="L184" s="3">
         <f t="shared" si="0"/>
-        <v>13320</v>
+        <v>13287</v>
       </c>
       <c r="M184" s="3">
         <f t="shared" si="0"/>
-        <v>2171</v>
+        <v>2155</v>
       </c>
       <c r="N184" s="3">
         <f>SUM(N8:N182)/2</f>
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="O184" s="3">
         <f>SUM(O8:O182)/2</f>
         <v>2</v>
       </c>
+      <c r="T184" s="5"/>
+      <c r="W184" s="5"/>
       <c r="AJ184" s="8"/>
       <c r="AM184" s="8"/>
     </row>
     <row r="185" spans="1:39" x14ac:dyDescent="0.25">
       <c r="L185" s="5"/>
       <c r="T185" s="5"/>
       <c r="W185" s="5"/>
-      <c r="AI185" s="8"/>
     </row>
     <row r="186" spans="1:39" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="L186" s="5"/>
       <c r="T186" s="5"/>
       <c r="W186" s="5"/>
     </row>
     <row r="187" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>196</v>
+      </c>
       <c r="L187" s="5"/>
       <c r="T187" s="5"/>
       <c r="W187" s="5"/>
     </row>
     <row r="188" spans="1:39" x14ac:dyDescent="0.25">
       <c r="L188" s="5"/>
       <c r="T188" s="5"/>
       <c r="W188" s="5"/>
     </row>
     <row r="189" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>195</v>
+      </c>
       <c r="L189" s="5"/>
       <c r="T189" s="5"/>
       <c r="W189" s="5"/>
     </row>
     <row r="190" spans="1:39" x14ac:dyDescent="0.25">
       <c r="L190" s="5"/>
       <c r="T190" s="5"/>
       <c r="W190" s="5"/>
     </row>
     <row r="191" spans="1:39" x14ac:dyDescent="0.25">
       <c r="L191" s="5"/>
       <c r="T191" s="5"/>
       <c r="W191" s="5"/>
     </row>
     <row r="192" spans="1:39" x14ac:dyDescent="0.25">
       <c r="L192" s="5"/>
       <c r="T192" s="5"/>
       <c r="W192" s="5"/>
     </row>
     <row r="193" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L193" s="5"/>
       <c r="T193" s="5"/>
       <c r="W193" s="5"/>
     </row>
     <row r="194" spans="12:23" x14ac:dyDescent="0.25">
@@ -8077,147 +8170,130 @@
       <c r="T212" s="5"/>
       <c r="W212" s="5"/>
     </row>
     <row r="213" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L213" s="5"/>
       <c r="T213" s="5"/>
       <c r="W213" s="5"/>
     </row>
     <row r="214" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L214" s="5"/>
       <c r="T214" s="5"/>
       <c r="W214" s="5"/>
     </row>
     <row r="215" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L215" s="5"/>
       <c r="T215" s="5"/>
       <c r="W215" s="5"/>
     </row>
     <row r="216" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L216" s="5"/>
       <c r="T216" s="5"/>
       <c r="W216" s="5"/>
     </row>
     <row r="217" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L217" s="5"/>
-      <c r="O217" s="5"/>
       <c r="T217" s="5"/>
       <c r="W217" s="5"/>
     </row>
     <row r="218" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L218" s="5"/>
       <c r="O218" s="5"/>
     </row>
     <row r="219" spans="12:23" x14ac:dyDescent="0.25">
       <c r="L219" s="5"/>
       <c r="O219" s="5"/>
+    </row>
+    <row r="220" spans="12:23" x14ac:dyDescent="0.25">
+      <c r="L220" s="5"/>
+      <c r="O220" s="5"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A136:E144">
     <sortCondition ref="A136:A144"/>
   </sortState>
   <mergeCells count="6">
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <conditionalFormatting sqref="E8:E184">
-    <cfRule type="dataBar" priority="296">
+    <cfRule type="dataBar" priority="300">
       <dataBar>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color rgb="FF638EC6"/>
       </dataBar>
       <extLst>
         <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{B025F937-C7B1-47D3-B67F-A62EFF666E3E}">
           <x14:id>{90BE72F1-0197-40C4-9CF6-65664247F9A4}</x14:id>
         </ext>
       </extLst>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="portrait" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{90BE72F1-0197-40C4-9CF6-65664247F9A4}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF638EC6"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>E8:E184</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="12328f90-f97d-423e-a295-a81045c704af" xmlns:ns3="033a67f2-3785-426e-bf85-e3f672621421" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b8d1e888bf515ef87b954493a558fd0a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100756704CBF31F2F488F60B08AD63FE996" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="0ffac3e780a87c7b4ec7735948a36a50">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="12328f90-f97d-423e-a295-a81045c704af" xmlns:ns3="033a67f2-3785-426e-bf85-e3f672621421" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e7886bcd777a5aeda982cbd166ccd3f7" ns2:_="" ns3:_="">
     <xsd:import namespace="12328f90-f97d-423e-a295-a81045c704af"/>
     <xsd:import namespace="033a67f2-3785-426e-bf85-e3f672621421"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8398,90 +8474,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="033a67f2-3785-426e-bf85-e3f672621421" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="12328f90-f97d-423e-a295-a81045c704af">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1FCBEE1-9DB2-4143-AA2D-A50519EE6A61}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FADD5C4-A9EB-4602-8ACD-55E7676885AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="12328f90-f97d-423e-a295-a81045c704af"/>
     <ds:schemaRef ds:uri="033a67f2-3785-426e-bf85-e3f672621421"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76A8C042-89B7-4E76-B7C3-71F7F5B5E76F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09CAFB4F-5B81-493A-93F2-6775DC2F583B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="033a67f2-3785-426e-bf85-e3f672621421"/>
+    <ds:schemaRef ds:uri="12328f90-f97d-423e-a295-a81045c704af"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c9e176a8-1567-403a-861e-2ddcf9359962}" enabled="0" method="" siteId="{c9e176a8-1567-403a-861e-2ddcf9359962}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>