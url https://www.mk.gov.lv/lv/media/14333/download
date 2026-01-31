--- v0 (2025-10-05)
+++ v1 (2026-01-31)
@@ -1,77 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\VPDSF\Documents\Darba faili\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6150D688-4F4F-4EC8-99D6-AAE99ACA1BDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96BE8F3C-6E4D-4081-8E56-E2E7075B9A19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tiešās pārvaldes iest.sar." sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Tiešās pārvaldes iest.sar.'!$A$4:$D$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A75" i="1" l="1"/>
+  <c r="A45" i="1" l="1"/>
+  <c r="A46" i="1" s="1"/>
+  <c r="A47" i="1" s="1"/>
+  <c r="A48" i="1" s="1"/>
+  <c r="A49" i="1" s="1"/>
+  <c r="A50" i="1" s="1"/>
+  <c r="A51" i="1" s="1"/>
+  <c r="A52" i="1" s="1"/>
+  <c r="A53" i="1" s="1"/>
+  <c r="A54" i="1" s="1"/>
+  <c r="A55" i="1" s="1"/>
+  <c r="A56" i="1" s="1"/>
+  <c r="A57" i="1" s="1"/>
+  <c r="A58" i="1" s="1"/>
+  <c r="A59" i="1" s="1"/>
+  <c r="A60" i="1" s="1"/>
+  <c r="A61" i="1" s="1"/>
+  <c r="A62" i="1" s="1"/>
+  <c r="A63" i="1" s="1"/>
+  <c r="A64" i="1" s="1"/>
+  <c r="A65" i="1" s="1"/>
+  <c r="A66" i="1" s="1"/>
+  <c r="A67" i="1" s="1"/>
+  <c r="A68" i="1" s="1"/>
+  <c r="A69" i="1" s="1"/>
+  <c r="A70" i="1" s="1"/>
+  <c r="A71" i="1" s="1"/>
+  <c r="A72" i="1" s="1"/>
+  <c r="A73" i="1" s="1"/>
+  <c r="A74" i="1" s="1"/>
+  <c r="A75" i="1" s="1"/>
   <c r="A76" i="1" s="1"/>
   <c r="A77" i="1" s="1"/>
   <c r="A78" i="1" s="1"/>
   <c r="A79" i="1" s="1"/>
   <c r="A80" i="1" s="1"/>
   <c r="A81" i="1" s="1"/>
   <c r="A82" i="1" s="1"/>
   <c r="A83" i="1" s="1"/>
   <c r="A84" i="1" s="1"/>
   <c r="A85" i="1" s="1"/>
   <c r="A86" i="1" s="1"/>
   <c r="A87" i="1" s="1"/>
   <c r="A88" i="1" s="1"/>
   <c r="A89" i="1" s="1"/>
   <c r="A90" i="1" s="1"/>
   <c r="A91" i="1" s="1"/>
   <c r="A92" i="1" s="1"/>
   <c r="A93" i="1" s="1"/>
   <c r="A94" i="1" s="1"/>
   <c r="A95" i="1" s="1"/>
   <c r="A96" i="1" s="1"/>
   <c r="A97" i="1" s="1"/>
   <c r="A98" i="1" s="1"/>
   <c r="A99" i="1" s="1"/>
   <c r="A100" i="1" s="1"/>
@@ -140,80 +170,50 @@
   <c r="A20" i="1" s="1"/>
   <c r="A21" i="1" s="1"/>
   <c r="A22" i="1" s="1"/>
   <c r="A23" i="1" s="1"/>
   <c r="A24" i="1" s="1"/>
   <c r="A25" i="1" s="1"/>
   <c r="A26" i="1" s="1"/>
   <c r="A27" i="1" s="1"/>
   <c r="A28" i="1" s="1"/>
   <c r="A29" i="1" s="1"/>
   <c r="A30" i="1" s="1"/>
   <c r="A31" i="1" s="1"/>
   <c r="A32" i="1" s="1"/>
   <c r="A33" i="1" s="1"/>
   <c r="A34" i="1" s="1"/>
   <c r="A35" i="1" s="1"/>
   <c r="A36" i="1" s="1"/>
   <c r="A37" i="1" s="1"/>
   <c r="A38" i="1" s="1"/>
   <c r="A39" i="1" s="1"/>
   <c r="A40" i="1" s="1"/>
   <c r="A41" i="1" s="1"/>
   <c r="A42" i="1" s="1"/>
   <c r="A43" i="1" s="1"/>
   <c r="A44" i="1" s="1"/>
-  <c r="A45" i="1" s="1"/>
-[...28 lines deleted...]
-  <c r="A74" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="170">
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Resors</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Institucionālā forma </t>
   </si>
   <si>
     <t>VK</t>
   </si>
   <si>
     <t>Valsts kanceleja</t>
   </si>
   <si>
     <t>tiešās pārvaldes iestāde</t>
@@ -368,53 +368,50 @@
   <si>
     <t>Latvijas Sporta muzejs</t>
   </si>
   <si>
     <t>Latvijas Zinātnes padome</t>
   </si>
   <si>
     <t>Latviešu valodas aģentūra</t>
   </si>
   <si>
     <t>Jaunatnes starptautisko programmu aģentūra</t>
   </si>
   <si>
     <t>Murjāņu sporta ģimnāzija</t>
   </si>
   <si>
     <t>Rīgas Stila un modes tehnikums</t>
   </si>
   <si>
     <t>Rīgas Mākslas un mediju tehnikums</t>
   </si>
   <si>
     <t>Rīgas Tirdzniecības profesionālā vidusskola</t>
   </si>
   <si>
-    <t>Profesionālās izglītības kompetences centrs "Rīgas Valsts tehnikums"</t>
-[...1 lines deleted...]
-  <si>
     <t>Saldus tehnikums</t>
   </si>
   <si>
     <t>Kandavas Lauksaimniecības tehnikums</t>
   </si>
   <si>
     <t>Ventspils tehnikums</t>
   </si>
   <si>
     <t>Valmieras tehnikums</t>
   </si>
   <si>
     <t>Rēzeknes tehnikums</t>
   </si>
   <si>
     <t>Aizkraukles Profesionālā vidusskola</t>
   </si>
   <si>
     <t>Vidzemes tehnoloģiju un dizaina tehnikums</t>
   </si>
   <si>
     <t>Ogres tehnikums</t>
   </si>
   <si>
     <t>Smiltenes tehnikums</t>
@@ -659,82 +656,85 @@
   <si>
     <t>Kuldīgas Tehnoloģiju un tūrisma tehnikums</t>
   </si>
   <si>
     <t>Latgales industriālais tehnikums</t>
   </si>
   <si>
     <t>Liepājas Valsts tehnikums</t>
   </si>
   <si>
     <t>Rīgas Tehniskā koledža</t>
   </si>
   <si>
     <t>Rīgas  Būvniecības koledža</t>
   </si>
   <si>
     <t>Viedās administrācijas un reģionālās attīstības ministrija</t>
   </si>
   <si>
     <t>Latvijas Nacionālais Dabas muzejs</t>
   </si>
   <si>
     <t xml:space="preserve">Valsts digitālās attīstības aģentūra </t>
   </si>
   <si>
-    <t>Latvijas Nacionālais botāniskais dārzs</t>
-[...1 lines deleted...]
-  <si>
     <t>Latvijas Nacionālais rakstniecības un mūzikas muzejs</t>
   </si>
   <si>
-    <t>Mākslu izglītības kompetences centrs "Nacionālā Mākslu vidusskola"</t>
-[...17 lines deleted...]
-    <t>Valsts tiešās pārvaldes iestāžu saraksts uz 2025.g. februāri</t>
+    <t>Latvijas prezidentūras Eiropas Savienības Padomē sekretariāts</t>
+  </si>
+  <si>
+    <t>Rīgas Valsts tehnikums</t>
+  </si>
+  <si>
+    <t>Liepājas Mūzikas, mākslas un dizaina vidusskola</t>
+  </si>
+  <si>
+    <t>Nacionālā Mākslu vidusskola</t>
+  </si>
+  <si>
+    <t>Rīgas Dizaina un mākslas vidusskola</t>
+  </si>
+  <si>
+    <t>Ventspils Mūzikas vidusskola</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Latgales Mūzikas un mākslas vidusskola </t>
+  </si>
+  <si>
+    <t>Nodokļu un muitas policija</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Valsts tiešās pārvaldes iestāžu saraksts uz 2026.g. 1. janvāri </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
@@ -766,134 +766,128 @@
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...3 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 5" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1186,2549 +1180,2550 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="20.25" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="20.25" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5546875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="37.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.33203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.109375" style="1"/>
     <col min="7" max="7" width="40.33203125" customWidth="1"/>
     <col min="8" max="8" width="32.6640625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:8" ht="20.25" customHeight="1">
-      <c r="B2" s="17" t="s">
+    <row r="2" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="16" t="s">
         <v>169</v>
       </c>
-      <c r="C2" s="17"/>
-      <c r="D2" s="17"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="H2" s="2"/>
     </row>
-    <row r="3" spans="1:8" ht="20.25" customHeight="1">
+    <row r="3" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
     </row>
-    <row r="4" spans="1:8" ht="20.25" customHeight="1">
+    <row r="4" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="20.25" customHeight="1">
+    <row r="5" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="8">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="20.25" customHeight="1">
+    <row r="6" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="8">
         <f>A5+1</f>
         <v>2</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="20.25" customHeight="1">
+    <row r="7" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="8">
-        <f t="shared" ref="A7:A70" si="0">A6+1</f>
+        <f t="shared" ref="A7:A72" si="0">A6+1</f>
         <v>3</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="20.25" customHeight="1">
+    <row r="8" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="8">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="20.25" customHeight="1">
+    <row r="9" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="8">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="20.25" customHeight="1">
+    <row r="10" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="8">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="20.25" customHeight="1">
+    <row r="11" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="8">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="20.25" customHeight="1">
+    <row r="12" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="8">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="H12" s="4"/>
     </row>
-    <row r="13" spans="1:8" ht="20.25" customHeight="1">
+    <row r="13" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="8">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="H13" s="4"/>
     </row>
-    <row r="14" spans="1:8" ht="20.25" customHeight="1">
+    <row r="14" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="8">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="H14" s="4"/>
     </row>
-    <row r="15" spans="1:8" ht="30.75" customHeight="1">
+    <row r="15" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="8">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="H15" s="4"/>
     </row>
-    <row r="16" spans="1:8" ht="20.25" customHeight="1">
+    <row r="16" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="8">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="H16" s="4"/>
     </row>
-    <row r="17" spans="1:8" ht="20.25" customHeight="1">
+    <row r="17" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="8">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="H17" s="4"/>
     </row>
-    <row r="18" spans="1:8" ht="20.25" customHeight="1">
+    <row r="18" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="8">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="B18" s="8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>23</v>
+        <v>161</v>
       </c>
       <c r="D18" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="H18" s="4"/>
     </row>
-    <row r="19" spans="1:8" ht="20.25" customHeight="1">
+    <row r="19" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="8">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D19" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E19" s="4"/>
+      <c r="E19"/>
       <c r="F19" s="4"/>
       <c r="H19" s="4"/>
     </row>
-    <row r="20" spans="1:8" ht="20.25" customHeight="1">
+    <row r="20" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="8">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E20" s="4"/>
+      <c r="E20"/>
       <c r="F20" s="4"/>
       <c r="H20" s="4"/>
     </row>
-    <row r="21" spans="1:8" ht="20.25" customHeight="1">
+    <row r="21" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="8">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="B21" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="11" t="s">
-        <v>26</v>
+      <c r="C21" s="9" t="s">
+        <v>25</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E21" s="4"/>
+      <c r="E21"/>
       <c r="F21" s="4"/>
-    </row>
-    <row r="22" spans="1:8" ht="20.25" customHeight="1">
+      <c r="H21" s="4"/>
+    </row>
+    <row r="22" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="8">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="C22" s="9" t="s">
-        <v>27</v>
+      <c r="C22" s="11" t="s">
+        <v>26</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E22" s="4"/>
+      <c r="E22"/>
       <c r="F22" s="4"/>
     </row>
-    <row r="23" spans="1:8" ht="20.25" customHeight="1">
+    <row r="23" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="8">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E23" s="4"/>
+      <c r="E23"/>
       <c r="F23" s="4"/>
     </row>
-    <row r="24" spans="1:8" ht="20.25" customHeight="1">
+    <row r="24" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="8">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E24"/>
+      <c r="F24" s="4"/>
+    </row>
+    <row r="25" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="8">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="D24" s="10" t="s">
+      <c r="D25" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="4"/>
-[...16 lines deleted...]
-      <c r="E25" s="4"/>
+      <c r="E25"/>
       <c r="F25" s="4"/>
     </row>
-    <row r="26" spans="1:8" ht="20.25" customHeight="1">
+    <row r="26" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="8">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E26" s="4"/>
+      <c r="E26"/>
       <c r="F26" s="4"/>
     </row>
-    <row r="27" spans="1:8" ht="29.25" customHeight="1">
+    <row r="27" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="8">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E27" s="4"/>
+      <c r="E27"/>
       <c r="F27" s="4"/>
     </row>
-    <row r="28" spans="1:8" ht="20.25" customHeight="1">
+    <row r="28" spans="1:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="8">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D28" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E28" s="4"/>
+      <c r="E28"/>
       <c r="F28" s="4"/>
     </row>
-    <row r="29" spans="1:8" ht="20.25" customHeight="1">
+    <row r="29" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="8">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D29" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E29" s="4"/>
+      <c r="E29"/>
       <c r="F29" s="4"/>
     </row>
-    <row r="30" spans="1:8" ht="20.25" customHeight="1">
+    <row r="30" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="8">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E30"/>
+      <c r="F30" s="4"/>
+    </row>
+    <row r="31" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="8">
+        <f t="shared" si="0"/>
+        <v>27</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="D30" s="10" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D31" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E31" s="4"/>
+      <c r="E31"/>
       <c r="F31" s="4"/>
     </row>
-    <row r="32" spans="1:8" ht="20.25" customHeight="1">
+    <row r="32" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="8">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E32" s="4"/>
+      <c r="E32"/>
       <c r="F32" s="4"/>
     </row>
-    <row r="33" spans="1:6" ht="20.25" customHeight="1">
+    <row r="33" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="8">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E33" s="4"/>
+      <c r="E33"/>
       <c r="F33" s="4"/>
     </row>
-    <row r="34" spans="1:6" ht="20.25" customHeight="1">
+    <row r="34" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="8">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E34" s="4"/>
+      <c r="E34"/>
       <c r="F34" s="4"/>
     </row>
-    <row r="35" spans="1:6" ht="20.25" customHeight="1">
+    <row r="35" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="8">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E35" s="4"/>
+      <c r="E35"/>
       <c r="F35" s="4"/>
     </row>
-    <row r="36" spans="1:6" ht="20.25" customHeight="1">
+    <row r="36" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="8">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E36" s="4"/>
+      <c r="E36"/>
       <c r="F36" s="4"/>
     </row>
-    <row r="37" spans="1:6" ht="20.25" customHeight="1">
+    <row r="37" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="8">
         <f t="shared" si="0"/>
         <v>33</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E37" s="4"/>
+      <c r="E37"/>
       <c r="F37" s="4"/>
     </row>
-    <row r="38" spans="1:6" ht="30.75" customHeight="1">
+    <row r="38" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="8">
         <f t="shared" si="0"/>
         <v>34</v>
       </c>
       <c r="B38" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E38" s="4"/>
+      <c r="E38"/>
       <c r="F38" s="4"/>
     </row>
-    <row r="39" spans="1:6" ht="20.25" customHeight="1">
+    <row r="39" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="8">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E39" s="4"/>
+      <c r="E39"/>
       <c r="F39" s="4"/>
     </row>
-    <row r="40" spans="1:6" ht="20.25" customHeight="1">
+    <row r="40" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="8">
         <f t="shared" si="0"/>
         <v>36</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C40" s="12" t="s">
-        <v>48</v>
+      <c r="C40" s="9" t="s">
+        <v>47</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E40" s="4"/>
+      <c r="E40"/>
       <c r="F40" s="4"/>
     </row>
-    <row r="41" spans="1:6" ht="25.5" customHeight="1">
+    <row r="41" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="8">
         <f t="shared" si="0"/>
         <v>37</v>
       </c>
       <c r="B41" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C41" s="13" t="s">
-        <v>49</v>
+      <c r="C41" s="12" t="s">
+        <v>48</v>
       </c>
       <c r="D41" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E41" s="4"/>
+      <c r="E41"/>
       <c r="F41" s="4"/>
     </row>
-    <row r="42" spans="1:6" ht="23.25" customHeight="1">
+    <row r="42" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="8">
         <f t="shared" si="0"/>
         <v>38</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="13" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E42" s="4"/>
+      <c r="E42"/>
       <c r="F42" s="4"/>
     </row>
-    <row r="43" spans="1:6" ht="20.25" customHeight="1">
+    <row r="43" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="8">
         <f t="shared" si="0"/>
         <v>39</v>
       </c>
       <c r="B43" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C43" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E43"/>
+      <c r="F43" s="4"/>
+    </row>
+    <row r="44" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="8">
+        <f t="shared" si="0"/>
+        <v>40</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C44" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="D43" s="10" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D44" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E44" s="4"/>
+      <c r="E44"/>
       <c r="F44" s="4"/>
     </row>
-    <row r="45" spans="1:6" ht="20.25" customHeight="1">
+    <row r="45" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="8">
         <f t="shared" si="0"/>
         <v>41</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>38</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>168</v>
       </c>
       <c r="D45" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E45" s="4"/>
+      <c r="E45"/>
       <c r="F45" s="4"/>
     </row>
-    <row r="46" spans="1:6" ht="20.25" customHeight="1">
+    <row r="46" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="8">
         <f t="shared" si="0"/>
         <v>42</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D46" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E46" s="4"/>
+      <c r="E46"/>
       <c r="F46" s="4"/>
     </row>
-    <row r="47" spans="1:6" ht="20.25" customHeight="1">
+    <row r="47" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="8">
         <f t="shared" si="0"/>
         <v>43</v>
       </c>
       <c r="B47" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D47" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E47" s="4"/>
+      <c r="E47"/>
       <c r="F47" s="4"/>
     </row>
-    <row r="48" spans="1:6" ht="20.25" customHeight="1">
+    <row r="48" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="8">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
       <c r="B48" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D48" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E48" s="4"/>
+      <c r="E48"/>
       <c r="F48" s="4"/>
     </row>
-    <row r="49" spans="1:6" ht="20.25" customHeight="1">
+    <row r="49" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="8">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E49" s="4"/>
+      <c r="E49"/>
       <c r="F49" s="4"/>
     </row>
-    <row r="50" spans="1:6" ht="20.25" customHeight="1">
+    <row r="50" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="8">
         <f t="shared" si="0"/>
         <v>46</v>
       </c>
       <c r="B50" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D50" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E50" s="4"/>
+      <c r="E50"/>
       <c r="F50" s="4"/>
     </row>
-    <row r="51" spans="1:6" ht="20.25" customHeight="1">
+    <row r="51" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="8">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="B51" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="D51" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E51" s="4"/>
+      <c r="E51"/>
       <c r="F51" s="4"/>
     </row>
-    <row r="52" spans="1:6" ht="29.25" customHeight="1">
+    <row r="52" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="8">
         <f t="shared" si="0"/>
         <v>48</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="D52" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E52" s="4"/>
+      <c r="E52"/>
       <c r="F52" s="4"/>
     </row>
-    <row r="53" spans="1:6" ht="20.25" customHeight="1">
+    <row r="53" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="8">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E53" s="4"/>
+      <c r="E53"/>
       <c r="F53" s="4"/>
     </row>
-    <row r="54" spans="1:6" ht="27.75" customHeight="1">
+    <row r="54" spans="1:6" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="8">
         <f t="shared" si="0"/>
         <v>50</v>
       </c>
       <c r="B54" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E54" s="4"/>
+      <c r="E54"/>
       <c r="F54" s="4"/>
     </row>
-    <row r="55" spans="1:6" ht="33" customHeight="1">
+    <row r="55" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="8">
         <f t="shared" si="0"/>
         <v>51</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E55" s="4"/>
+      <c r="E55"/>
       <c r="F55" s="4"/>
     </row>
-    <row r="56" spans="1:6" ht="28.5" customHeight="1">
+    <row r="56" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="8">
         <f t="shared" si="0"/>
         <v>52</v>
       </c>
       <c r="B56" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E56" s="4"/>
+      <c r="E56"/>
       <c r="F56" s="4"/>
     </row>
-    <row r="57" spans="1:6" ht="20.25" customHeight="1">
+    <row r="57" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="8">
         <f t="shared" si="0"/>
         <v>53</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E57" s="4"/>
+      <c r="E57"/>
       <c r="F57" s="4"/>
     </row>
-    <row r="58" spans="1:6" ht="20.25" customHeight="1">
+    <row r="58" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="8">
         <f t="shared" si="0"/>
         <v>54</v>
       </c>
       <c r="B58" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>62</v>
+        <v>150</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E58" s="4"/>
+      <c r="E58"/>
       <c r="F58" s="4"/>
     </row>
-    <row r="59" spans="1:6" ht="20.25" customHeight="1">
+    <row r="59" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="8">
         <f t="shared" si="0"/>
         <v>55</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E59" s="4"/>
+      <c r="E59"/>
       <c r="F59" s="4"/>
     </row>
-    <row r="60" spans="1:6" ht="20.25" customHeight="1">
+    <row r="60" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="8">
         <f t="shared" si="0"/>
         <v>56</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>156</v>
+        <v>62</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E60" s="4"/>
+      <c r="E60"/>
       <c r="F60" s="4"/>
     </row>
-    <row r="61" spans="1:6" ht="41.25" customHeight="1">
+    <row r="61" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="8">
         <f t="shared" si="0"/>
         <v>57</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E61" s="4"/>
+      <c r="E61"/>
       <c r="F61" s="4"/>
     </row>
-    <row r="62" spans="1:6" ht="32.25" customHeight="1">
+    <row r="62" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="8">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
       <c r="B62" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>64</v>
+        <v>155</v>
       </c>
       <c r="D62" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E62" s="4"/>
+      <c r="E62"/>
       <c r="F62" s="4"/>
     </row>
-    <row r="63" spans="1:6" ht="26.4" customHeight="1">
+    <row r="63" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="8">
         <f t="shared" si="0"/>
         <v>59</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E63" s="4"/>
+      <c r="E63"/>
       <c r="F63" s="4"/>
     </row>
-    <row r="64" spans="1:6" ht="30" customHeight="1">
+    <row r="64" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="8">
         <f t="shared" si="0"/>
         <v>60</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>66</v>
+        <v>162</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E64" s="4"/>
+      <c r="E64"/>
       <c r="F64" s="4"/>
     </row>
-    <row r="65" spans="1:8" ht="31.2" customHeight="1">
+    <row r="65" spans="1:8" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="8">
         <f t="shared" si="0"/>
         <v>61</v>
       </c>
       <c r="B65" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E65" s="4"/>
+      <c r="E65"/>
       <c r="F65" s="4"/>
     </row>
-    <row r="66" spans="1:8" ht="25.5" customHeight="1">
+    <row r="66" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="8">
         <f t="shared" si="0"/>
         <v>62</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>155</v>
+        <v>65</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E66" s="4"/>
+      <c r="E66"/>
       <c r="F66" s="4"/>
     </row>
-    <row r="67" spans="1:8" ht="32.25" customHeight="1">
+    <row r="67" spans="1:8" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="8">
         <f t="shared" si="0"/>
         <v>63</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E67" s="4"/>
+      <c r="E67"/>
       <c r="F67" s="4"/>
     </row>
-    <row r="68" spans="1:8" ht="33" customHeight="1">
+    <row r="68" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="8">
         <f t="shared" si="0"/>
         <v>64</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>68</v>
+        <v>154</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E68" s="4"/>
+      <c r="E68"/>
       <c r="F68" s="4"/>
     </row>
-    <row r="69" spans="1:8" ht="33" customHeight="1">
+    <row r="69" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="8">
         <f t="shared" si="0"/>
         <v>65</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C69" s="14" t="s">
-        <v>69</v>
+      <c r="C69" s="9" t="s">
+        <v>145</v>
       </c>
       <c r="D69" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E69" s="4"/>
+      <c r="E69"/>
       <c r="F69" s="4"/>
-      <c r="H69" s="4"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:8" ht="20.25" customHeight="1">
+    </row>
+    <row r="70" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="8">
         <f t="shared" si="0"/>
         <v>66</v>
       </c>
       <c r="B70" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E70" s="4"/>
+      <c r="E70"/>
       <c r="F70" s="4"/>
-      <c r="H70" s="4"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:8" ht="27" customHeight="1">
+    </row>
+    <row r="71" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="8">
-        <f t="shared" ref="A71:A134" si="1">A70+1</f>
+        <f t="shared" si="0"/>
         <v>67</v>
       </c>
       <c r="B71" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C71" s="9" t="s">
-        <v>71</v>
+      <c r="C71" s="14" t="s">
+        <v>68</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E71" s="4"/>
+      <c r="E71"/>
       <c r="F71" s="4"/>
       <c r="H71" s="4"/>
     </row>
-    <row r="72" spans="1:8" ht="36" customHeight="1">
+    <row r="72" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="8">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>68</v>
       </c>
       <c r="B72" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E72" s="4"/>
+      <c r="E72"/>
       <c r="F72" s="4"/>
       <c r="H72" s="4"/>
     </row>
-    <row r="73" spans="1:8" ht="33" customHeight="1">
+    <row r="73" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="8">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="A73:A136" si="1">A72+1</f>
         <v>69</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>52</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E73" s="4"/>
+      <c r="E73"/>
       <c r="F73" s="4"/>
       <c r="H73" s="4"/>
     </row>
-    <row r="74" spans="1:8" ht="30" customHeight="1">
+    <row r="74" spans="1:8" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="8">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
       <c r="B74" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74" s="4"/>
+      <c r="H74" s="4"/>
+    </row>
+    <row r="75" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="8">
+        <f t="shared" si="1"/>
+        <v>71</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E75"/>
+      <c r="F75" s="4"/>
+      <c r="H75" s="4"/>
+    </row>
+    <row r="76" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="8">
+        <f t="shared" si="1"/>
+        <v>72</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="C74" s="9" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="D76" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="E76" s="4"/>
+      <c r="E76"/>
       <c r="F76" s="4"/>
     </row>
-    <row r="77" spans="1:8" ht="30.75" customHeight="1">
+    <row r="77" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="8">
         <f t="shared" si="1"/>
         <v>73</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>113</v>
+        <v>146</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
     </row>
-    <row r="78" spans="1:8" ht="31.5" customHeight="1">
+    <row r="78" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="8">
         <f t="shared" si="1"/>
         <v>74</v>
       </c>
       <c r="B78" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="C78" s="9" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
     </row>
-    <row r="79" spans="1:8" ht="20.25" customHeight="1">
+    <row r="79" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="8">
         <f t="shared" si="1"/>
         <v>75</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
     </row>
-    <row r="80" spans="1:8" ht="20.25" customHeight="1">
+    <row r="80" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="8">
         <f t="shared" si="1"/>
         <v>76</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>118</v>
+        <v>6</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
     </row>
-    <row r="81" spans="1:6" ht="20.25" customHeight="1">
+    <row r="81" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="8">
         <f t="shared" si="1"/>
         <v>77</v>
       </c>
       <c r="B81" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>6</v>
+        <v>117</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
     </row>
-    <row r="82" spans="1:6" ht="20.25" customHeight="1">
+    <row r="82" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="8">
         <f t="shared" si="1"/>
         <v>78</v>
       </c>
       <c r="B82" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
     </row>
-    <row r="83" spans="1:6" ht="20.25" customHeight="1">
+    <row r="83" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="8">
         <f t="shared" si="1"/>
         <v>79</v>
       </c>
       <c r="B83" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
     </row>
-    <row r="84" spans="1:6" ht="20.25" customHeight="1">
+    <row r="84" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="8">
         <f t="shared" si="1"/>
         <v>80</v>
       </c>
       <c r="B84" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
     </row>
-    <row r="85" spans="1:6" ht="20.25" customHeight="1">
+    <row r="85" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="8">
         <f t="shared" si="1"/>
         <v>81</v>
       </c>
       <c r="B85" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
     </row>
-    <row r="86" spans="1:6" ht="27.75" customHeight="1">
+    <row r="86" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="8">
         <f t="shared" si="1"/>
         <v>82</v>
       </c>
       <c r="B86" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
     </row>
-    <row r="87" spans="1:6" ht="20.25" customHeight="1">
+    <row r="87" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="8">
         <f t="shared" si="1"/>
         <v>83</v>
       </c>
       <c r="B87" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
     </row>
-    <row r="88" spans="1:6" ht="20.25" customHeight="1">
+    <row r="88" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="8">
         <f t="shared" si="1"/>
         <v>84</v>
       </c>
       <c r="B88" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
     </row>
-    <row r="89" spans="1:6" ht="20.25" customHeight="1">
+    <row r="89" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="8">
         <f t="shared" si="1"/>
         <v>85</v>
       </c>
       <c r="B89" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D89" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
     </row>
-    <row r="90" spans="1:6" ht="20.25" customHeight="1">
+    <row r="90" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="8">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="B90" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
     </row>
-    <row r="91" spans="1:6" ht="20.25" customHeight="1">
+    <row r="91" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="8">
         <f t="shared" si="1"/>
         <v>87</v>
       </c>
       <c r="B91" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
     </row>
-    <row r="92" spans="1:6" ht="20.25" customHeight="1">
+    <row r="92" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="8">
         <f t="shared" si="1"/>
         <v>88</v>
       </c>
       <c r="B92" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
     </row>
-    <row r="93" spans="1:6" ht="20.25" customHeight="1">
+    <row r="93" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="8">
         <f t="shared" si="1"/>
         <v>89</v>
       </c>
       <c r="B93" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>129</v>
+        <v>164</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
     </row>
-    <row r="94" spans="1:6" ht="20.25" customHeight="1">
+    <row r="94" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="8">
         <f t="shared" si="1"/>
         <v>90</v>
       </c>
       <c r="B94" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
     </row>
-    <row r="95" spans="1:6" ht="20.25" customHeight="1">
+    <row r="95" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="8">
         <f t="shared" si="1"/>
         <v>91</v>
       </c>
       <c r="B95" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
     </row>
-    <row r="96" spans="1:6" ht="20.25" customHeight="1">
+    <row r="96" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="8">
         <f t="shared" si="1"/>
         <v>92</v>
       </c>
       <c r="B96" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E96" s="4"/>
       <c r="F96" s="4"/>
     </row>
-    <row r="97" spans="1:6" ht="20.25" customHeight="1">
+    <row r="97" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="8">
         <f t="shared" si="1"/>
         <v>93</v>
       </c>
       <c r="B97" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E97" s="4"/>
       <c r="F97" s="4"/>
     </row>
-    <row r="98" spans="1:6" ht="20.25" customHeight="1">
+    <row r="98" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="8">
         <f t="shared" si="1"/>
         <v>94</v>
       </c>
       <c r="B98" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E98" s="4"/>
       <c r="F98" s="4"/>
     </row>
-    <row r="99" spans="1:6" ht="20.25" customHeight="1">
+    <row r="99" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="8">
         <f t="shared" si="1"/>
         <v>95</v>
       </c>
       <c r="B99" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C99" s="9" t="s">
         <v>166</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
     </row>
-    <row r="100" spans="1:6" ht="20.25" customHeight="1">
+    <row r="100" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="8">
         <f t="shared" si="1"/>
         <v>96</v>
       </c>
       <c r="B100" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D100" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E100" s="4"/>
       <c r="F100" s="4"/>
     </row>
-    <row r="101" spans="1:6" ht="20.25" customHeight="1">
+    <row r="101" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="8">
         <f t="shared" si="1"/>
         <v>97</v>
       </c>
       <c r="B101" s="8" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>88</v>
+        <v>167</v>
       </c>
       <c r="D101" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
     </row>
-    <row r="102" spans="1:6" ht="20.25" customHeight="1">
+    <row r="102" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="8">
         <f t="shared" si="1"/>
         <v>98</v>
       </c>
       <c r="B102" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D102" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E102" s="4"/>
       <c r="F102" s="4"/>
     </row>
-    <row r="103" spans="1:6" ht="20.25" customHeight="1">
+    <row r="103" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="8">
         <f t="shared" si="1"/>
         <v>99</v>
       </c>
       <c r="B103" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E103" s="4"/>
       <c r="F103" s="4"/>
     </row>
-    <row r="104" spans="1:6" ht="20.25" customHeight="1">
+    <row r="104" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="8">
         <f t="shared" si="1"/>
         <v>100</v>
       </c>
       <c r="B104" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D104" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E104" s="4"/>
       <c r="F104" s="4"/>
     </row>
-    <row r="105" spans="1:6" ht="20.25" customHeight="1">
+    <row r="105" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="8">
         <f t="shared" si="1"/>
         <v>101</v>
       </c>
       <c r="B105" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E105" s="4"/>
       <c r="F105" s="4"/>
     </row>
-    <row r="106" spans="1:6" ht="20.25" customHeight="1">
+    <row r="106" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="8">
         <f t="shared" si="1"/>
         <v>102</v>
       </c>
       <c r="B106" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D106" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E106" s="4"/>
       <c r="F106" s="4"/>
     </row>
-    <row r="107" spans="1:6" ht="20.25" customHeight="1">
+    <row r="107" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="8">
         <f t="shared" si="1"/>
         <v>103</v>
       </c>
       <c r="B107" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D107" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E107" s="4"/>
       <c r="F107" s="4"/>
     </row>
-    <row r="108" spans="1:6" ht="20.25" customHeight="1">
+    <row r="108" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="8">
         <f t="shared" si="1"/>
         <v>104</v>
       </c>
       <c r="B108" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D108" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E108" s="4"/>
       <c r="F108" s="4"/>
     </row>
-    <row r="109" spans="1:6" ht="20.25" customHeight="1">
+    <row r="109" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="8">
         <f t="shared" si="1"/>
         <v>105</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E109" s="4"/>
       <c r="F109" s="4"/>
     </row>
-    <row r="110" spans="1:6" ht="20.25" customHeight="1">
+    <row r="110" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="8">
         <f t="shared" si="1"/>
         <v>106</v>
       </c>
       <c r="B110" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D110" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E110" s="4"/>
       <c r="F110" s="4"/>
     </row>
-    <row r="111" spans="1:6" ht="20.25" customHeight="1">
+    <row r="111" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="8">
         <f t="shared" si="1"/>
         <v>107</v>
       </c>
       <c r="B111" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E111" s="4"/>
       <c r="F111" s="4"/>
     </row>
-    <row r="112" spans="1:6" ht="20.25" customHeight="1">
+    <row r="112" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="8">
         <f t="shared" si="1"/>
         <v>108</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>82</v>
+        <v>149</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E112" s="4"/>
       <c r="F112" s="4"/>
     </row>
-    <row r="113" spans="1:6" ht="20.25" customHeight="1">
+    <row r="113" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="8">
         <f t="shared" si="1"/>
         <v>109</v>
       </c>
       <c r="B113" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C113" s="9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D113" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E113" s="4"/>
       <c r="F113" s="4"/>
     </row>
-    <row r="114" spans="1:6" ht="20.25" customHeight="1">
+    <row r="114" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="8">
         <f t="shared" si="1"/>
         <v>110</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>80</v>
+      </c>
+      <c r="C114" s="9" t="s">
+        <v>82</v>
       </c>
       <c r="D114" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
     </row>
-    <row r="115" spans="1:6" ht="20.25" customHeight="1">
+    <row r="115" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="8">
         <f t="shared" si="1"/>
         <v>111</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>80</v>
+      </c>
+      <c r="C115" s="15" t="s">
+        <v>83</v>
       </c>
       <c r="D115" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E115" s="4"/>
       <c r="F115" s="4"/>
     </row>
-    <row r="116" spans="1:6" ht="20.25" customHeight="1">
+    <row r="116" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="8">
         <f t="shared" si="1"/>
         <v>112</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D116" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="E116" s="4"/>
+      <c r="F116" s="4"/>
+    </row>
+    <row r="117" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="8">
+        <f t="shared" si="1"/>
+        <v>113</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C117" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D117" s="10" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="20.25" customHeight="1">
-[...4 lines deleted...]
-      <c r="B117" s="8" t="s">
+    <row r="118" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="8">
+        <f t="shared" si="1"/>
+        <v>114</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="C118" s="9" t="s">
         <v>98</v>
-      </c>
-[...18 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D118" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="4"/>
       <c r="F118" s="4"/>
     </row>
-    <row r="119" spans="1:6" ht="20.25" customHeight="1">
+    <row r="119" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="8">
         <f t="shared" si="1"/>
         <v>115</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D119" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E119" s="4"/>
       <c r="F119" s="4"/>
     </row>
-    <row r="120" spans="1:6" ht="20.25" customHeight="1">
+    <row r="120" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="8">
         <f t="shared" si="1"/>
         <v>116</v>
       </c>
       <c r="B120" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E120" s="4"/>
       <c r="F120" s="4"/>
     </row>
-    <row r="121" spans="1:6" ht="20.25" customHeight="1">
+    <row r="121" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="8">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D121" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E121" s="4"/>
       <c r="F121" s="4"/>
     </row>
-    <row r="122" spans="1:6" ht="20.25" customHeight="1">
+    <row r="122" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="8">
         <f t="shared" si="1"/>
         <v>118</v>
       </c>
       <c r="B122" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D122" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E122" s="4"/>
       <c r="F122" s="4"/>
     </row>
-    <row r="123" spans="1:6" ht="20.25" customHeight="1">
+    <row r="123" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="8">
         <f t="shared" si="1"/>
         <v>119</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D123" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
     </row>
-    <row r="124" spans="1:6" ht="20.25" customHeight="1">
+    <row r="124" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="8">
         <f t="shared" si="1"/>
         <v>120</v>
       </c>
       <c r="B124" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E124" s="4"/>
       <c r="F124" s="4"/>
     </row>
-    <row r="125" spans="1:6" ht="20.25" customHeight="1">
+    <row r="125" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="8">
         <f t="shared" si="1"/>
         <v>121</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D125" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E125" s="4"/>
       <c r="F125" s="4"/>
     </row>
-    <row r="126" spans="1:6" ht="20.25" customHeight="1">
+    <row r="126" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="8">
         <f t="shared" si="1"/>
         <v>122</v>
       </c>
       <c r="B126" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="D126" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E126" s="4"/>
       <c r="F126" s="4"/>
     </row>
-    <row r="127" spans="1:6" ht="20.25" customHeight="1">
+    <row r="127" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="8">
         <f t="shared" si="1"/>
         <v>123</v>
       </c>
       <c r="B127" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D127" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E127" s="4"/>
       <c r="F127" s="4"/>
     </row>
-    <row r="128" spans="1:6" ht="30" customHeight="1">
+    <row r="128" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="8">
         <f t="shared" si="1"/>
         <v>124</v>
       </c>
       <c r="B128" s="8" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="D128" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E128" s="4"/>
       <c r="F128" s="4"/>
     </row>
-    <row r="129" spans="1:6" ht="20.25" customHeight="1">
+    <row r="129" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="8">
         <f t="shared" si="1"/>
         <v>125</v>
       </c>
       <c r="B129" s="8" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>112</v>
+        <v>157</v>
       </c>
       <c r="D129" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E129" s="4"/>
       <c r="F129" s="4"/>
     </row>
-    <row r="130" spans="1:6" ht="20.25" customHeight="1">
+    <row r="130" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="8">
         <f t="shared" si="1"/>
         <v>126</v>
       </c>
       <c r="B130" s="8" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>159</v>
+        <v>111</v>
       </c>
       <c r="D130" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E130" s="4"/>
       <c r="F130" s="4"/>
     </row>
-    <row r="131" spans="1:6" ht="20.25" customHeight="1">
+    <row r="131" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="8">
         <f t="shared" si="1"/>
         <v>127</v>
       </c>
       <c r="B131" s="8" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D131" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E131" s="4"/>
       <c r="F131" s="4"/>
     </row>
-    <row r="132" spans="1:6" ht="28.5" customHeight="1">
+    <row r="132" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="8">
         <f t="shared" si="1"/>
         <v>128</v>
       </c>
       <c r="B132" s="8" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>109</v>
+      </c>
+      <c r="C132" s="9" t="s">
+        <v>159</v>
       </c>
       <c r="D132" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E132" s="4"/>
       <c r="F132" s="4"/>
     </row>
-    <row r="133" spans="1:6" ht="20.25" customHeight="1">
+    <row r="133" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="8">
         <f t="shared" si="1"/>
         <v>129</v>
       </c>
       <c r="B133" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="C133" s="9" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D133" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E133" s="4"/>
       <c r="F133" s="4"/>
     </row>
-    <row r="134" spans="1:6" ht="20.25" customHeight="1">
+    <row r="134" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="8">
         <f t="shared" si="1"/>
         <v>130</v>
       </c>
       <c r="B134" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D134" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
     </row>
-    <row r="135" spans="1:6" ht="28.2" customHeight="1">
+    <row r="135" spans="1:6" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="8">
-        <f t="shared" ref="A135:A148" si="2">A134+1</f>
+        <f t="shared" si="1"/>
         <v>131</v>
       </c>
       <c r="B135" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E135" s="4"/>
       <c r="F135" s="4"/>
     </row>
-    <row r="136" spans="1:6" ht="30" customHeight="1">
+    <row r="136" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="8">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>132</v>
       </c>
       <c r="B136" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D136" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
     </row>
-    <row r="137" spans="1:6" ht="20.25" customHeight="1">
+    <row r="137" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="8">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="A137:A148" si="2">A136+1</f>
         <v>133</v>
       </c>
       <c r="B137" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D137" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E137" s="4"/>
       <c r="F137" s="4"/>
     </row>
-    <row r="138" spans="1:6" ht="27" customHeight="1">
+    <row r="138" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="8">
         <f t="shared" si="2"/>
         <v>134</v>
       </c>
       <c r="B138" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D138" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E138" s="4"/>
       <c r="F138" s="4"/>
     </row>
-    <row r="139" spans="1:6" ht="39" customHeight="1">
+    <row r="139" spans="1:6" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="8">
         <f t="shared" si="2"/>
         <v>135</v>
       </c>
       <c r="B139" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D139" s="10" t="s">
         <v>30</v>
       </c>
       <c r="E139" s="4"/>
       <c r="F139" s="4"/>
     </row>
-    <row r="140" spans="1:6" ht="20.25" customHeight="1">
+    <row r="140" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="8">
         <f t="shared" si="2"/>
         <v>136</v>
       </c>
       <c r="B140" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D140" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E140" s="4"/>
       <c r="F140" s="4"/>
     </row>
-    <row r="141" spans="1:6" ht="20.25" customHeight="1">
+    <row r="141" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A141" s="8">
         <f t="shared" si="2"/>
         <v>137</v>
       </c>
       <c r="B141" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D141" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E141" s="4"/>
       <c r="F141" s="4"/>
     </row>
-    <row r="142" spans="1:6" ht="20.25" customHeight="1">
+    <row r="142" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="8">
         <f t="shared" si="2"/>
         <v>138</v>
       </c>
       <c r="B142" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D142" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E142" s="4"/>
       <c r="F142" s="4"/>
     </row>
-    <row r="143" spans="1:6" ht="20.25" customHeight="1">
+    <row r="143" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="8">
         <f t="shared" si="2"/>
         <v>139</v>
       </c>
       <c r="B143" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C143" s="9" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D143" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E143" s="4"/>
       <c r="F143" s="4"/>
     </row>
-    <row r="144" spans="1:6" ht="20.25" customHeight="1">
+    <row r="144" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="8">
         <f t="shared" si="2"/>
         <v>140</v>
       </c>
       <c r="B144" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D144" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E144" s="4"/>
       <c r="F144" s="4"/>
     </row>
-    <row r="145" spans="1:6" ht="20.25" customHeight="1">
+    <row r="145" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="8">
         <f t="shared" si="2"/>
         <v>141</v>
       </c>
       <c r="B145" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D145" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E145" s="4"/>
       <c r="F145" s="4"/>
     </row>
-    <row r="146" spans="1:6" ht="20.25" customHeight="1">
+    <row r="146" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A146" s="8">
         <f t="shared" si="2"/>
         <v>142</v>
       </c>
       <c r="B146" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D146" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E146" s="4"/>
       <c r="F146" s="4"/>
     </row>
-    <row r="147" spans="1:6" ht="20.25" customHeight="1">
+    <row r="147" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A147" s="8">
         <f t="shared" si="2"/>
         <v>143</v>
       </c>
       <c r="B147" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D147" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
     </row>
-    <row r="148" spans="1:6" ht="20.25" customHeight="1">
+    <row r="148" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A148" s="8">
         <f t="shared" si="2"/>
         <v>144</v>
       </c>
       <c r="B148" s="8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D148" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E148" s="4"/>
       <c r="F148" s="4"/>
     </row>
-    <row r="149" spans="1:6" ht="20.25" customHeight="1">
+    <row r="149" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E149" s="4"/>
       <c r="F149" s="4"/>
     </row>
-    <row r="150" spans="1:6" ht="20.25" customHeight="1">
+    <row r="150" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E150" s="4"/>
       <c r="F150" s="4"/>
     </row>
-    <row r="152" spans="1:6" ht="20.25" customHeight="1">
+    <row r="152" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C152" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:D4" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B9:D148">
     <sortCondition ref="B9:B148"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="43" fitToHeight="0" orientation="portrait" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>